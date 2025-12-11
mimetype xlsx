--- v0 (2025-10-19)
+++ v1 (2025-12-11)
@@ -44,357 +44,399 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA C22.2 NO. 62841-2-19:25</t>
+  </si>
+  <si>
+    <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-19: Particular requirements for hand-held jointers (Binational standard with UL 62841-2-19)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 206:25</t>
+  </si>
+  <si>
+    <t>Lighting poles</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 62841-3-3:25</t>
+  </si>
+  <si>
+    <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-3: Particular requirements for transportable planers and thicknessers (Binational standard with UL 62841-3-3)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 62841-2-18:25</t>
+  </si>
+  <si>
+    <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery - Safety - Part 2-18: Particular requirements for hand-held strapping tools (Binational standard with UL 62841-2-18)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 60601-2-37:25</t>
+  </si>
+  <si>
+    <t>Medical electrical equipment - Part 2-37: Particular requirements for the basic safety and essential performance of ultrasonic medical diagnostic and monitoring equipment (Adopted IEC 60601-2-37:2024, third, edition, 2024-07, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 60335-2-44:25</t>
+  </si>
+  <si>
+    <t>Household and similar electrical appliances - Safety - Part 2-44: Particular requirements for ironers (Adopted IEC 60335-2-44:2021, fourth edition, 2021-11, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 60335-2-31:25</t>
+  </si>
+  <si>
+    <t>Household and similar electrical appliances - Safety - Part 2-31: Particular requirements for range hoods and other cooking fume extractors (Adopted IEC 60335-2-31:2024, sixth edition, 2024-02, with Canadian deviations)</t>
+  </si>
+  <si>
     <t>CSA C22.2 NO. 60691:25</t>
   </si>
   <si>
-    <t>Thermal-links - Requirements and application guide (Adopted IEC 60691:2023, fifth edition, 2023-03, with Canadian deviations) | Protecteurs thermiques - Exigences et guide d'application (norme IEC 60691:2023 adoptée, cinquième edition, 2023-03, avec exigencies propres au Canada)</t>
-[...2 lines deleted...]
-    <t>USD</t>
+    <t>Thermal-links - Requirements and application guide (Adopted IEC 60691:2023, fifth edition, 2023-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-20:25</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery - Safety - Part 2-20: Particular requirements for hand-held band saws (Binational standard with IEC 62841-2-20)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-23:25</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-23: Particular requirements for hand-held die grinders and small rotary tools (Binational standard with IEC 62841-2-23)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 64:25</t>
   </si>
   <si>
     <t>Heating appliances (household and commercial)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-13:25</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-13: Particular requirements for deep fat fryers, frying pans and similar appliances (Adopted IEC 60335-2-13:2021, seventh edition, 2021-12, with Canadian deviations) / Appareils électrodomestiques et analogues — Sécurité — Partie 2-13 : Exigences particulières pour les friteuses, les poêles à frire et appareils analogues (norme IEC 60335-2-13:2021, adoptée, septième édition, 2021-12, avec exigences propres au Canada)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-26:23/A1:25</t>
   </si>
   <si>
-    <t>Amendment 1:2025 to CSA C22.2 NO. 80601-2-26:23, Medical electrical equipment — Part 2-26: Particular requirements for the basic safety and essential performance of electroencephalographs (Adopted IEC 80601-2-26:2019, first edition, 2019-05, with Canadian deviations) | Modification 1:2025 à CSA C22.2 NO. 80601-2-26:23, Appareils électromédicaux — Partie 2-26 : Exigences particulières pour la sécurité de base et les performances essentielles des électroencéphalographes (norme IEC 80601-2-26:2019 adoptée, première édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Amendment 1:2025 to CSA C22.2 NO. 80601-2-26:23, Medical electrical equipment — Part 2-26: Particular requirements for the basic safety and essential performance of electroencephalographs (Adopted IEC 80601-2-26:2019, first edition, 2019-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-35:22/A1:25</t>
   </si>
   <si>
-    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-35:22, Medical electrical equipment — Part 2-35: Particular requirements for the basic safety and essential performance of heating devices using blankets, pads or mattresses and intended for heating in medical use (Adopted IEC 60601-2-35:2020, second edition, 2020-09, with Canadian deviations) | Modification 1:2025 à CSA C22.2 NO. 60601-2-35:22, Appareils électromédicaux — Partie 2-35 : Exigences particulières pour la sécurité de base et les performances essentielles des dispositifs de réchauffage utilisant des couvertures, des coussins ou des matelas et destinés au réchauffage des patients en usage médical (norme IEC 60601-2-35:2020 adoptée, deuxième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-35:22, Medical electrical equipment — Part 2-35: Particular requirements for the basic safety and essential performance of heating devices using blankets, pads or mattresses and intended for heating in medical use (Adopted IEC 60601-2-35:2020, second edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-030:25</t>
   </si>
   <si>
     <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-030: Particular requirements for equipment having testing or measuring circuits (Binational standard with UL 61010-2-030)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62368-1:25</t>
   </si>
   <si>
     <t>Audio/video, information and communication technology equipment - Part 1: Safety requirements (Binational standard with UL 62368-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-52:25</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-52: Particular requirements for oral hygiene appliances (Adopted IEC 60335-2-52:2021, fourth edition, 2021, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-52 : Exigences particulières pour les appareils d’hygiène buccale (norme IEC 60335-2-52:2021 adoptée, quatrième édition, 2021-11, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-52: Particular requirements for oral hygiene appliances (Adopted IEC 60335-2-52:2021, fourth edition, 2021, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 187:25</t>
   </si>
   <si>
     <t>Electrostatic air cleaners</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 243:25</t>
   </si>
   <si>
     <t>Vacuum cleaners, blower cleaners, and household floor finishing machines (Binational standard with UL 1017)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-8:25</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-8: Particular requirements for shavers, hair clippers and similar appliances (Binational standard with UL 60335-2-8)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 218.1:25</t>
   </si>
   <si>
     <t>Spas, hot tubs, cold tubs, and associated equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-34:25</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-34: Particular requirements for motor-compressors (Binational standard with UL 60335-2-34)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-19:23/A1:25</t>
   </si>
   <si>
-    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-19:23, Medical electrical equipment - Part 2-19: Particular requirements for the basic safety and essential performance of infant incubators (Adopted amendment 1:2023 to IEC 60601-2-19:2020) | Modification 1:2025 à CSA C22.2 NO. 60601-2-19:23, Appareils électromédicaux - Partie 2-19: Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs pour nouveau-nés (amendement 1:2023 adoptée à la norme IEC 60601-2-19:2020)</t>
+    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-19:23, Medical electrical equipment - Part 2-19: Particular requirements for the basic safety and essential performance of infant incubators (Adopted amendment 1:2023 to IEC 60601-2-19:2020)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-20:23/A1:25</t>
   </si>
   <si>
-    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-20:23, Medical electrical equipment - Part 2-20: Particular requirements for the basic safety and essential performance of infant transport incubators (Adopted amendment 1:2023 to IEC 60601-2-20:2020) | Modification 1:2025 à CSA C22.2 NO. 60601-2-20:23, Appareils électromédicaux — Partie 2-20 : Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs de transport pour nouveau-nés (amendement 1:2023 adoptée à la norme IEC 60601-2-20:2020)</t>
+    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-20:23, Medical electrical equipment - Part 2-20: Particular requirements for the basic safety and essential performance of infant transport incubators (Adopted amendment 1:2023 to IEC 60601-2-20:2020)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-21:23/A1:25</t>
   </si>
   <si>
-    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-21:23, Medical electrical equipment - Part 2-21: Particular requirements for the basic safety and essential performance of infant radiant warmers (Adopted amendment 1:2023 to IEC 60601-2-21:2020) | Modification 1:2025 à CSA C22.2 NO. 60601-2-21:23, Appareils électromédicaux — Partie 2-21 : Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs radiants pour nouveau-nés (amendement 1:2023 adoptée à la norme IEC 60601-2-21:2020)</t>
+    <t>Amendment 1:2025 to CSA C22.2 NO. 60601-2-21:23, Medical electrical equipment - Part 2-21: Particular requirements for the basic safety and essential performance of infant radiant warmers (Adopted amendment 1:2023 to IEC 60601-2-21:2020)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-78:25</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-78: Particular requirements for outdoor barbecues (Adopted IEC 60335-2-78:2021, third edition, 2021-11) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-78 : Exigences particulières pour les barbecues pour extérieur (norme IEC 60335-2-78:2021 adoptée, troisième édition, 2021-11)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-78: Particular requirements for outdoor barbecues (Adopted IEC 60335-2-78:2021, third edition, 2021-11)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-4:16 (R2021)/A2:25</t>
   </si>
   <si>
     <t>Amendment 2:2025 to CAN/CSA-C22.2 NO. 62841-3-4:16, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-4: Particular requirements for transportable bench grinders (Bi-national standard with UL 62841-3-4)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 37:25</t>
   </si>
   <si>
     <t>Decorative lighting products</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-034:25</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-034: Particular requirements for measurement equipment for insulation resistance and test equipment for electric strength (Adopted IEC 61010-2-034:2023, second edition, 2023-07, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-034 : Exigences particulières applicables aux appareils de mesure de la résistance d’isolement et aux appareils d’essai de rigidité diélectrique (norme IEC 61010-2-034:2023 adoptée, deuxième édition, 2023-07, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-034: Particular requirements for measurement equipment for insulation resistance and test equipment for electric strength (Adopted IEC 61010-2-034:2023, second edition, 2023-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-033:25</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-033: Particular requirements for hand-held multimeters for domestic and professional use, capable of measuring mains voltage (Adopted IEC 61010-2-33:2023, third edition, 2023-09, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-033 : Exigences particulières pour les multimètres portatifs pour usage domestique et professionnel, capables de mesurer la tension reseau (norme IEC 61010-2-033:2023 adoptée, troisième édition, 2023-09, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-033: Particular requirements for hand-held multimeters for domestic and professional use, capable of measuring mains voltage (Adopted IEC 61010-2-33:2023, third edition, 2023-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-032:25</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-032: Particular requirements for hand-held and hand-manipulated current sensors for electrical test and measurement (Adopted IEC 61010-2-032:2023, fifth edition, 2023-09, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-032 : Exigences particulières pour les capteurs de courant, portatifs et manipulés manuellement, pour essai électrique et mesurage (norme IEC 61010-2-032:2023 adoptée, cinquième édition, 2023-09, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-032: Particular requirements for hand-held and hand-manipulated current sensors for electrical test and measurement (Adopted IEC 61010-2-032:2023, fifth edition, 2023-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-7:24</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-7: Particular requirements for hand-held spray guns (Binational standard with UL 62841-2-7)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-6:22/A1:24</t>
   </si>
   <si>
     <t>Amendment 1:2024 to CSA C22.2 NO. 62841-2-6:22, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-6: Particular requirements for hand-held hammers (Binational standard with UL 62841-2-6)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-59:21/A1:24</t>
   </si>
   <si>
-    <t>Amendment 1:2024 to CSA C22.2 NO. 80601-2-59:21, Medical electrical equipment - Part 2-59: Particular requirements for the basic safety and essential performance of screening thermographs for human febrile temperature screening (Adopted amendment 1:2023 to IEC 80601-2-59:2017) | Modification 1:2024 à CSA C22.2 NO. 80601-2-59:21, Appareils électromédicaux — Partie 2-59 : Exigences particulières pour la sécurité de base et les performances essentielles des imageurs thermiques pour le dépistage des humains fébriles (amendement 1:2023 adoptée à la norme IEC 80601-2-59:2017)</t>
+    <t>Amendment 1:2024 to CSA C22.2 NO. 80601-2-59:21, Medical electrical equipment - Part 2-59: Particular requirements for the basic safety and essential performance of screening thermographs for human febrile temperature screening (Adopted amendment 1:2023 to IEC 80601-2-59:2017)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-031:24</t>
   </si>
   <si>
     <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 031: Safety requirements for hand-held and hand-manipulated probe assemblies for electrical test and measurement (Binational standard with UL 61010-031)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-2:19/A1:24 (R2024)</t>
   </si>
   <si>
     <t>Amendment 1:2024 to CSA C22.2 NO. 62841-4-2:19, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-2: Particular requirements for hedge trimmers (Binational standard with UL 62841-4-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-12:19/A1:24 (R2024)</t>
   </si>
   <si>
     <t>Amendment 1:2024 to CSA C22.2 NO. 62841-3-12:19, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-12: Particular requirements for transportable threading machines (Binational standard with UL 62841-3-12)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-7:23</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-7: Particular requirements for pedestrian controlled walk-behind lawn scarifiers and aerators (Binational standard with UL 62841-4-7)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-6:23</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-6: Particular requirements for garden blowers, garden vacuums and garden blower/vacuums (Binational standard with UL 62841-4-6)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-5:23</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-5: Particular requirements for grass shears (Binational standard with UL 62841-4-5)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-71:23</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-71: Particular requirements for electrical heating appliances for breeding and rearing animals (Adopted IEC 60335-2-71:2018, third edition, 2018-01, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-71 : Exigences particulières pour les appareils de chauffage électrique destinés à la reproduction et à l’élevage des animaux (norme IEC 60335-2-71:2018 adoptée, troisième édition, 2018-01, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-71: Particular requirements for electrical heating appliances for breeding and rearing animals (Adopted IEC 60335-2-71:2018, third edition, 2018-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.7:23</t>
   </si>
   <si>
     <t>Extra-low-voltage landscape lighting systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-1:16 (R2021)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 1: General requirements (Bi-national standard with UL 60335-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-19:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-19: Particular requirements for the basic safety and essential performance of infant incubators (Adopted IEC 60601-2-19:2020, third edition, 2020-09, with Canadian deviations) | Appareils électromédicaux - Partie 2-19: Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs pour nouveau-nés (norme IEC 60601-2-19:2020 adoptée, troisième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-19: Particular requirements for the basic safety and essential performance of infant incubators (Adopted IEC 60601-2-19:2020, third edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-21:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-21: Particular requirements for the basic safety and essential performance of infant radiant warmers (Adopted IEC 60601-2-21:2020, third edition, 2020-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-21 : Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs radiants pour nouveau-nés (norme IEC 60601-2-21:2020 adoptée, troisième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-21: Particular requirements for the basic safety and essential performance of infant radiant warmers (Adopted IEC 60601-2-21:2020, third edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-50:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-50: Particular requirements for the basic safety and essential performance of infant phototherapy equipment (Adopted IEC 60601-2-50:2020, third edition, 2020-09) | Appareils électromédicaux — Partie 2-50 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de photothérapie pour nouveau-nés (norme IEC 60601-2-50:2020 adoptée, troisième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-50: Particular requirements for the basic safety and essential performance of infant phototherapy equipment (Adopted IEC 60601-2-50:2020, third edition, 2020-09)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-33:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-33: Particular requirements for the basic safety and essential performance of magnetic resonance equipment for medical diagnosis (Adopted IEC 60601-2-33:2022, fourth edition, 2022-08) | Appareils électromédicaux — Partie 2-33 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à résonance magnétique utilisés pour le diagnostic médical (norme IEC 60601-2-33:2022 adoptée, quatrième édition, 2022-08, avec exigences propres au Canada),</t>
+    <t>Medical electrical equipment - Part 2-33: Particular requirements for the basic safety and essential performance of magnetic resonance equipment for medical diagnosis (Adopted IEC 60601-2-33:2022, fourth edition, 2022-08)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-22:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-22: Particular requirements for basic safety and essential performance of surgical, cosmetic, therapeutic and diagnostic laser equipment (Adopted IEC 60601-2-22:2019, fourth edition, 2019-11, with Canadian deviations) | Appareils électromédicaux — Partie 2-22 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils chirurgicaux, esthétiques, thérapeutiques et de diagnostic à laser (norme IEC 60601-2-22:2019 adoptée, quatrième édition, 2019-11, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-22: Particular requirements for basic safety and essential performance of surgical, cosmetic, therapeutic and diagnostic laser equipment (Adopted IEC 60601-2-22:2019, fourth edition, 2019-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-20:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-20: Particular requirements for the basic safety and essential performance of infant transport incubators (Adopted IEC 60601-2-20:2020, third edition, 2020-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-20 : Exigences particulières pour la sécurité de base et les performances essentielles des incubateurs de transport pour nouveau-nés (norme IEC 60601-2-20:2020 adoptée, troisième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-20: Particular requirements for the basic safety and essential performance of infant transport incubators (Adopted IEC 60601-2-20:2020, third edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-1:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-1: Particular requirements for the basic safety and essential performance of electron accelerators in the Range 1 MeV to 50 MeV (Adopted IEC 60601-2-1:2020, fourth edition, 2020-10, with Canadian deviations) | Appareils électromédicaux - Partie 2-1 : Exigences particulières pour la sécurité de base et les performances essentielles des accélérateurs d'électrons dans la gamme de 1 MeV à 50 MeV (norme IEC 60601-2-1:2020 adoptée, quatrième édition, 2020-10, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-1: Particular requirements for the basic safety and essential performance of electron accelerators in the Range 1 MeV to 50 MeV (Adopted IEC 60601-2-1:2020, fourth edition, 2020-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-41:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-41: Particular requirements for the basic safety and essential performance of surgical luminaires and luminaires for diagnosis (Adopted IEC 60601-2-41:2021, third edition, 2021-09, with Canadian devbiations) | Appareils électromédicaux — Partie 2-41 : Exigences particulières pour la sécurité de base et les performances essentielles des éclairages chirurgicaux et des éclairages de diagnostic (norme IEC 60601-2-41:2021 adoptée, troisième édition, 2021-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-41: Particular requirements for the basic safety and essential performance of surgical luminaires and luminaires for diagnosis (Adopted IEC 60601-2-41:2021, third edition, 2021-09, with Canadian devbiations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-76:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-76: Particular requirements for the basic safety and essential performance of low energy ionized gas haemostasis equipment (Adopted IEC 60601-2-76:2018, first edition, 2018-04, with Canadian deviations) | Appareils électromédicaux — Partie 2-76 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils d’hémostase à gaz ionisé à faible pouvoir calorifique (norme IEC 60601-2-76:2018 adoptée, première édition, 2018-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-76: Particular requirements for the basic safety and essential performance of low energy ionized gas haemostasis equipment (Adopted IEC 60601-2-76:2018, first edition, 2018-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60730-2-22:23</t>
   </si>
   <si>
-    <t>Automatic electrical controls — Part 2-22: Particular requirements for thermal motor protectors (Adopted IEC 60730-2-22:2014, first edition, 2014-05, with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 2-22 : Exigences particulières pour les protecteurs thermiques (norme IEC 60730-2-22:2014 adoptée, première édition, 2014-05, avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls — Part 2-22: Particular requirements for thermal motor protectors (Adopted IEC 60730-2-22:2014, first edition, 2014-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-5:23</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-5: Particular requirements for transportable band saws (Binational standard with UL 62841-3-5)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-26:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-26: Particular requirements for the basic safety and essential performance of electroencephalographs (Adopted IEC 80601-2-26:2019, first edition, 2019-05, with Canadian deviations) | Appareils électromédicaux — Partie 2-26 : Exigences particulières pour la sécurité de base et les performances essentielles des électroencéphalographes (norme IEC 80601-2-26:2019 adoptée, première édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-26: Particular requirements for the basic safety and essential performance of electroencephalographs (Adopted IEC 80601-2-26:2019, first edition, 2019-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-39:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-39: Particular requirements for basic safety and essential performance of peritoneal dialysis equipment (Adopted IEC 60601-2-39:2018,third edition, 20187-04, with Canadian deviations) | Appareils électromédicaux - Partie 2-39: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de dialyse péritonéale (norme IEC 60601-2-39:20187 adoptée, troisième édition, 2018-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-39: Particular requirements for basic safety and essential performance of peritoneal dialysis equipment (Adopted IEC 60601-2-39:2018,third edition, 20187-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-83:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-83: Particular requirements for the basic safety and essential performance of home light therapy equipment (Adopted IEC 60601-2-83:2019, first edition, 2019-05, with Canadian deviations) | Appareils électromédicaux — Partie 2-83 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de luminothérapie à domicile (norme IEC 60601-2-83:2019 adoptée, première édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-83: Particular requirements for the basic safety and essential performance of home light therapy equipment (Adopted IEC 60601-2-83:2019, first edition, 2019-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-60:23</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-60: Particular requirements for the basic safety and essential performance of dental equipment (Adopted IEC 80601-2-60:2019, second edition, 2019-06, with Canadian deviations) | Appareils électromédicaux - Partie 2-60 : Exigences particulières pour la sécurité de base et les performances essentielles des équipements dentaires (norme IEC 80601-2-60:2019 adoptée, deuxième édition, 2019-06, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-60: Particular requirements for the basic safety and essential performance of dental equipment (Adopted IEC 80601-2-60:2019, second edition, 2019-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-1:18/A1:23 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2023 to CAN/CSA C22.2 NO. 62841-2-1:18, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 2-1: Particular requirements for hand-held drills and impact drills (Binational standard with UL 62841-2-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-70:23</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-70: Particular requirements for the basic safety and essential performance of sleep apnoea breathing therapy equipment (Adopted ISO 80601-2-70:2020, second edition, 2020-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-69:23</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-69: Particular requirements for the basic safety and essential performance of oxygen concentrator equipment (Adopted ISO 80601-2-69:2020, second edition, 2020-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-67:23</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-67: Particular requirements for basic safety and essential performance of oxygen conserving equipment (Adopted ISO 80601-2-67:2020, second edition, 20204-10, with Canadian deviations)</t>
   </si>
@@ -434,735 +476,705 @@
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-3: Particular requirements for pedestrian controlled walk-behind lawnmowers (Binational standard with UL 62841-4-3)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-1:16 (R2021)/A1:22</t>
   </si>
   <si>
     <t>Amendment 1:2022 to CAN/CSA-C22.2 NO. 62841-3-1:16, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-1: Particular requirements for transportable table saws (Bi-national standard with UL 62841-3-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 167:23</t>
   </si>
   <si>
     <t>Household dishwashers (Binational standard with UL 749)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-6:22</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-6: Particular requirements for hand-held hammers (Binational standard with UL 62841-2-6)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-102:22</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-102: Particular requirements for gas, oil and solid-fuel burning appliances having electrical connections (Adopted IEC 60335-2-102:217, second edition,2017-12, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-102 : Exigences particulières pour les appareils à combustion au gaz, au mazout et à combustible solide comportant des raccordements électriques (norme IEC 60335-2-102:20174 adoptée, deuxième édition, 2017-12, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-102: Particular requirements for gas, oil and solid-fuel burning appliances having electrical connections (Adopted IEC 60335-2-102:217, second edition,2017-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-56:22</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-56: Particular requirements for basic safety and essential performance of clinical thermometers for body temperature measurement (Adopted ISO 80601-2-56:2017, second edition, including ISO amendment 1:2018, 2017-03)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-49:22</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-49: Particular requirements for the basic safety and essential performance of multifunction patient monitors (Adopted IEC 80601-2-49:2018, first edition, 2018-03, with Canadian deviations) | Appareils électromédicaux — Partie 2-49 : Exigences particulières pour la sécurité de base et les performances essentielles des moniteurs multifonctions des patients (norme IEC 80601-2-49:2018 adoptée, première édition, 2018-03, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-49: Particular requirements for the basic safety and essential performance of multifunction patient monitors (Adopted IEC 80601-2-49:2018, first edition, 2018-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-35:22</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-35: Particular requirements for the basic safety and essential performance of heating devices using blankets, pads or mattresses and intended for heating in medical use (Adopted IEC 60601-2-35:2020, second edition, 2020-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-35 : Exigences particulières pour la sécurité de base et les performances essentielles des dispositifs de réchauffage utilisant des couvertures, des coussins ou des matelas et destinés au réchauffage des patients en usage médical (norme IEC 60601-2-35:2020 adoptée, deuxième édition, 2020-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-35: Particular requirements for the basic safety and essential performance of heating devices using blankets, pads or mattresses and intended for heating in medical use (Adopted IEC 60601-2-35:2020, second edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-40:22</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-40: Particular requirements for electrical heat pumps, air-conditioners and dehumidifiers (Binational standard UL 60335-2-40)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-27:22</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-27: Particular requirements for appliances for skin exposure to optical radiation (Adopted IEC 60335-2-27:2019, sixth edition, 2019-05, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-27 : Exigences particulières pour les appareils d’exposition de la peau aux rayonnements optiques (norme IEC 60335-2-27:2019 adoptée, sixième édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-27: Particular requirements for appliances for skin exposure to optical radiation (Adopted IEC 60335-2-27:2019, sixth edition, 2019-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60730-2-13:22</t>
   </si>
   <si>
-    <t>Automatic electrical controls — Part 2-13: Particular requirements for humidity sensing controls (Adopted IEC 60730-2-13:2017, third edition, 2017-10, with Canadian deviations) | Dispositifs de commande électrique automatiques — Partie 2-13 : Exigences particulières pour les dispositifs de commande sensibles à l’humidité (norme IEC 60730-2-13:2017 adoptée, troisième édition, 2017-10 avec exigences propres au Canada)</t>
+    <t>Automatic electrical controls — Part 2-13: Particular requirements for humidity sensing controls (Adopted IEC 60730-2-13:2017, third edition, 2017-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-3:09 + A1:15 + A2:22 (CONSOLIDATED) (R2024)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted IEC 60601-1:2008, edition 2:2008 consolidated with amendment 1:2013 and amendment 2:2021, with Canadian deviations) I| Appareils électromédicaux - Partie 1-3: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Radioprotection dans les appareils à rayonnement X de diagnostic (norme IEC 60601-1:2008 adoptée, édition 2:2008 consolidée par l’amendement 1:2013 et l’amendement 2:2021, avec exigences propres au Canada)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.13:22</t>
   </si>
   <si>
     <t>Light emitting diode (LED) equipment for lighting applications</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-3:09/A2:22 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 2:2022 to CSA C22.2 NO. 60601-1-3:09, Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted amendment 2:2021 to IEC 60601-1:2008) | Modification 2:2022 de CSA C22.2 NO. 60601-1-3:09, Appareils électromédicaux - Partie 1-3: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Radioprotection dans les appareils à rayonnement X de diagnostic (Amendement 2:2021 adoptée de la norme IEC 60601-1:2008)</t>
+    <t>Amendment 2:2022 to CSA C22.2 NO. 60601-1-3:09, Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted amendment 2:2021 to IEC 60601-1:2008)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-2:16 (R2021) + A1:22 (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (Adopted IEC 60601-1-2:2014, edition 4:2014 consolidated with amendment 1:2020, with Canadian deviations) | Appareils électromédicaux — Partie 1-2 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Perturbations électromagnétiques — Exigences et essais (norme IEC 60601-1-2:2014 adoptée, édition 4:2014 consolidée par l’amendement 1:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (Adopted IEC 60601-1-2:2014, edition 4:2014 consolidated with amendment 1:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-2:16/A1:22</t>
   </si>
   <si>
-    <t>Amendment 1:2022 to CSA C22.2 NO. 60601-1-2:16, Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (Adopted amendment 1:2020 to IEC 60601-1-2:2014) | Modification 1:2022 à CSA C22.2 NO. 60601-1-2:16, Appareils électromédicaux — Partie 1-2 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Perturbations électromagnétiques — Exigences et essais (amendement 1:2020 adoptée à la norme IEC 60601-1-2:2014)</t>
+    <t>Amendment 1:2022 to CSA C22.2 NO. 60601-1-2:16, Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (Adopted amendment 1:2020 to IEC 60601-1-2:2014)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.5:22</t>
   </si>
   <si>
     <t>Flashlights and lanterns (Binational standard with UL 1576)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-82:20/A1:21</t>
   </si>
   <si>
-    <t>Amendment 1:2021 to CSA C22.2 NO. 60335-2-82:20, Household and similar electrical appliances — Safety — Part 2-82: Particular requirements for amusement machines and personal service machines (Adopted amendment 1:2020 to IEC 60335-2-82:2017) | Modification 1:2021 à CSA C22.2 NO. 60335-2-82:20, Appareils électrodomestiques et analogues — Sécurité — Partie 2-82 : Exigences particulières pour les machines de divertissement et les machines de service pour les personnes (amendement 1:2020 adoptée à la norme IEC 60335-2-82:2017)</t>
-[...11 lines deleted...]
-    <t>Lighting poles</t>
+    <t>Amendment 1:2021 to CSA C22.2 NO. 60335-2-82:20, Household and similar electrical appliances — Safety — Part 2-82: Particular requirements for amusement machines and personal service machines (Adopted amendment 1:2020 to IEC 60335-2-82:2017)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1:14 + A2:22 (R2022) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted IEC 60601-1:2005, edition 3:2005 consolidated with amendment 1:2012 and amendment 2:2020, with Canadian deviations) | Appareils électromédicaux - Partie 1: Exigences générales pour la sécurité de base et les performances essentielles (norme IEC 60601-1:2005 adoptée, édition 3:2005 consolidée par l’amendement 1:2012 et l’amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted IEC 60601-1:2005, edition 3:2005 consolidated with amendment 1:2012 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-35:22</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-35: Particular requirements for instantaneous water heaters (Adopted IEC 60335-2-35:2012, edition 5:2012 consolidated with amendment 1:2016 and amendment 2:2020, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-35 : Exigences particulières pour les chauffe-eau instantanés (norme 60335-2-35:2012 adoptée, édition 5:2012 consolidée par l’amendement 1:2016 et l’amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-35: Particular requirements for instantaneous water heaters (Adopted IEC 60335-2-35:2012, edition 5:2012 consolidated with amendment 1:2016 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-24:22</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-24: Particular requirements for refrigerating appliances, ice-cream appliances and ice-makers (Binational standard with UL 60335-2-24)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-8:08 + A1:14 + A2:21 (R2023) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-8: General requirements for basic safety and essential performance — Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted IEC 60601-1-8:2006, edition 2:2006 consolidated with amendment 1:2012 and amendment 2:2020, with Canadian deviations) | Appareils électromédicaux — Partie 1-8 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences générales, essais et guide pour les systèmes d’alarme des appareils et des systèmes électromédicaux (norme IEC 60601-1-8:2006 adoptée, édition 2:2006 consolidée par l’amendement 1:2012 et l’amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-8: General requirements for basic safety and essential performance — Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted IEC 60601-1-8:2006, edition 2:2006 consolidated with amendment 1:2012 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-6:11 + A1:15 + A2:21 (R2021) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted IEC 60601-1-6:2010, third edition, 2010-01, consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations) | Appareils électromédicaux - Partie 1-6: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Aptitude à l'utilisation (norme IEC 60601-1-6:2010 adoptée, troisième édition, 2010-01, consolidée par l’amendement 1:2013 et l’amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted IEC 60601-1-6:2010, third edition, 2010-01, consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-12:15 (R2020) +A1:21 (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-12: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems intended for use in the emergency medical services environment (Adopted IEC 60601-1-12:2014, edition 1:2014 consolidated with amendment 1:2020, with Canadian deviations) | Appareils électromédicaux — Partie 1-12 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux destinés à être utilisés dans l’environnement des services médicaux d’urgence (norme IEC 60601-1-12:2014 adoptée, édition 1:2014 consolidée par l’amendement 1:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-12: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems intended for use in the emergency medical services environment (Adopted IEC 60601-1-12:2014, edition 1:2014 consolidated with amendment 1:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-11:15 (R2020) + A1:21 (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-11: General requirements for basic safety and essential performance - Collateral standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted IEC 60601-1-11:2015, edition 2:2015 consolidated with amendment 1:2020, with Canadian deviations) | Appareils électromédicaux - Partie 1-11 : Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux utilisés dans l'environnement des soins à domicile (norme IEC 60601-1-11:2015 adoptée, édition 2:2015 consolidée par l’amendement 1:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1-11: General requirements for basic safety and essential performance - Collateral standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted IEC 60601-1-11:2015, edition 2:2015 consolidated with amendment 1:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-11A:15</t>
   </si>
   <si>
-    <t>Amendment 1:2021 to CSA C22.2 NO. 60601-1-11:15, Medical electrical equipment — Part 1-11: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted amendment 1:2020 to IEC 60601-1-11:2015) | Modification 1:2021 à CSA C22.2 NO. 60601-1-11:15, Appareils électromédicaux — Partie 1-11 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux utilisés dans l’environnement des soins à domicile (amendement 1:2021 adoptée à la norme IEC 60601-1-11:2015)</t>
+    <t>Amendment 1:2021 to CSA C22.2 NO. 60601-1-11:15, Medical electrical equipment — Part 1-11: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted amendment 1:2020 to IEC 60601-1-11:2015)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-9:15 + A1:15 + A2:21 (CONSOLIDATED) (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted IEC 60601-1-9:2007, edition 1:2007 consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations) | Appareils électromédicaux - Partie 1-9 : Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour une conception écoresponsable (norme IEC 60601-1-9:2007 adoptée, édition 1:2007, consolidée par l'amendement 1:2013 et l'amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted IEC 60601-1-9:2007, edition 1:2007 consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-202:21</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-202: Particular requirements for electrically operated valve actuators (Adopted IEC 61010-2-202:2020 second edition, 2020-11, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-202 : Exigences particulières pour les actionneurs à vanne à commande électrique (norme IEC 61010-2-202:2020 adoptée, deuxième édition, 2020-11, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-202: Particular requirements for electrically operated valve actuators (Adopted IEC 61010-2-202:2020 second edition, 2020-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-8:08/A2:21 (R2023)</t>
   </si>
   <si>
     <t>Amendment 2:2021 to CAN/CSA-C22.2 NO. 60601-1-8:08, Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted amendment 2:2020 to IEC 60601-1-8:2006)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-6:11/A2:21 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 2:2021 to CAN/CSA-C22.2 NO. 60601-1-6:11, Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted amendment 1:2020 to IEC 60601-1-6:2010) | Modification 2:2021 de CAN/CSA-C22.2 NO. 60601-1-6:11, Appareils électromédicaux - Partie 1-6: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Aptitude à l'utilisation (Amendement 1:2020 adoptée de la norme IEC 60601-1-6:2010)</t>
+    <t>Amendment 2:2021 to CAN/CSA-C22.2 NO. 60601-1-6:11, Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted amendment 1:2020 to IEC 60601-1-6:2010)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61643-21:22</t>
   </si>
   <si>
-    <t>Low voltage surge protective devices — Part 21: Surge protective devices connected to telecommunications and signaling networks — Performance requirements and testing methods (Adopted IEC 61643-21:2000, edition 1:2000 consolidated with amendment 1:2008 and amendment 2:2012, with Canadian deviations) | Parafoudres basse tension — Partie 21 : Parafoudres connectés aux réseaux de signaux et de télécommunications — Prescriptions de fonctionnement et méthodes d’essais (norme IEC 61643-21:2000 adoptée, édition 1:2000 consolidée par l’amendement 1:2008 et l’amendement 2:2012, avec exigences propres au Canada)</t>
+    <t>Low voltage surge protective devices — Part 21: Surge protective devices connected to telecommunications and signaling networks — Performance requirements and testing methods (Adopted IEC 61643-21:2000, edition 1:2000 consolidated with amendment 1:2008 and amendment 2:2012, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-69:22</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-69: Particular requirements for wet and dry vacuum cleaners, including power brush, for commercial use (Binational standard with UL 60335-2-69)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-10:09 + A1:14 (R2020) + A2:21 (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-10: General requirements for basic safety and essential performance — Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted IEC 60601-1-10:2007, edition 1:2007 consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations) | Appareils électromédicaux — Partie 1-10 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences pour le développement des régulateurs physiologiques en boucle fermée (norme IEC 60601-1-10:2007 adoptée, édition 1:2007 consolidée par l’amendement 1:2013 et l’amendement 2:2020, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-10: General requirements for basic safety and essential performance — Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted IEC 60601-1-10:2007, edition 1:2007 consolidated with amendment 1:2013 and amendment 2:2020, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1:14/A2:22 (R2022)</t>
   </si>
   <si>
-    <t>Amendment 2:2022 to CAN/CSA-C22.2 NO. 60601-1:14, Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted amendment 2:2020 to IEC 60601-1:2005, with Canadian deviations) | Modification 2:2022 à CAN/CSA-C22.2 NO. 60601-1:14, Appareils électromédicaux - Partie 1: Exigences générales pour la sécurité de base et les performances essentielles (amendement 2:2020 adoptée à la norme CEI 60601-1:2005, avec exigences propres au Canada)</t>
+    <t>Amendment 2:2022 to CAN/CSA-C22.2 NO. 60601-1:14, Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted amendment 2:2020 to IEC 60601-1:2005, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-9:15/A2:21 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 2:2021 to CAN/CSA-C22.2 NO. 60601-1-9:15, Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted amendment 2:2020 to IEC 60601-1-9:2007) | Modification 2:2021 de CAN/CSA-C22.2 NO. 60601-2-9:15, Appareils électromédicaux - Partie 1-9 : Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour une conception écoresponsable (amendement 2:2020 adoptée de la norme IEC 60601-1-9:2007)</t>
+    <t>Amendment 2:2021 to CAN/CSA-C22.2 NO. 60601-1-9:15, Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted amendment 2:2020 to IEC 60601-1-9:2007)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-23:21</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-23: Particular requirements for appliances for skin or hair care, (Adopted IEC 60335-2-23:2016, edition 6:2016 consolidated with amendment 1:2019, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-23 : Exigences particulières pour les appareils destinés aux soins de la peau ou des cheveux (norme IEC 60335-2-23:2016 adoptée, édition 6:2016 consolidée par l’amendement 1:2019, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-23: Particular requirements for appliances for skin or hair care, (Adopted IEC 60335-2-23:2016, edition 6:2016 consolidated with amendment 1:2019, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 24:21</t>
   </si>
   <si>
     <t>Temperature-indicating and -regulating equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-3:21</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-3: Particular requirements for handheld grinders, disc-type polishers and disc-type sanders (Binational standard with UL 62841-2-3)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62031:21</t>
   </si>
   <si>
-    <t>LED modules for general lighting - Safety specifications (Adopted IEC 62031:2018, second edition, 2018-03, with Canadian deviations) | Modules à LED pour éclairage général — Spécifications de sécurité (norme IEC 62031:2018 adoptée, deuxième édition, 2018-03, avec exigences propres au Canada)</t>
+    <t>LED modules for general lighting - Safety specifications (Adopted IEC 62031:2018, second edition, 2018-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E62660-2:21</t>
   </si>
   <si>
-    <t>Secondary lithium-ion cells for the propulsion of electric road vehicles - Part 2: Reliability and abuse testing (Adopted IEC 62660-2:2018, second edition, 2018-12, with Canadian deviations) | Éléments d'accumulateurs lithium-ion pour la propulsion des véhicules routiers électriques - Partie 2 : Essais de fiabilité et de traitement abusif (norme IEC 62660-2:2018 adoptée, deuxième édition, 2018-12, avec exigences propres au Canada)</t>
+    <t>Secondary lithium-ion cells for the propulsion of electric road vehicles - Part 2: Reliability and abuse testing (Adopted IEC 62660-2:2018, second edition, 2018-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E62660-1:21</t>
   </si>
   <si>
-    <t>Secondary lithium-ion cells for the propulsion of electric road vehicles - Part 1: Performance testing (Adopted IEC 62660-1:2018, second edition, 2018-12, with Canadian deviations) | Éléments d'accumulateurs lithium-ion pour la propulsion des véhicules routiers électriques - Partie 1 : Essais de performance (norme IEC 62660-1:2018 adoptée, deuxième édition, 2018-12, avec exigences propres au Canada)</t>
+    <t>Secondary lithium-ion cells for the propulsion of electric road vehicles - Part 1: Performance testing (Adopted IEC 62660-1:2018, second edition, 2018-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-12A:15</t>
   </si>
   <si>
     <t>Amendment 1:2021 to CSA C22.2 NO. 60601-1-12:15, Medical electrical equipment — Part 1-12: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems intended for use in the emergency medical services environment (Adopted amendment 1:2020 to IEC 60601-1-12:2014) Modification 1:2021 à CSA C22.2 NO. 60601-1-12:15 Appareils électromédicaux — Partie 1-12 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux destinés à être utilisés dans l’environnement des services médicaux d’urgence (Amendement 1:2020 adoptée à la norme IEC 60601-1-12:2014)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-10B:09</t>
   </si>
   <si>
-    <t>Amendment 2:2021 to CSA C22.2 NO. 60601-1-10:09, Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted amendment 2:2020 to IEC 60601-1-10:2007) | Modification 2:2021 à CSA C22.2 NO. 60601-1-10:09, Appareils électromédicaux - Partie 1-10: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour le développement des régulateurs physiologiques en boucle fermée (Amendement 2:2020 adoptée de la norme IEC 60601-1-10:2007)</t>
+    <t>Amendment 2:2021 to CSA C22.2 NO. 60601-1-10:09, Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted amendment 2:2020 to IEC 60601-1-10:2007)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-85:21</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-85: Particular requirements for the basic safety and essential performance of cerebral tissue oximeter equipment (Adopted ISO 80601-2-85:2021, first edition, 2021-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-9:21</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-9: Particular requirements for transportable mitre saws (Binational standard with UL 62841-3-9)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-4:21</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-4: Particular requirements for lawn trimmers, lawn edge trimmers, grass trimmers, brush cutters and brush saws (Binational standard with UL 62841-4-4)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61347-2-13:21</t>
   </si>
   <si>
-    <t>Lamp controlgear - Part 2-13: Particular requirements for d.c. or a.c. supplied electronic controlgear for LED modules (Adopted IEC 61347-2-13:2014, edition 2:2014 consolidated with amendment 1:2016, with Canadian deviations) | Appareillage de lampes - Partie 2-13 : Exigences particulières pour les appareillages électroniques alimentés en courant continu ou alternatif pour les modules de LED (norme IEC 61347-2-13:2014 adoptée, édition 2:2014 consolidée par l’amendement 1:2016), avec exigences propres au Canada)</t>
+    <t>Lamp controlgear - Part 2-13: Particular requirements for d.c. or a.c. supplied electronic controlgear for LED modules (Adopted IEC 61347-2-13:2014, edition 2:2014 consolidated with amendment 1:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-76:21</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-76: Particular requirements for electric fence energizers (Adopted IEC 60335-2-76:2018, third edition, 2018-06, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-76 : Exigences particulières pour les électrificateurs de clôtures (norme IEC 60335-2-76:2018 adoptée, troisième édition, 2018-06, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-76: Particular requirements for electric fence energizers (Adopted IEC 60335-2-76:2018, third edition, 2018-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-61:21</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-61: Particular requirements for basic safety and essential performance of pulse oximeter equipment (Adopted ISO 80601-2-61:2017, second edition, 2017-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-59:21</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-59: Particular requirements for the basic safety and essential performance of screening thermographs for human febrile temperature screening (Adopted IEC 80601-2-59:2017, second edition, 2017-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-59 : Exigences particulières pour la sécurité de base et les performances essentielles des imageurs thermiques pour le dépistage des humains fébriles (norme IEC 80601-2-59:2017 adoptée, deuxième édition, 2017-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-59: Particular requirements for the basic safety and essential performance of screening thermographs for human febrile temperature screening (Adopted IEC 80601-2-59:2017, second edition, 2017-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-55:21</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-55: Particular requirements for the basic safety and essential performance of respiratory gas monitors (Adopted ISO 80601-2-55:2018, second edition, 2018-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-66:21</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-66: Particular requirements for the basic safety and essential performance of hearing aids and hearing aid systems (Adopted IEC 60601-2-66:2019, third edition, 2019-10, with Canadian deviations) | Appareils électromédicaux — Partie 2-66 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de correction auditive et des systèmes de correction auditive (norme IEC 60601-2-66:2019 adoptée, troisième édition, 2019-10, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-66: Particular requirements for the basic safety and essential performance of hearing aids and hearing aid systems (Adopted IEC 60601-2-66:2019, third edition, 2019-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-7:21</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-7: Particular requirements for transportable wall saws (Binational standard with UL 62841-3-7)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-89:21</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-89: Particular requirements for commercial refrigerating appliances and ice-makers with an incorporated or remote refrigerant unit or motor-compressor (Binational standard with UL 60335-2-89)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-80:20</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-80: Particular requirements for basic safety and essential performance of ventilatory support equipment for ventilatory insufficiency (Adopted ISO 80601-2-80:2018, first edition, 2018-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-79:20</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-79: Particular requirements for basic safety and essential performance of ventilatory support equipment for ventilatory impairment (Adopted ISO 80601-2-79:2018, first edition, 2018-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-040:21</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-040: Particular requirements for sterilizers and washer-disinfectors used to treat medical materials (Adopted IEC 61010-2-040:2020, third edition, 2020-05, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-040 : Exigences particulières pour sterilisateurs et laveurs desinfecteurs utilisés pour traiter le matériel médical (norme IEC 61010-2-040:2020 adoptée, troisième édition, 2020-05, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-040: Particular requirements for sterilizers and washer-disinfectors used to treat medical materials (Adopted IEC 61010-2-040:2020, third edition, 2020-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 112:21</t>
   </si>
   <si>
     <t>Electric clothes dryers (Binational standard with UL 2158)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 60335-2-15B:14</t>
-[...2 lines deleted...]
-    <t>Amendment 2:2020 to CSA C22.2 NO. 60335-2-15:14, Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted amendment 2:2018 to IEC 60335-2-15:2012) | Modification 2:2020 de CSA C22.2 NO. 60335-2-15:14, Appareils électrodomestiques et analogues - Sécurité - Partie 2-15 : Règles particulières pour les appareils de chauffage des liquides (Amendement 2:2018 adoptée de la norme CEI 60335-2-15:2012)</t>
+    <t>CSA C22.2 NO. 60335-2-15:14/A2:20 (R2024)</t>
+  </si>
+  <si>
+    <t>Amendment 2:2020 to CSA C22.2 NO. 60335-2-15:14, Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted amendment 2:2018 to IEC 60335-2-15:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 335:21</t>
   </si>
   <si>
     <t>Pullout switches</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-72:21</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-72: Particular requirements for floor treatment machines with or without traction drive, for commercial use (Binational standard with UL 60335-2-72)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-67:21</t>
   </si>
   <si>
     <t>Household and similar electrical appliances – Safety – Part 2-67: Particular requirements for floor treatment machines, for commercial use (Binational standard with UL 60335-2-67)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 221:20</t>
   </si>
   <si>
     <t>Electrically heated hobby and educational type kilns</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-9:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-9: Particular requirements for grills, toasters and similar portable cooking appliances (Adopted IEC 60335-2-9:2019, seventh edition, 2019-05, with Canadian deviations | Appareils électrodomestiques et analogues - Sécurité - Partie 2-9 : Exigences particulières pour les grils, les grille-pain et les appareils de cuisson mobiles analogues (norme IEC 60335-2-9:2019 adoptée, septième édition, 2019-05, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-9: Particular requirements for grills, toasters and similar portable cooking appliances (Adopted IEC 60335-2-9:2019, seventh edition, 2019-05, with Canadian deviations</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-32:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-32: Particular requirements for massage appliances (Adopted IEC 60335-2-32:2019, fifth edition, 2019-09, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-32 : Exigences particulières pour les appareils de massage (norme IEC 335-2-32:2019 adoptée, cinquième édition, 2019-09, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-32: Particular requirements for massage appliances (Adopted IEC 60335-2-32:2019, fifth edition, 2019-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-31:20</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-31: Particular requirements for the basic safety and essential performance of external cardiac pacemakers with internal power source (Adopted IEC 60601-2-31:2020, third edition, 2020-01, with Canadian deviations) | Appareils électromédicaux - Partie 2-31: Exigences particulières pour la sécurité de base et les performances essentielles des stimulateurs cardiaques externes à source d'énergie interne (norme IEC 60601-2-31:2020 adoptée, troisième edition, 2020-01, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-31: Particular requirements for the basic safety and essential performance of external cardiac pacemakers with internal power source (Adopted IEC 60601-2-31:2020, third edition, 2020-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-82:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-82: Particular requirements for amusement machines and personal service machines (Adopted IEC 60335-2-82:2017, third edition, 2017-10, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-82 : Exigences particulières pour les machines de divertissement et les machines de service pour les personnes (norme IEC 60335-2-82:2017 adoptée, troisième édition, 2017-10, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-82: Particular requirements for amusement machines and personal service machines (Adopted IEC 60335-2-82:2017, third edition, 2017-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-12:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-12: Particular requirements for warming plates and similar appliances (Adopted IEC 60335-2-12:2002, edition 5:2002, consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-12 : Règles particulières pour les chauffe-plats et appareils analogues (norme IEC 60335-2-12:2002 adoptée, édition 5:2002, consolidée par l’amendement 1:2008 et l’amendement 1:2017, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-12: Particular requirements for warming plates and similar appliances (Adopted IEC 60335-2-12:2002, edition 5:2002, consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62115:20</t>
   </si>
   <si>
-    <t>Electric toys — Safety (Adopted IEC 62115, second edition, 2017-04, with Canadian deviations) | Jouets électriques — Sécurité (norme IEC 62115 adoptée, deuxième édition, 2017-04, avec exigences propres au Canada)</t>
+    <t>Electric toys — Safety (Adopted IEC 62115, second edition, 2017-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.0:21</t>
   </si>
   <si>
     <t>Luminaires (Trinational standard with UL 1598 and NMX-J-307/1-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-87:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety – Part 2-87: Particular requirements for electrical animal stunning equipment (Adopted IEC 60335-2-87:2016, edition 3:2016 consolidated with amendment 1:2018, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-87 : Exigences particulières pour les appareils électriques d’insensibilisation des animaux (norme IEC 60335-2-87:2016 adoptée, édition 3:2016 consolildée par l’amendement 1:2018, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety – Part 2-87: Particular requirements for electrical animal stunning equipment (Adopted IEC 60335-2-87:2016, edition 3:2016 consolidated with amendment 1:2018, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-86:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-86: Particular requirements for electric fishing machines (Adopted IEC 60335-2-86:2018, third edition, 2018-04, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-86 : Exigences particulières pour les équipements électriques de pêche (norme IEC 60335-2-86:2018 adoptée, troisième édition, 2018-04, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-86: Particular requirements for electric fishing machines (Adopted IEC 60335-2-86:2018, third edition, 2018-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-012:19</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-012: Particular requirements for climatic and environmental testing and other temperature conditioning equipment (Adopted 61010-2-012:2019, second edition, 2019-04, with Canadian deviations) | Règles de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-012 : Exigences particulières pour les appareils d’essais climatiques et d’environnement, et autres appareils de conditionnement de température (norme IEC 61010-2-012:2019 adoptée, deuxième édition, 2019-04, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-012: Particular requirements for climatic and environmental testing and other temperature conditioning equipment (Adopted 61010-2-012:2019, second edition, 2019-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-4:16/A1:19 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2019 to CAN/CSA-C22.2 NO. 62841-3-4:16, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-4: Particular requirements for transportable bench grinders (Bi-national standard with UL 62841-3-4)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-11:17/A1:20 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2020 to CAN/CSA-C22.2 No. 62841-2-11:17, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-11: Particular requirements for hand-held reciprocating saws (Binational standard with UL 62841-2-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-113:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-113: Particular requirements for cosmetic and beauty care appliances incorporating lasers and intense light sources (Adopted IEC 60335-2-113:2016, first edition, 2016-04, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-113 : Exigences particulières pour les appareils destinés aux soins cosmétiques et esthétiques comportant des lasers et des sources de lumière de forte intensité (norme IEC 60335-2-113:2016 adoptée, première édition, 2016-04, avec exigences propres au Canada)</t>
-[...23 lines deleted...]
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-010: Particular requirements for laboratory equipment for the heating of materials (Adopted IEC 61010-2-010:2019, fourth edition, 2019-02, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-010 : Exigences particulières pour appareils de laboratoire utilisés pour l'échauffement des matières (norme IEC 61010-2-010:2019 adoptée, quatrième édition, 2019-02, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-113: Particular requirements for cosmetic and beauty care appliances incorporating lasers and intense light sources (Adopted IEC 60335-2-113:2016, first edition, 2016-04, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 61010-2-091:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-091: Particular requirements for cabinet X-ray systems (Adopted IEC 61010-2-091:2019, second edition, 2019-02, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 61010-2-081:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Safety requirements for electrical equipment for measurement. control, and laboratory use — Part 2-081: Particular requirements for automatic and semi-automatic laboratory equipment for analysis and other purposes (Adopted IEC 61010-2-081:2019, third edition, 2019-02, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 61010-2-011:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-011: Particular requirements for refrigerating equipment (Adopted IEC 61010-2-011:2019, second edition, 2019-03, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 61010-2-010:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-010: Particular requirements for laboratory equipment for the heating of materials (Adopted IEC 61010-2-010:2019, fourth edition, 2019-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-4:12 + A1:19 (R2021) (CONSOLIDATED)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted IEC 60601-2-4:2010, third edition, 2010-12, consolidated with amendment 1:2018, with Canadian deviations) | Appareils électromédicaux - Partie 2-4 : Exigences particulières pour la sécurité de base et les performances essentielles des défibrillateurs cardiaques (norme IEC 60601-2-4:2010 adoptée, troisième édition, 2010-12, consolidée par l'amendment 1:2018, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted IEC 60601-2-4:2010, third edition, 2010-12, consolidated with amendment 1:2018, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-4A:12 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 1:2019 to CAN/CSA-C22.2 NO. 60601-2-4:12, Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted amendment 1:2018 to IEC 60601-2-4:2010) | Modification 1:2019 de CAN/CSA-C22.2 NO. 60601-2-4:12, Appareils électromédicaux - Partie 2-4 : Exigences particulières pour la sécurité de base et les performances essentielles des défibrillateurs cardiaques (Amendement 1:2018 adoptée de la norme IEC 60601-2-4:2010)</t>
-[...11 lines deleted...]
-    <t>Medical electrical equipment — Part 2-77: Particular requirements for the basic safety and essential performance of robotically assisted surgical equipment (Adopted IEC 80601-2-77:2019, first edition, 2019-07, with Canadian deviations) | Appareils électromédicaux — Partie 2-77 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils chirurgicaux robotiquement assistés (norme IEC 80601-2-77:2019 adoptée, première édition, 2019-07, avec exigences propres au Canada)</t>
+    <t>Amendment 1:2019 to CAN/CSA-C22.2 NO. 60601-2-4:12, Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted amendment 1:2018 to IEC 60601-2-4:2010)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 80601-2-78:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Medical electrical equipment — Part 2-78: Particular requirements for basic safety and essential performance of medical robots for rehabilitation, assessment, compensation or alleviation (Adopted IEC 80601-2-78:2019, first edition, 2009-01, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 80601-2-77:19 (R2024)</t>
+  </si>
+  <si>
+    <t>Medical electrical equipment — Part 2-77: Particular requirements for the basic safety and essential performance of robotically assisted surgical equipment (Adopted IEC 80601-2-77:2019, first edition, 2019-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-30:19 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-30: Particular requirements for the basic safety and essential performance of automated non-invasive sphygmomanometers (Adopted IEC 80601-2-30:2018, second edition, 2018-03) | Appareils électromédicaux - Partie 2-30: Exigences particulières pour la sécurité de base et les performances essentielles des sphygmomanomètres non invasifs automatiques (norme IEC 80601-2-30:2018 adoptée, deuxième édition, 2018-03)</t>
+    <t>Medical electrical equipment - Part 2-30: Particular requirements for the basic safety and essential performance of automated non-invasive sphygmomanometers (Adopted IEC 80601-2-30:2018, second edition, 2018-03)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-16:19 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-16: Particular requirements for the basic safety and essential performance of haemodialysis, haemodiafiltration and haemofiltration equipment (Adopted IEC 60601-1-16:2018, fifth edition, 2018-04, with Canadian deviations) | Appareils électromédicaux - Partie 2-16 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils d'hémodialyse, d'hémodiafiltration et d'hémofiltration (norme IEC 60601-2-16:2018 adoptée, cinquième édition, 2018-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-16: Particular requirements for the basic safety and essential performance of haemodialysis, haemodiafiltration and haemofiltration equipment (Adopted IEC 60601-1-16:2018, fifth edition, 2018-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-1:20</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-1: Particular requirements for chain saws (Binational standard with UL 62841-4-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-68:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-68: Particular requirements for spray extraction machines, for commercial use (Binational standard UL 60335-2-68)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-061:19 (R2024)</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-061: Particular requirements for laboratory atomic spectrometers with thermal atomization and ionization (Adopted IEC 61010-2-061:2018, fourth edition, 2018-09, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-061 : Exigences particulières pour spectromètres atomiques de laboratoire avec vaporisation et ionisation thermiques (norme IEC 61010-2-061:2018 adoptée, quatrième édition, 2018-09, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-061: Particular requirements for laboratory atomic spectrometers with thermal atomization and ionization (Adopted IEC 61010-2-061:2018, fourth edition, 2018-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-101:19 (R2024)</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control and laboratory use – Part 2-101: Particular requirements for in vitro diagnostic (IVD) medical equipment (Adopted IEC 61010-2-101:2018, third edition, 2018-10, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire — Partie 2-101 : Exigences particulières pour le matériel médical de diagnostic in vitro (DIV) (norme IEC 61010-2-101:2018 adoptée, troisième édition, 2018-10, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control and laboratory use – Part 2-101: Particular requirements for in vitro diagnostic (IVD) medical equipment (Adopted IEC 61010-2-101:2018, third edition, 2018-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-051:19 (R2024)</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-051: Particular requirements for laboratory equipment for mixing and stirring (Adopted IEC 61010-2-051:2018, fourth edition, 2018-10, with Canadian deviations) | Exigences de sécurité pour appareils électriques de mesurage, de régulation, et de laboratoire — Partie 2-051 : Exigences particulières pour appareils de laboratoire utilisés pour mélanger et agiter (norme IEC 61010-2-051:2018 adoptée, quatrième édition, 2018-10, avec exigences propres au Canada)</t>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use — Part 2-051: Particular requirements for laboratory equipment for mixing and stirring (Adopted IEC 61010-2-051:2018, fourth edition, 2018-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 110:19 (R2024)</t>
   </si>
   <si>
     <t>Electric storage-tank water heaters</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.2:20</t>
   </si>
   <si>
     <t>Lighting systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-50:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-50: Particular requirements for commercial electric bains-marie (Adopted IEC 60335-2-50:2002, edition 4:2002 consolidated with amendment 1:2007 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-49:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-49: Particular requirements for commercial electric appliances for keeping food and crockery warm (Adopted IEC 60335-2-49:2002, edition 4:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-49 : Règles particulières pour les appareils électriques à usage collectif destinés à maintenir au chaud les aliments et la vaisselle (norme IEC 60335-2-49:2002 adoptée, édition 4:2002 consolidée par l’amendement 1:2008 et l’amendement 2:2017, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-49: Particular requirements for commercial electric appliances for keeping food and crockery warm (Adopted IEC 60335-2-49:2002, edition 4:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-48:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-48: Particular requirements for commercial electric grillers and toasters (Adopted IEC 60335-2-48:2002, edition 4:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-48 : Règles particulières pour les grils et grille-pain électriques à usage collectif (norme IEC 60335-2-48:2002 adoptée, édition 4:2002 consolidée par l’amendement 1:2008 et l’amendement 2:2017, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-48: Particular requirements for commercial electric grillers and toasters (Adopted IEC 60335-2-48:2002, edition 4:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-47:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-47: Particular requirements for commercial electric boiling pans (Adopted IEC 60335-2-47:2002, edition 4:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-42:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-42: Particular requirements for commercial electric forced convection ovens, steam cookers and steam-convection ovens (Adopted IEC 60335-2-42:2002, edition 5:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations) ) Appareils électrodomestiques et analogues — Sécurité — Partie 2-42 : Règles particulières pour les fours électriques à convection forcée, les cuiseurs à vapeur électriques et les fours combinés vapeur-convection électriques à usage collectif (norme IEC 60335-2-42:2002 adoptée, édition 5:2002 consolidée par l’amendement 1:2008 et l’amendement 2:2017, avec exigences propres au Canada)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-39:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-39: Particular requirements for commercial electric multi-purpose cooking pans (Adopted IEC 60335-2-39:2012, edition 6:2012 consolidated with amendment 1:2017, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-39 : Exigences particulières pour les sauteuses électriques à usage collectif (norme IEC 60335-2-39:2012 adoptée, édition 6:2012, consolidée par l’amendement 1:2017, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-39: Particular requirements for commercial electric multi-purpose cooking pans (Adopted IEC 60335-2-39:2012, edition 6:2012 consolidated with amendment 1:2017, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-38:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-38: Particular requirements for commercial electric griddles and griddle grills ( Adopted IEC 60335-2-38:2002, edition 5:2002 consolidated with amendment 1:2008 and amendment 2:2017, with Canadian deviations) } Appareils électrodomestiques et analogues — Sécurité — Partie 2-38 : Règles particulières pour les plaques à griller électriques à usage collectif (norme IEC 60335-2-38:2002 adoptée, édition 5:2002 consolidée par l’amendement 1:2008 et l’amendement 2:2017, avec exigences propres au Canada)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-37:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-37: Particular requirements for commercial electric doughnut fryers and deep fat fryers (Adopted IEC 60335-2-37:2017, sixth edition, 2017-03, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-37 : Exigences particulières pour les friteuses et les friteuses à beignets électriques à usage collectif (norme IEC 60335-2-37:2017 adoptée, sixième édition, 2017-03, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-37: Particular requirements for commercial electric doughnut fryers and deep fat fryers (Adopted IEC 60335-2-37:2017, sixth edition, 2017-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-36:20</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-36: Particular requirements for commercial electric cooking ranges, ovens, hobs and hob elements (Adopted IEC 60335-2-36:2017, sixth edition, 2017-04, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-36 : Exigences particulières pour les cuisinières, les fours, les tables de cuisson et les foyers de cuisson électriques à usage collectif (norme IEC 60335-2-36:2017 adoptée, sixième édition 2017-04, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-36: Particular requirements for commercial electric cooking ranges, ovens, hobs and hob elements (Adopted IEC 60335-2-36:2017, sixth edition, 2017-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-2:19 (R2024)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-2: Particular requirements for hedge trimmers (Binational standard with UL 62841-4-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-12:19 (R2024)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-12: Particular requirements for transportable threading machines (Binational standard with UL 62841-3-12)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-14:19 (R2024)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-14: Particular requirements for transportable drain cleaners (Binational standard with UL 62841-3-14)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 60601-2-37:08 + A1:19 (R2023) (CONSOLIDATED)</t>
-[...4 lines deleted...]
-  <si>
     <t>CSA C22.2 NO. 104:20</t>
   </si>
   <si>
     <t>Humidifiers (Binational standard with UL 998)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-2:19 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-2: Particular requirements for the basic safety and essential performance of high frequency surgical equipment and high frequency surgical accessories (Adopted IEC 60601-2-2:2017, sixth edition, 2017-03, with Canadian deviations) | Appareils électromédicaux - Partie 2-2: Exigences particulières pour la sécurité de base et les performances essentielles des appareils d'électrochirurgie à courant haute fréquence et des accessoires d'électrochirurgie à courant haute fréquence (norme IEC 60601-2-2:2017 adoptée, sixième édition, 2017-03, avex exigences propres au Canada)</t>
-[...5 lines deleted...]
-    <t>Amendment 1:2019 to CSA C22.2 NO. 60601-2-37:08, Medical electrical equipment - Part 2-37: Particular requirements for the basic safety and essential performance of ultrasonic medical diagnostic and monitoring equipment (Adopted amendment 1:2015 to IEC 60601-2-37:2007) | Modification 1:2019 à CSA C22.2 NO. 60601-2-37:08, Appareils électromédicaux - Partie 2-37: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de diagnostic et de surveillance médicaux à ultrasons (amendement 1:2015 adoptée à la norme IEC 60601-2-37:2007)</t>
+    <t>Medical electrical equipment - Part 2-2: Particular requirements for the basic safety and essential performance of high frequency surgical equipment and high frequency surgical accessories (Adopted IEC 60601-2-2:2017, sixth edition, 2017-03, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-63:15/A1:19 (R2020)</t>
   </si>
   <si>
-    <t>Amendment 1:2019 to CSA C22.2 NO. 60601-2-63:15, Medical electrical equipment — Part 2-63: Particular requirements for the basic safety and essential performance of dental extra-oral X-ray equipment (Adopted amendment 1:2017 to IEC 60601-2-63:2012) | Modification 1:2019 à CSA C22.2 NO. 60601-2-63:15, Appareils électromédicaux – Partie 2-63 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement X dentaires extra-oraux (amendement 1:2017 adoptée à la norme IEC 60601-2-63:2012)</t>
+    <t>Amendment 1:2019 to CSA C22.2 NO. 60601-2-63:15, Medical electrical equipment — Part 2-63: Particular requirements for the basic safety and essential performance of dental extra-oral X-ray equipment (Adopted amendment 1:2017 to IEC 60601-2-63:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-65:15/A1:19 (R2020)</t>
   </si>
   <si>
-    <t>Amendment 1:2019 to CSA C22.2 NO. 60601-2-65:15, Medical electrical equipment – Part 2-65: Particular requirements for the basic safety and essential performance of dental intra-oral x-ray equipment (Adopted amendment 1:2017 to IEC 60601-2-65:2012) | Modification 1:2019 à CSA C22.2 NO. 60601-2-65:15, Appareils électromédicaux – Partie 2-65 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement x dentaires intra-oraux (amendement 1:2017 adoptée à la norme IEC 60601-2-65:2012)</t>
+    <t>Amendment 1:2019 to CSA C22.2 NO. 60601-2-65:15, Medical electrical equipment – Part 2-65: Particular requirements for the basic safety and essential performance of dental intra-oral x-ray equipment (Adopted amendment 1:2017 to IEC 60601-2-65:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-28:18 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-28: Particular requirements for the basic safety and essential performance of X-ray tube assemblies for medical diagnosis (Adopted IEC 60601-2-28:2017, third edition, 2017-06, with Canadian deviations) | Appareils électromédicaux - Partie 2-28 : Exigences particulières pour la sécurité de base et les performances essentielles des gaines équipées pour diagnostic médical (norme IEC 60601-2-28:2017 adoptée, troisième édition, 2017-06, avec exigences propres au Canada)</t>
-[...5 lines deleted...]
-    <t>Household and similar electrical appliances - Safety - Part 2-31: Particular requirements for range hoods and other cooking fume extractors (Adopted IEC 60335-2-31:2012, edition 5:2012 consolidated with amendment 1:2016, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-31: Règles particulières pour les hottes de cuisine et autres extracteurs de fumées cuisson (norme IEC 60335-2-31:2012 adoptée, édition 5:2012 consolidée par l'amendement 1:2016, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-28: Particular requirements for the basic safety and essential performance of X-ray tube assemblies for medical diagnosis (Adopted IEC 60601-2-28:2017, third edition, 2017-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-17:18 (R2023)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-17: Particular requirements for hand-held routers (Binational standard with UL 62841-2-17)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-58A:15 (R2020)</t>
   </si>
   <si>
-    <t>Amendment 1:2018 to CSA C22.2 NO. 80601-2-58:15, Medical electrical equipment – Part 2-58: Particular requirements for the basic safety and essential performance of lens removal devices and vitrectomy devices for ophthalmic surgery (Adopted amendment 1:2016 to IEC 80601-2-58:2014) | Modification 1:2018 de CSA C22.2 NO. 80601-2-58:15, Appareils électromédicaux — Partie 2-58 : Exigences particulières pour la sécurité de base et les performances essentielles des dispositifs de retrait du cristallin et des dispositifs de vitrectomie pour la chirurgie ophtalmique (Amendement 1:2016 adoptée de la norme IEC 80601-2-58:2014)</t>
+    <t>Amendment 1:2018 to CSA C22.2 NO. 80601-2-58:15, Medical electrical equipment – Part 2-58: Particular requirements for the basic safety and essential performance of lens removal devices and vitrectomy devices for ophthalmic surgery (Adopted amendment 1:2016 to IEC 80601-2-58:2014)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-6:14/A1:18 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-6:14, Medical electrical equipment - Part 2-6: Particular requirements for the basic safety and essential performance of microwave therapy equipment (Adopted amendment 1:2016 to IEC 60601-2-6:2012) | Modification 1:2018 à CAN/CSA-C22.2 NO. 60601-2-6:14, Appareils électromédicaux - Partie 2-6 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie à micro-ondes (amendement 1:2016 adoptée à la norme CEI 60601-2-6:2012)</t>
+    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-6:14, Medical electrical equipment - Part 2-6: Particular requirements for the basic safety and essential performance of microwave therapy equipment (Adopted amendment 1:2016 to IEC 60601-2-6:2012)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-3:14/A1:18 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-3:14, Medical electrical equipment - Part 2-3: Particular requirements for the basic safety and essential performance of short-wave therapy equipment (Adopted amendment 1:2016 to IEC 60601-2-3:2012) | Modification 1:2018 à CAN/CSA-C22.2 NO. 60601-2-3:14, Appareils électromédicaux - Partie 2-3: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie à ondes courtes (amendement 1:2016 adoptée à la norme IEC 60601-2-3:2012)</t>
+    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-3:14, Medical electrical equipment - Part 2-3: Particular requirements for the basic safety and essential performance of short-wave therapy equipment (Adopted amendment 1:2016 to IEC 60601-2-3:2012)</t>
   </si>
   <si>
     <t>CSA/ANSI Z83.21:20 (R2025)/CSA C22.2 NO. 168:20 (R2024)</t>
   </si>
   <si>
     <t>Commercial dishwashers</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-107:20</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 113:18 (R2023)</t>
   </si>
   <si>
     <t>Fans and ventilators</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 339-18 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools — Safety — Particular requirements for chain beam saws</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 61010-1-12/A1:18 (R2022)</t>
   </si>
@@ -1175,135 +1187,135 @@
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-13: Particular requirements for transportable drills (Binational standard with UL 62841-3-13)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-1:18 (R2023)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 2-1: Particular requirements for hand-held drills and impact drills (Binational standard with UL 62841-2-1)</t>
   </si>
   <si>
     <t>C22.2 NO. 68-18 (R2023)</t>
   </si>
   <si>
     <t>Motor-operated appliances (household and commercial)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-21:18 (R2023)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 2-21: Particular requirements for hand-held drain cleaners (Binational standard with UL 62841-2-21)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-44:10/A2:18 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 2:2018 to CSA C22.2 NO. 60601-2-44:10, Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted amendment 2:2016 to IEC 60601-2-44:2009) | Modification 2:2018 de CSA C22.2 NO. 60601-2-44:10, Appareils électromédicaux - Partie 2-44: Exigences particulières pour la sécurité de base et les performances essentielles des équipements à rayonnement X de tomodensitométrie (Amendement 2:2016 adoptée de la norme CEI 60601-2-44:2009)</t>
+    <t>Amendment 2:2018 to CSA C22.2 NO. 60601-2-44:10, Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted amendment 2:2016 to IEC 60601-2-44:2009)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-10:14/A1:18 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-10:14, Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators (Adopted amendment 1:2016 to IEC 60601-2-10:2012) | Modification 1:2018 à CAN/CSA-C22.2 NO. 60601-2-10:14, Appareils électromédicaux - Partie 2-10 : Exigences particulières pour la sécurité de base et les performances essentielles des stimulateurs de nerfs et de muscles (amendement 1:2016 adoptée à la norme CEI 60601-2-10:2012)</t>
+    <t>Amendment 1:2018 to CAN/CSA-C22.2 NO. 60601-2-10:14, Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators (Adopted amendment 1:2016 to IEC 60601-2-10:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-10:17 (R2022)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 2-10: Particular requirements for hand-held mixers (Binational standard with UL 62841-2-10)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 164:18 (R2022)</t>
   </si>
   <si>
     <t>Electric sauna heating equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-72:17 (R2022)</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-72: Particular requirements for basic safety and essential performance of home healthcare environment ventilators for ventilator-dependent patients (Adopted ISO 80601-2-72:2015, first edition, 2015-09-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 80601-2-71:17 (R2022)</t>
   </si>
   <si>
     <t>Medical electrical equipment — Part 2-71: Particular requirements for the basic safety and essential performance of functional near-infrared spectroscopy (NIRS) equipment (Adopted IEC 80601-2-71:2015, first edition, 2015-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-40:17 (R2022)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-40: Particular requirements for the basic safety and essential performance of electromyographs and evoked response equipment (Adopted IEC 60601-2-40:2016, second edition , 2016-08, with Canadian deviations) | Appareils électromédicaux — Partie 2-40 : Exigences particulières pour la sécurité de base et les performances essentielles des électromyographes et des appareils à potentiel évoqué (norme IEC 60601-2-40:2016 adoptée, deuxième édition, 2016-08, avec exigences propres au Canada)</t>
-[...5 lines deleted...]
-    <t>Amendment 1:2017 to CSA C22.2 NO. 60335-2-15:14, Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted amendment 1:2016 to IEC 60335-2-15:2012) | Modification 1:2017 de CSA C22.2 NO. 60335-2-15:14, Appareils électrodomestiques et analogues - Sécurité - Partie 2-15 : Règles particulières pour les appareils de chauffage des liquides (Amendement 1:2016 adoptée de la norme CEI 60335-2-15:2012)</t>
+    <t>Medical electrical equipment - Part 2-40: Particular requirements for the basic safety and essential performance of electromyographs and evoked response equipment (Adopted IEC 60601-2-40:2016, second edition , 2016-08, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 60335-2-15:14/A1:17 (R2024)</t>
+  </si>
+  <si>
+    <t>Amendment 1:2017 to CSA C22.2 NO. 60335-2-15:14, Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted amendment 1:2016 to IEC 60335-2-15:2012)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-020:17 (R2022)</t>
   </si>
   <si>
-    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-020: Particular requirements for laboratory centrifuges (Adopted IEC 61010-2-020:2016, third edition, 2016-05) | Exigences de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire - Partie 2-020: Exigences particulières pour centrifugeuses de laboratoire (norme IEC 61010-2-020:2016 adoptée, troisième édition, 2016-05)</t>
+    <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 2-020: Particular requirements for laboratory centrifuges (Adopted IEC 61010-2-020:2016, third edition, 2016-05)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-11:17 (R2021)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-11: Particular requirements for hand-held reciprocating saws (Binational standard with UL 62841-2-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 205:17 (R2022)</t>
   </si>
   <si>
     <t>Signal equipment</t>
   </si>
   <si>
     <t>CSA/ANSI C22.2 NO. 336-17 (R2022)</t>
   </si>
   <si>
     <t>Particular requirements for rechargeable battery-operated commercial robotic floor treatment machines with traction drives</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-52A:11 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60601-2-52:11, Medical electrical equipment - Part 2-52: Particular requirements for the basic safety and essential performance of medical beds (Adopted amendment 1:2015 to IEC 60601-2-52:2009) | Modification 1:2017 to CAN/CSA-C22.2 NO. 60601-2-52:11, Appareils électromédicaux - Partie 2-52 : Exigences particulières de sécurité de base et de performances essentielles des lits médicaux (Amendement 1:2015 adoptée de la norme IEC 60601-2-52:2009)</t>
+    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60601-2-52:11, Medical electrical equipment - Part 2-52: Particular requirements for the basic safety and essential performance of medical beds (Adopted amendment 1:2015 to IEC 60601-2-52:2009)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-45:11/A1:17 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60601-2-45:11, Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted amendment 1:2015 to IEC 60601-2-45:2011) | Modification 1:2017 à CAN/CSA-C22.2 NO. 60601-2-45:11, Appareils électromédicaux - Partie 2-45 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de mammographie à rayonnement X et des appareils mammographiques stéréotaxiquesx (amendement 1:2015 adoptée à la norme IEC 60601-2-45:2011)</t>
+    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60601-2-45:11, Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted amendment 1:2015 to IEC 60601-2-45:2011)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-8A:12 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60606-2-8:12, Medical electrical equipment - Part 2-8: Particular requirements for the basic safety and essential performance of therapeutic X-ray equipment operating in the range 10kV to 1MV (Adopted amendment 1:2015 to IEC 60601-2-8:2010) | Modification 1:2017 de CAN/CSA-C22.2 NO. 60601-2-8:12, Appareils électromédicaux - Partie 2- 8: Exigences particulières pour la sécurité de base et les performances essentielles des équipements à rayonnement X de thérapie fonctionnant dans la gamme de 10kV à 1 MV (Amendement 1:2015 adoptée de la norme IEC 60601-2-8:2010)</t>
+    <t>Amendment 1:2017 to CAN/CSA-C22.2 NO. 60606-2-8:12, Medical electrical equipment - Part 2-8: Particular requirements for the basic safety and essential performance of therapeutic X-ray equipment operating in the range 10kV to 1MV (Adopted amendment 1:2015 to IEC 60601-2-8:2010)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-8:16 (R2021)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-8: Particular requirements for hand-held shears and nibblers (Bi-national standard with UL 62841-2-8)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-4:16 (R2021)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-4: Particular requirements for transportable bench grinders (Bi-national standard with UL 62841-3-4)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 101:17 (R2022)</t>
   </si>
   <si>
     <t>Electrically heated bedding appliances for household use</t>
   </si>
   <si>
     <t>C22.2 NO. 109-17 (R2022)</t>
   </si>
   <si>
     <t>Commercial cooking appliances</t>
   </si>
@@ -1355,567 +1367,561 @@
   <si>
     <t>Microwave ovens</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 195:16 (R2021)</t>
   </si>
   <si>
     <t>Motor-operated food processing appliances (household and commercial)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-9:16 (R2020)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 2-9: Particular requirements for hand-held tappers and threaders (Bi-national standard with UL 62841-2-9)</t>
   </si>
   <si>
     <t>C22.2 NO. 61-16 (R2021)</t>
   </si>
   <si>
     <t>Household cooking ranges</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-12:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-12: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems intended for use in the emergency medical services environment (Adopted IEC 60601-1-12:2014, first edition, 2014-06, with Canadian deviations) | Appareils électromédicaux — Partie 1-12 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux destinés à être utilisés dans l'environnement des services médicaux d'urgence (norme IEC 60601-1-12:2014 adoptée, première édition, 2014-06, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-12: General requirements for basic safety and essential performance — Collateral Standard: Requirements for medical electrical equipment and medical electrical systems intended for use in the emergency medical services environment (Adopted IEC 60601-1-12:2014, first edition, 2014-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-4:15 (R2020)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-4: Particular requirements for hand-held sanders and polishers other than disc type (Bi-national standard with UL 62841-2-4)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-3:09/A1:15 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2015 to CSA C22.2 NO. 60601-1-3:09, Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted amendment 1:2013 to IEC 60601-1:2008) | Modification 1:2015 de CSA C22.2 NO. 60601-1-3:09, Appareils électromédicaux - Partie 1-3: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Radioprotection dans les appareils à rayonnement X de diagnostic (Amendement 1:2013 adoptée de la norme IEC 60601-1:2008)</t>
+    <t>Amendment 1:2015 to CSA C22.2 NO. 60601-1-3:09, Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted amendment 1:2013 to IEC 60601-1:2008)</t>
   </si>
   <si>
     <t>C22.2 NO. 80601-2-58:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment – Part 2-58: Particular requirements for the basic safety and essential performance of lens removal devices and vitrectomy devices for ophthalmic surgery (Adopted IEC 80601-2-58:2014, second edition, 2014-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-58 : Exigences particulières pour la sécurité de base et les performances essentielles des dispositifs de retrait du cristallin et des dispositifs de vitrectomie pour la chirurgie ophtalmique (norme IEC 80601-2-58:2014 adoptée, deuxième édition, 2014-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment – Part 2-58: Particular requirements for the basic safety and essential performance of lens removal devices and vitrectomy devices for ophthalmic surgery (Adopted IEC 80601-2-58:2014, second edition, 2014-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-11:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-11: General requirements for basic safety and essential performance - Collateral Standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted IEC 60601-1-11:2015, second edition, 2015-01, with Canadian deviations) | Appareils électromédicaux - Partie 1-11 : Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale : Exigences pour les appareils électromédicaux et les systèmes électromédicaux utilisés dans l'environnement des soins à domicile (norme IEC 60601-1-11:2015 adoptée, deuxième édition, 2015-01, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1-11: General requirements for basic safety and essential performance - Collateral Standard: Requirements for medical electrical equipment and medical electrical systems used in the home healthcare environment (Adopted IEC 60601-1-11:2015, second edition, 2015-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-65:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment – Part 2-65: Particular requirements for the basic safety and essential performance of dental intra-oral x-ray equipment (Adopted IEC 60601-2-65:2012, first edition, 2012-09, with Canadian deviations) | Appareils électromédicaux – Partie 2-65 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement x dentaires intra-oraux (norme IEC 60601-2-65:2012 adoptée, première édition, 2012-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment – Part 2-65: Particular requirements for the basic safety and essential performance of dental intra-oral x-ray equipment (Adopted IEC 60601-2-65:2012, first edition, 2012-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-63:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-63: Particular requirements for the basic safety and essential performance of dental extra-oral X-ray equipment (Adopted IEC 60601-2-63:2012, first edition, 2012-09, with Canadian deviations) | Appareils électromédicaux – Partie 2-63 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à rayonnement X dentaires extra-oraux( norme IEC 60601-2-63:2012 adoptée, première édition, 2012-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-63: Particular requirements for the basic safety and essential performance of dental extra-oral X-ray equipment (Adopted IEC 60601-2-63:2012, first edition, 2012-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-64:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-64: Particular requirements for the basic safety and essential performance of light ion beam medical electrical equipment (Adopted IEC 60601-2-64:2014, first edition, 2014-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-64 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils électromédicaux par faisceau d'ions légers (norme IEC 60601-2-64:2014 adoptée, première édition, 2014-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-64: Particular requirements for the basic safety and essential performance of light ion beam medical electrical equipment (Adopted IEC 60601-2-64:2014, first edition, 2014-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-62:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment – Part 2-62: Particular requirements for the basic safety and essential performance of high intensity therapeutic ultrasound (HITU) equipment (Adopted IEC 60601-2-62:2013, first edition, 2013-07, with Canadian deviations) | Appareils électromédicaux — Partie 2-62 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils ultrasonores thérapeutiques de haute intensité (HITU) (norme IEC 60601-2-62:2013 adoptée, première édition, 2013-07, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment – Part 2-62: Particular requirements for the basic safety and essential performance of high intensity therapeutic ultrasound (HITU) equipment (Adopted IEC 60601-2-62:2013, first edition, 2013-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-68:15 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 2-68: Particular requirements for the basic safety and essential performance of X-ray-based image-guided radiotherapy equipment for use with electron accelerators, light ion beam therapy equipment and radionuclide beam therapy equipment (Adopted IEC 60601-2-68:2014, first edition, 2014-09, with Canadian deviations) | Appareils électromédicaux — Partie 2-68 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de radiothérapie à rayonnement X assistée par imagerie médicale, destinés à être utilisés avec les accélérateurs d’électrons, les appareils de thérapie par faisceau d’ions légers et les appareils de thérapie par faisceau de radionucléides (norme IEC 60601-2-68:2014 adoptée, première édition, 2014-09, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 2-68: Particular requirements for the basic safety and essential performance of X-ray-based image-guided radiotherapy equipment for use with electron accelerators, light ion beam therapy equipment and radionuclide beam therapy equipment (Adopted IEC 60601-2-68:2014, first edition, 2014-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 309:16 (R2021)</t>
   </si>
   <si>
     <t>Industrial clothes dryers</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-59:16 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-59: Particular requirements for insect killers (Adopted IEC 60335-2-59:2002, edition 3:2002 consolidated with amendment 1:2006 and amendment 2:2009, with Canadian deviations) | Appareils électrodomestiques et analogues — Sécurité — Partie 2-59 : Règles particulières pour les destructeurs d’insectes (norme IEC 60335-2-59:2002 adoptée, édition 3:2002, consolidée par l’amendement 1:2006 et l’amendement 2:2009, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-59: Particular requirements for insect killers (Adopted IEC 60335-2-59:2002, edition 3:2002 consolidated with amendment 1:2006 and amendment 2:2009, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 74:16 (R2020)</t>
   </si>
   <si>
     <t>Equipment for use with electric discharge lamps</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.1:16 (R2020)</t>
   </si>
   <si>
     <t>Retrofit kits for luminaire conversion</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-6:11/A1:15 (R2021)</t>
   </si>
   <si>
-    <t>Amendment 1:2015 to CAN/CSA-C22.2 NO. 60601-1-6:11, Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted amendment 1:2013 to IEC 60601-1-6:2010) | Modification 1:2015 de CAN/CSA-C22.2 NO. 60601-1-6:11, Appareils électromédicaux - Partie 1-6: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Aptitude à l'utilisation (Amendement 1:2013 adoptée de la norme IEC 60601-1-6:2010)</t>
+    <t>Amendment 1:2015 to CAN/CSA-C22.2 NO. 60601-1-6:11, Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted amendment 1:2013 to IEC 60601-1-6:2010)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-2:16 (R2020)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-2: Particular requirements for hand-held screwdrivers and impact wrenches (Bi-national standard with UL 62841-2-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-2:16 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (IEC 60601-1-2:2014, fourth edition, 2014-02, with Canadian deviations) | Appareils électromédicaux — Partie 1-2 : Exigences générales pour la sécurité de base et les performances essentielles — Norme collatérale : Perturbations électromagnétiques — Exigences et essais (norme IEC 60601-1-2:2014 adoptée, quatrième édition, 2014-02, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment — Part 1-2: General requirements for basic safety and essential performance — Collateral Standard: Electromagnetic disturbances — Requirements and tests (IEC 60601-1-2:2014, fourth edition, 2014-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-36:16 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-36: Particular requirements for the basic safety and essential performance of equipment for extracorporeally induced lithotripsy (Adopted IEC 60601-2-36:2014, second edition, 2014-04, with Canadian deviations) | Appareils électromédicaux — Partie 2-36 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils pour lithotritie créée de façon extracorporelle (norme IEC 60601-2-36:2014 adoptée, deuxième édition, 2014-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-36: Particular requirements for the basic safety and essential performance of equipment for extracorporeally induced lithotripsy (Adopted IEC 60601-2-36:2014, second edition, 2014-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 128:16 (R2020)</t>
   </si>
   <si>
     <t>Vending machines</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 287:16 (R2020)</t>
   </si>
   <si>
     <t>Plumbing fittings incorporating electrical and/or electronic features</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 43:17 (R2022)</t>
   </si>
   <si>
     <t>Lampholders (Binational standard with UL 496)</t>
   </si>
   <si>
     <t>C22.2 NO. 89-15 (R2020)</t>
   </si>
   <si>
     <t>Swimming-pool luminaires, submersible luminaires, and accessories</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62560:16 (R2020)</t>
   </si>
   <si>
-    <t>Self-ballasted LED-lamps for general lighting services by voltage &gt; 50 V – Safety specifications (Adopted IEC IEC 62560:2011, edition 1:2011 consolidated with amendment 1:2015, with Canadian deviations) | Lampes à DEL autoballastées pour l’éclairage général fonctionnant à des tensions &gt; 50 V – Spécifications de sécurité (norme IEC 62560:2011 adoptée, édition 1:2011 consolidée par l’amendement 1:2015, avec exigences propres au Canada)</t>
+    <t>Self-ballasted LED-lamps for general lighting services by voltage &gt; 50 V – Safety specifications (Adopted IEC IEC 62560:2011, edition 1:2011 consolidated with amendment 1:2015, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-28:16 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-28: Particular requirements for sewing machines (Adopted IEC 60335-2-2 8:2002, edition 4:2002 consolidated with amendment 1:2008, with Canadian deviations) | Appareils électrodomestiques et analogues – Sécurité – Partie 2-28 : Règles particulières pour les machines à coudre (norme IEC 60335-2-28:2002 adoptée, édition 4:2002 consolidée par l’amendement 1:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-28: Particular requirements for sewing machines (Adopted IEC 60335-2-2 8:2002, edition 4:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-16:16 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances — Safety — Part 2-16: Particular requirements for food waste disposers (Adopted IEC 60335-2-16:2002, edition 5:2002 consolidated with amendment 1:2008 and amendment 2:2011, with Canadian deviations) | Appareils électrodomestiques et analogues – Sécurité – Partie 2-16 : Règles particulières pour les broyeurs de déchets (norme IEC 60335-2-16:2002 adoptée, édition 5:2002 consolidée par l'amendement 1:2008 et l'amendement 2:2011, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances — Safety — Part 2-16: Particular requirements for food waste disposers (Adopted IEC 60335-2-16:2002, edition 5:2002 consolidated with amendment 1:2008 and amendment 2:2011, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-55:15 (R2020)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-55: Particular requirements for electrical appliances for use with aquariums and garden ponds (Adopted IEC 60335-2-55:2002, edition 3:2002 consolidated with amendment 1:2008, with Canadian deviations) | Règles particulières pour les appareils électriques à utiliser avec les aquariums et les bassins de jardin (norme IEC 60335-2-55:2002 adoptée, édition 3:2002 consolidée par l'amendement 1:2008, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-55: Particular requirements for electrical appliances for use with aquariums and garden ponds (Adopted IEC 60335-2-55:2002, edition 3:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 256:14 (R2024)</t>
   </si>
   <si>
     <t>Direct plug-in nightlights (Bi-national standard, with UL 1786)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-8:08/A1:14 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2014 to CAN/CSA-C22.2 NO. 60601-1-8:08, Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted amendment 1:2012 to IEC 60601-1-8:2006) | Modification 1:2014 à CAN/CSA-C22.2 NO. 60601-1-8:08, Appareils électromédicaux - Partie 1-8: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences générales, essais et guide pour les systèmes d'alarme des appareils et des systèmes électromédicaux (amendement 1:2014 adoptée à la norme IEC 60601-1-8:2006)</t>
+    <t>Amendment 1:2014 to CAN/CSA-C22.2 NO. 60601-1-8:08, Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted amendment 1:2012 to IEC 60601-1-8:2006)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-10A:09 (R2020)</t>
   </si>
   <si>
-    <t>Amendment 1:2014 to CSA C22.2 NO. 60601-1-10:09, Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted amendment 1:2013 to IEC 60601-1-10:2007) | Modification 1:2014 à CSA C22.2 NO. 60601-1-10:09, Appareils électromédicaux - Partie 1-10: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour le développement des régulateurs physiologiques en boucle fermée (Amendement 1:2013 adoptée de la norme IEC 60601-1-10:2007)</t>
-[...2 lines deleted...]
-    <t>CSA C22.2 NO. 0.23:15 (R2020)</t>
+    <t>Amendment 1:2014 to CSA C22.2 NO. 60601-1-10:09, Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted amendment 1:2013 to IEC 60601-1-10:2007)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 0.23:15 (R2025)</t>
   </si>
   <si>
     <t>General requirements for battery-powered appliances</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 166:15 (R2020)</t>
   </si>
   <si>
     <t>Stage and studio luminaires</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-9:15 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted IEC 60601-1-9:2007, edition 1:2007 consolidated with amendment 1:2013, with Canadian deviations) | Appareils électromédicaux - Partie 1-9 : Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour une conception écoresponsable (norme IEC 60601-1-9:2007 adoptée, édition 1:2007, consolidée avec amendement 1:2013, avec exigences propres au Canada)</t>
-[...2 lines deleted...]
-    <t>CSA C22.2 NO. 218.2:15 (R2020)</t>
+    <t>Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted IEC 60601-1-9:2007, edition 1:2007 consolidated with amendment 1:2013, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 218.2:15 (R2025)</t>
   </si>
   <si>
     <t>Hydromassage bathtub appliances</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 147:15 (R2020)</t>
+    <t>CSA C22.2 NO. 147:15 (R2025)</t>
   </si>
   <si>
     <t>Motor-operated gardening appliances</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 207:15 (R2020)</t>
   </si>
   <si>
     <t>Portable and stationary electric signs and displays</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-44:10/A1:14 (R2024)</t>
   </si>
   <si>
-    <t>Amendment 1:2014 to CSA C22.2 NO. 60601-2-44:10, Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted amendment 1:2012 to IEC 60601-2-44:2009) | Modification 1:2014 de CSA C22.2 NO. 60601-2-44:10, Appareils électromédicaux - Partie 2-44: Exigences particulières pour la sécurité de base et les performances essentielles des équipements à rayonnement X de tomodensitométrie (Amendement 1:2012 adoptée de la norme CEI 60601-2-44:2009)</t>
+    <t>Amendment 1:2014 to CSA C22.2 NO. 60601-2-44:10, Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted amendment 1:2012 to IEC 60601-2-44:2009)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-17:15 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-17: Particular requirements for the basic safety and essential performance of automatically-controlled brachytherapy afterloading equipment (Adopted IEC 60601-2-17:2013, third edition, 2013-11, with Canadian deviations) | Appareils électromédicaux - Partie 2-17: Exigences particulières pour la sécurité de base et les performances essentielles des appareils projecteurs de sources radioactives à chargement différé automatique utilisés en brachythérapie (norme CEI 60601-2-17:2013 adoptée, troisième édition, 2013-11, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-17: Particular requirements for the basic safety and essential performance of automatically-controlled brachytherapy afterloading equipment (Adopted IEC 60601-2-17:2013, third edition, 2013-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-24:15 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-24: Particular requirements for the basic safety and essential performance of infusion pumps and controllers (Adopted IEC 60601-2-24:2012, second edition, 2012-10, with Canadian deviations) | Appareils électromédicaux - Partie 2-24 : Exigences particulières pour la sécurité de base et les performances essentielles des pompes et régulateurs de perfusion (norme CEI 60601-2-24:2012 adoptée, deuxième édition, 2012-10, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-24: Particular requirements for the basic safety and essential performance of infusion pumps and controllers (Adopted IEC 60601-2-24:2012, second edition, 2012-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-11:15 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-11: Particular requirements for the basic safety and essential performance of gamma beam therapy equipment (Adopted IEC 60601-2-11:2013, third edition, 2013-01, with Canadian deviations) | Appareils électromédicaux - Partie 2-11 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de gammathérapie (norme CEI 60601-2-11:2013 adoptée, troisième édition, 2013-01, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-11: Particular requirements for the basic safety and essential performance of gamma beam therapy equipment (Adopted IEC 60601-2-11:2013, third edition, 2013-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 140.3:15 (R2024)</t>
   </si>
   <si>
     <t>Refrigerant-containing components for use in electrical equipment</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-1:15 (R2020)</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery - Safety - Part 1: General requirements (Bi-national standard with UL 62841-1)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60950-1B-07 (R2021)</t>
   </si>
   <si>
     <t>Amendment 2:2014 to CAN/CSA-C22.2 NO. 60950-1-07, Information Technology Equipment - Safety - Part 1: General Requirements (Bi-National standard , with UL 60950-1)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 60335-2-15:14 (R2019)</t>
-[...2 lines deleted...]
-    <t>Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted IEC 60335-2-15:2012, sixth edition, 2012-11, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-15 : Règles particulières pour les appareils de chauffage des liquides (norme CEI 60335-2-15:2012 adoptée, sixième édition, 2012-11, avec exigences propres au Canada)</t>
+    <t>CSA C22.2 NO. 60335-2-15:14 (R2024)</t>
+  </si>
+  <si>
+    <t>Household and similar electrical appliances - Safety - Part 2-15: Particular requirements for appliances for heating liquids (Adopted IEC 60335-2-15:2012, sixth edition, 2012-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 81:14 (R2023)</t>
   </si>
   <si>
     <t>Electric irons</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-6:14 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-6: Particular requirements for the basic safety and essential performance of microwave therapy equipment (Adopted IEC 60601-2-6:2012, second edition, 2012-04, with Canadian deviations) | Appareils électromédicaux - Partie 2-6 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie à micro-ondes (norme CEI 60601-2-6:2012 adoptée, deuxième édition, 2012-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-6: Particular requirements for the basic safety and essential performance of microwave therapy equipment (Adopted IEC 60601-2-6:2012, second edition, 2012-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-3:14 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-3: Particular requirements for the basic safety and essential performance of short-wave therapy equipment (Adopted IEC 60601-2-3:2012, third edition, 2012-04, with Canadian deviations) | Appareils électromédicaux - Partie 2-3: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de thérapie à ondes courtes (norme IEC 60601-2-3:2012 adoptée, troisième édition, 2012-04, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-3: Particular requirements for the basic safety and essential performance of short-wave therapy equipment (Adopted IEC 60601-2-3:2012, third edition, 2012-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-47:14 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-47: Particular requirements for the basic safety and essential performance of ambulatory electrocardiographic systems (Adopted IEC 60601-2-47:2012, second edition, 2012-02, with Canadian deviations) | Appareils électromédicaux - Partie 2-47 : Exigences particulières pour la sécurité de base et les performances essentielles des systèmes d'électrocardiographie ambulatoires (norme CEI 60601-2-47:2012 adoptée, deuxième édition, 2012-02, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-47: Particular requirements for the basic safety and essential performance of ambulatory electrocardiographic systems (Adopted IEC 60601-2-47:2012, second edition, 2012-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-10:14 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators (Adopted IEC 60601-2-10:2012, second edition, 2012-06, with Canadian deviations) | Appareils électromédicaux - Partie 2-10 : Exigences particulières pour la sécurité de base et les performances essentielles des stimulateurs de nerfs et de muscles (norme CEI 60601-2-10:2012 adoptée, deuxième édition, 2012-06, avec exigencies propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-10: Particular requirements for the basic safety and essential performance of nerve and muscle stimulators (Adopted IEC 60601-2-10:2012, second edition, 2012-06, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1:14 (R2022)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted IEC 60601-1:2005, third edition, 2005-12, including amendment 1:2012, with Canadian deviations) | Appareils électromédicaux - Partie 1: Exigences générales pour la sécurité de base et les performances essentielles (norme CEI 60601-1:2005 adoptée, troisième édition, 2005-12, y compris l'amendment 1:2012, avec exigences propres au Canada)</t>
-[...5 lines deleted...]
-    <t>Household and similar electrical appliances - Safety - Part 2-44: Particular requirements for ironers (Adopted IEC 60335-2-44:2002, edition 3:2002 consolidated with amendment 1:2008 and amendment 2:2011, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-44 : Règles particulières pour les machines à repasser (norme CEI 60335-2-44:2002 adoptée, édition 3:2002 consolidée par l'amendement 1:2008 et l'amendement 2:2011, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 1: General requirements for basic safety and essential performance (Adopted IEC 60601-1:2005, third edition, 2005-12, including amendment 1:2012, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 8:13 (R2023)</t>
   </si>
   <si>
     <t>Electromagnetic interference (EMI) filters</t>
   </si>
   <si>
     <t>CAN/CSA C22.2 NO. 60335-2-45:14 (R2023)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 2-45: Particular requirements for portable heating tools and similar appliances (Adopted IEC 60335-2-45:2002, edition 3:2002, consolidated with amendment 1:2008 and amendment 2:2011, with Canadian deviations) | Appareils électrodomestiques et analogues - Sécurité - Partie 2-45 : Règles particulières pour les outils chauffants mobiles et appareils analogues (norme CEI 60335-2-45:2002 adoptée, edition 3:2002, consolidée par l'amendement 1:2008 et l'amendement 2:2011, avec exigences propres au Canada)</t>
+    <t>Household and similar electrical appliances - Safety - Part 2-45: Particular requirements for portable heating tools and similar appliances (Adopted IEC 60335-2-45:2002, edition 3:2002, consolidated with amendment 1:2008 and amendment 2:2011, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-23-13 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-23: Particular requirements for die grinders and small rotary tools (Bi-national standard, with UL 60745-2-23)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-3-07/A1:13 + A2:13 (R2022)</t>
   </si>
   <si>
     <t>Amendment 1:2013 and Amendment 2:2013 to CAN/CSA-C22.2 NO. 60745-2-3-07, Hand-held motor-operated electric tools - Safety - Part 2-3: Particular requirements for grinders, polishers and disk-type sanders (Binational standard with UL 60745-2-3)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 120:13 (R2023)</t>
   </si>
   <si>
     <t>Refrigeration equipment</t>
   </si>
   <si>
     <t>C22.2 NO. 46-13 (R2022)</t>
   </si>
   <si>
     <t>Electric air-heaters</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-25:12 (R2022)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-25: Particular requirements for the basic safety and essential performance of electrocardiographs (Adopted IEC 60601-2-25:2011, second edition, 2011-10, with Canadian deviations) | Appareils électromédicaux - Partie 2-25 : Exigences particulières pour la sécurité de base et les performances essentielles des électrocardiographes (norme IEC 60601-2-25:2011 adoptée, deuxième édition, 2011-10, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-25: Particular requirements for the basic safety and essential performance of electrocardiographs (Adopted IEC 60601-2-25:2011, second edition, 2011-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 61010-1-12 (R2022)</t>
   </si>
   <si>
     <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 1: General requirements (Tri-national standard, with UL 61010-1 and ANSI/ISA-61010-1 (82.02.01)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-34:12 (R2022)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-34: Particular requirements for the basic safety and essential performance of invasive blood pressure monitoring equipment (Adopted IEC 60601-2-34:2011, third edition, 2011-05, with Canadian deviations) | Appareils électromédicaux - Partie 2-34 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de surveillance de la pression sanguine prélevée directement (norme CEI 60601-2-34:2011 adoptée, troisième édition, 2011-05, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-34: Particular requirements for the basic safety and essential performance of invasive blood pressure monitoring equipment (Adopted IEC 60601-2-34:2011, third edition, 2011-05, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-22-12 (R2022)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-22: Particular requirements for cut-off machines (Binational standard with UL 60745- 2-22)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-5:12 (R2021)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-5: Particular requirements for circular saws (Bi-national standard, with UL 60745-2-5)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-4:12 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted IEC 60601-2-4:2010, third edition, 2010-12, with Canadian deviations) | Appareils électromédicaux - Partie 2-4 : Exigences particulières pour la sécurité de base et les performances essentielles des défibrillateurs cardiaques (norme IEC 60601-2-4:2010 adoptée, troisième édition, 2010-12, avec exigences propres au Canada)</t>
+    <t>Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted IEC 60601-2-4:2010, third edition, 2010-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-23:12 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-23: Particular requirements for the basic safety and essential performance of transcutaneous partial pressure monitoring equipment (Adopted IEC 60601-2-23:2011, third edition, 2011-02) | Appareils électromédicaux - Partie 2-23: Exigences particulières pour la sécurité de base et les performances essentielles des appareils de surveillance de la pression partielle transcutanée (norme IEC 60601-2-23:2011 adoptée, troisième édition, 2011-02)</t>
+    <t>Medical electrical equipment - Part 2-23: Particular requirements for the basic safety and essential performance of transcutaneous partial pressure monitoring equipment (Adopted IEC 60601-2-23:2011, third edition, 2011-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-8:12 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-8: Particular requirements for the basic safety and essential performance of therapeutic X-ray equipment operating in the range 10kV to 1MV (Adopted IEC 60601-2- 8:2010, second edition, 2010-11) | Appareils électromédicaux - Partie 2- 8: Exigences particulières pour la sécurité de base et les performances essentielles des équipements à rayonnement X de thérapie fonctionnant dans la gamme de 10kV à 1 MV (norme IEC 60601-2-8:2010 adoptée, deuxième édition, 2010-11)</t>
+    <t>Medical electrical equipment - Part 2-8: Particular requirements for the basic safety and essential performance of therapeutic X-ray equipment operating in the range 10kV to 1MV (Adopted IEC 60601-2- 8:2010, second edition, 2010-11)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-13:11 (R2021)</t>
   </si>
   <si>
     <t>Hand-held motor operated electric tools - Safety - Part 2-13: Particular requirements for chain saws (Bi-National standard, with UL 60745-2-13)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60950-1A-07 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2011 to CAN/CSA-C22.2 NO. 60950-1-07, Information Technology Equipment - Safety - Part 1: General Requirements (Bi-National standard, with UL 60950-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-57:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-57: Particular requirements for the basic safety and essential performance of non-laser light source equipment intended for therapeutic, diagnostic, monitoring and cosmetic/aesthetic use (Adopted IEC 60601-2-57:2011, first edition, 2011-01) | Appareils électromédicaux - Partie 2-57 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à source de lumière non-laser prévus pour des utilisations thérapeutiques, de diagnostic, de surveillance et de cosmétique/esthétique (norme IEC 60601-2-57:2011 adoptée, première édition, 2011-01)</t>
+    <t>Medical electrical equipment - Part 2-57: Particular requirements for the basic safety and essential performance of non-laser light source equipment intended for therapeutic, diagnostic, monitoring and cosmetic/aesthetic use (Adopted IEC 60601-2-57:2011, first edition, 2011-01)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-27:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-27: Particular requirements for the basic safety and essential performance of electrocardiographic monitoring equipment (Adopted IEC 60601-2-27:2011, third edition, 2011- 03) | Appareils électromédical - Partie 2-27 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de surveillance d'électrocardiographie (norme CEI 60601-2-27:2011 adoptée, troisième édition, 2011-03)</t>
+    <t>Medical electrical equipment - Part 2-27: Particular requirements for the basic safety and essential performance of electrocardiographic monitoring equipment (Adopted IEC 60601-2-27:2011, third edition, 2011- 03)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-6:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted IEC 60601-1-6:2010, third edition, 2010-01) | Appareils électromédicaux - Partie 1-6: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Aptitude à l'utilisation (norme IEC 60601-1-6:2010 adoptée, troisième édition, 2010-01)</t>
+    <t>Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted IEC 60601-1-6:2010, third edition, 2010-01)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-49:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-49: Particular requirements for the basic safety and essential performance of multifunction patient monitoring equipment (Adopted IEC 60601-2-49:2011, second edition, 2011-02) | Appareils électromédicaux - Partie 2-49 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de surveillance multifonction des patients (norme IEC 60601-2-49:2011 adoptée, deuxième édition, 2011-02)</t>
+    <t>Medical electrical equipment - Part 2-49: Particular requirements for the basic safety and essential performance of multifunction patient monitoring equipment (Adopted IEC 60601-2-49:2011, second edition, 2011-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-45:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted IEC 60601-2-45:2011, third edition, 2011-02) | Appareils électromédicaux - Partie 2-45 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils de mammographie à rayonnement X et des appareils mammographiques stéréotaxiques (norme IEC 60601-2-45:2011 adoptée, troisième édition, 2011-02)</t>
+    <t>Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted IEC 60601-2-45:2011, third edition, 2011-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60335-1:11 (R2016)</t>
   </si>
   <si>
     <t>Safety of household and similar appliances - Part 1: General requirements (Tri-national standard, with NMX-J-521/1-ANCE and UL 60335-1)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-52:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-52: Particular requirements for the basic safety and essential performance of medical beds (Adopted IEC 60601-2-52:2009, first edition, 2009-12) | Appareils électromédicaux - Partie 2-52 : Exigences particulières de sécurité de base et de performances essentielles des lits médicaux (norme IEC 60601-2-52:2009 adoptée, première édition, 2009-12)</t>
+    <t>Medical electrical equipment - Part 2-52: Particular requirements for the basic safety and essential performance of medical beds (Adopted IEC 60601-2-52:2009, first edition, 2009-12)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-18:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-18: Particular requirements for the basic safety and essential performance of endoscopic equipment (Adopted IEC 60601-2-18:2009, third edition, 2009-08) | Appareils électromédicaux - Partie 2-18 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils d'endoscopie (norme IEC 60601-2-18:2009 adoptée, troisième édition, 2009-08)</t>
+    <t>Medical electrical equipment - Part 2-18: Particular requirements for the basic safety and essential performance of endoscopic equipment (Adopted IEC 60601-2-18:2009, third edition, 2009-08)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-5:11 (R2021)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-5: Particular requirements for the basic safety and essential performance of ultrasonic physiotherapy equipment (Adopted IEC 60601-2-5:2009, third edition, 2009-07) | Appareils électromédicaux - Partie 2-5 : Exigences particulières pour la sécurité de base et les performances essentielles des appareils à ultrasons pour physiothérapie (norme IEC 60601-2-5:2009 adoptée, troisième édition, 2009-07)</t>
+    <t>Medical electrical equipment - Part 2-5: Particular requirements for the basic safety and essential performance of ultrasonic physiotherapy equipment (Adopted IEC 60601-2-5:2009, third edition, 2009-07)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-14-04/A2:11 (R2023)</t>
   </si>
   <si>
     <t>Amendment 2:2011 to CAN/CSA-C22.2 NO. 60745-2-14-04, Hand-held motor-operated electric tools - Safety - Part 2-14: Particular requirements for planers (Binational standard with UL 60745-2-14)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-19:05/A1:11 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2011 to CSA C22.2 NO. 60745-2-19:05, Hand-held motor-operated electric tools - Safety - Part 2-19: Particular requirements for jointers (Binational standard with UL 60745-2-19)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-17:11 (R2020)</t>
   </si>
   <si>
     <t>Hand-held motor operated electric tools - Safety - Part 2-17: Particular requirements for routers and trimmers (Bi-national standard, with UL 60745-2-17)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-1-04/A1:10 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2010 to CAN/CSA-C22.2 NO. 60745-2-1-04, Hand-held motor-operated electric tools - Safety - Part 2-1: Particular requirements for drills and impact drills (Binational standard with UL 60745-2-1)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 71.2:10 (R2020)</t>
   </si>
   <si>
     <t>Electric bench tools</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 72:10 (R2024)</t>
   </si>
   <si>
     <t>Heater elements</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-15-10 (R2020)</t>
   </si>
   <si>
     <t>Hand-held motor operated electric tools - Safety - Part 2-15: Particular requirements for hedge trimmers (Bi-national standard, with UL 60745-2-15)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-29-10 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-29: Particular requirements for the basic safety and essential performance of radiotherapy simulators (Adopted IEC 60601-2-29:2008, third edition, 2008-06) | Appareils électromédicaux - Partie 2-29: Exigences particulières pour la sécurité de base et les performances essentielles des simulateurs de radiothérapie (norme IEC 60601-2-29:2008 adoptée, troisième édition, 2008-06)</t>
+    <t>Medical electrical equipment - Part 2-29: Particular requirements for the basic safety and essential performance of radiotherapy simulators (Adopted IEC 60601-2-29:2008, third edition, 2008-06)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-44:10 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted IEC 60601-2-44:2009, third edition, 2009-02) | Appareils électromédicaux - Partie 2-44: Exigences particulières pour la sécurité de base et les performances essentielles des équipements à rayonnement X de tomodensitométrie (norme IEC 60601-2-44:2009 adoptée, troisième édition, 2009-02)</t>
+    <t>Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted IEC 60601-2-44:2009, third edition, 2009-02)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-16:09 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-16: Particular requirements for tackers (Binational standard with UL 60745-2-16)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-10:09 (R2020)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted IEC 60601-1-10:2007, first edition, 2007-11) | Appareils électromédicaux - Partie 1-10: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences pour le développement des régulateurs physiologiques en boucle fermée (norme IEC 60601-1-10:2007 adoptée, première édition, 2007-11)</t>
+    <t>Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted IEC 60601-1-10:2007, first edition, 2007-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-3:09 (R2024)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted IEC 60601-1:2008, second edition, 2008-01) | Appareils électromédicaux - Partie 1-3: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Radioprotection dans les appareils à rayonnement X de diagnostic (norme IEC 60601-1:2008 adoptée, deuxième édition, 2008-01)</t>
+    <t>Medical electrical equipment - Part 1-3: General requirements for basic safety and essential performance - Collateral standard: Radiation protection in diagnostic X-ray equipment (Adopted IEC 60601-1:2008, second edition, 2008-01)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-11-04/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to CAN/CSA-C22.2 NO. 60745-11-04, Hand-held motor-operated electric tools — Safety — Part 2-11: Particular requirements for reciprocating saws (Binational standard with UL 60745-2-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-21:05/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to CSA C22.2 NO. 60745-2-21:05, Hand-held motor-operated electric tools - Safety - Part 2-21: Particular requirements for drain cleaners (Binational standard with UL 60745-2-21)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-20:05/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to CSA C22.2 NO. 60745-2-20-05, Hand-held motor-operated electric tools - Safety - Part 2-20: Particular requirements for band saws (Binational standard with UL 60745-2-20)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-18:05/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to CSA C22.2 NO. 60745-2-18:05, Hand-held motor-operated electric tools - Safety - Part 2-18: Particular requirements for strapping tools (Binational standard with UL 60745-2-18)</t>
   </si>
@@ -1928,120 +1934,114 @@
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-8-04/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to CAN/CSA-C22.2 NO. 60745-2-8-04, Hand-held motor-operated electric tools - Safety - Part 2-8: Particular requirements for shears and nibblers (Binational standard with UL 60745-2-8)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-4-04/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to CAN/CSA-C22.2 No. 60745-2-4-04, Hand-held motor-operated electric tools - Safety - Part 2-4: Particular requirements for sanders and polishers other than disk type (Binational standard with UL 60745-2-4)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-6-04/A2:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 2:2009 to CAN/CSA-C22.2 NO. 60745-2-6-04, Hand-held motor-operated electric tools - Safety - Part 2-6: Particular requirements for hammers (Binational standard with UL 60745-2-6)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-2-04/A1:09 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2009 to C22.2 NO. 60745-2-2-04, Hand-held motor-operated electric tools - Safety - Part 2-2: Particular requirements for screwdrivers and impact wrenches (Binational standard with UL 60745-2-2)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 60601-2-37:08 (R2023)</t>
-[...4 lines deleted...]
-  <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-8:08 (R2023)</t>
   </si>
   <si>
-    <t>Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted IEC 60601-1-8:2006, second edition, 2006-10) | Appareils électromédicaux - Partie 1-8: Exigences générales pour la sécurité de base et les performances essentielles - Norme collatérale: Exigences générales, essais et guide pour les systèmes d'alarme des appareils et des systèmes électromédicaux (norme IEC 60601-1-8:2006 adoptée, deuxième édition, 2006-10)</t>
+    <t>Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted IEC 60601-1-8:2006, second edition, 2006-10)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-12:05/A1:08 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2008 to CSA C22.2 NO. 60745-2-12:05, Hand-held motor-operated electric tools - Safety - Part 2-12: Particular requirements for concrete vibrators (Binational standard with UL 60745-2-12)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-14-04/A1:07 (R2023)</t>
   </si>
   <si>
-    <t>Amendment 1:2007 to CAN/CSA-C22.2 NO. 60745-2-14-04, Hand-held motor-operated electric tools - Safety - Part 2-14: Particular requirements for planers (Binational standard with UL 60745-2-14) | Modification 1:2007 à CAN/CSA-C22.2 NO. 60745-2-14-04, Outils électroportatifs à moteur - Sécurité - Partie 2-14: Règles particulières pour les rabots (norme binationale avec UL 60745-2-14)</t>
+    <t>Amendment 1:2007 to CAN/CSA-C22.2 NO. 60745-2-14-04, Hand-held motor-operated electric tools - Safety - Part 2-14: Particular requirements for planers (Binational standard with UL 60745-2-14)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60950-23:07 (R2021)</t>
   </si>
   <si>
     <t>Information Technology Equipment - Safety - Part 23: Large Data Storage Equipment (Bi-National standard, with UL 60950-23)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60950-1-07 (R2021)</t>
   </si>
   <si>
     <t>Information Technology Equipment - Safety - Part 1: General Requirements (Bi-National standard, with UL 60950-1)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-1-07 (R2022)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 1: General requirements (Binational standard with UL 60745-1)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-3-07 (R2022)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-3: Particular requirements for grinders, polishers and disk-type sanders (Binational standard with UL 60745-2-3)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-6-04/A1:06 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2006 to CAN/CSA-C22.2 NO. 60745-2-6-04, Hand-held motor-operated electric tools - Safety - Part 2-6: Particular requirements for hammers (Binational standard with UL 60745-2-6)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61029-2-9:06 (R2021)</t>
   </si>
   <si>
-    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for mitre saws (Adopted CEI/IEC 1029-2-9:1995, first edition, 1995-04) | Sécurité des machines-outils électriques semi-fixes - Partie 2: Règles particulières pour les scies à onglet (norme CEI/IEC 1029-2-9:1995 adoptée, première édition, 1995-04)</t>
+    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for mitre saws (Adopted CEI/IEC 1029-2-9:1995, first edition, 1995-04)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61029-2-10:06 (R2021)</t>
   </si>
   <si>
     <t>Safety of transportable motor-operated electric tools - Part 2-10: Particular requirements for cutting-off grinders (Adopted IEC 61029-2-10:1998, first edition, 1998-06)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61029-2-8:06 (R2021)</t>
   </si>
   <si>
-    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for single spindle vertical moulders (Adopted CEI/IEC 1029-2-8:1995, first edition, 1995-04, including amendment 1:1999 and amendment 2:2001) | Sécurité des machines-outils électriques semi-fixes - Partie 2: Règles particulières pour les toupies monobroches verticales (norme CEI/IEC 1029-2-8:1995 adoptée, première édition, 1995-04, y compris l'amendement 1:1999 et l'amendement 2:2001)</t>
+    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for single spindle vertical moulders (Adopted CEI/IEC 1029-2-8:1995, first edition, 1995-04, including amendment 1:1999 and amendment 2:2001)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-19:05 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-19: Particular requirements for jointers (Binational standard with UL 60745-2-19)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 84:05 (R2020)</t>
   </si>
   <si>
     <t>Incandescent lamps</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 255:04 (R2024)</t>
   </si>
   <si>
     <t>Neon transformers and power supplies</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-21:05 (R2023)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-21: Particular requirements for drain cleaners (Binational standard with UL 60745-2-21)</t>
   </si>
@@ -2123,105 +2123,105 @@
   <si>
     <t>Portable electrical motor-operated and heating appliances: Particular requirements for electrical motor-operated kitchen appliances</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 1335.1:93 (R2023)</t>
   </si>
   <si>
     <t>Portable electrical motor-operated and heating appliances: General requirements</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 53:68 (R2024)</t>
   </si>
   <si>
     <t>Electric washing machines</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 191:M89 (R2024)</t>
   </si>
   <si>
     <t>Engine Heaters and Battery Warmers</t>
   </si>
   <si>
     <t>CAN/CSA-E60598-2-4-98 (R2022)</t>
   </si>
   <si>
-    <t>Luminaires - Part 2: Particular requirements - Section 4: Portable general-purpose luminaires (Adopted CEI/IEC 60598-2-4:1997, second edition, 1997-04, with Canadian deviations | Luminaires - Partie 2: Règles particulières - Section 4: Luminaires portatifs à usage général (norme CEI/IEC 60598-2-4:1997 adoptée, deuxième édition, 1997-04, avec exigences propres au Canada)</t>
+    <t>Luminaires - Part 2: Particular requirements - Section 4: Portable general-purpose luminaires (Adopted CEI/IEC 60598-2-4:1997, second edition, 1997-04, with Canadian deviations</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 1010.2.041-96 (R2004)</t>
   </si>
   <si>
-    <t>CAN/CSA-C22.2 NO. 1010.2.041-96 (R2004) - Safety Requirements for Electrical Equipment for Measurement, Control and Laboratory Use - Part 2-041: Particular Requirements for Autoclaves Using Steam for the Treatment of Medical Materials, and for Laboratory Processes (Adopted IEC 1010-2-041:1995, first edition, 1995-12) | Règles de sécurité pour appareils électriques de mesurage, de régulation et de laboratoire - Partie 2-041: Prescriptions particulières pour autoclaves utilisant de la vapeur pour le traitement des matériels à usage médical et durant les procédés de traitement de laboratoire (norme CEI 1010-2-041:1995 adoptée, premiére édition, 1995-12)</t>
+    <t>CAN/CSA-C22.2 NO. 1010.2.041-96 (R2004) - Safety Requirements for Electrical Equipment for Measurement, Control and Laboratory Use - Part 2-041: Particular Requirements for Autoclaves Using Steam for the Treatment of Medical Materials, and for Laboratory Processes (Adopted IEC 1010-2-041:1995, first edition, 1995-12)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 10:65 (R2023)</t>
   </si>
   <si>
     <t>Electric floor surfacing and cleaning machines</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 745-2-32:95 (R2023)</t>
   </si>
   <si>
     <t>Safety of portable electric tools - Part 2: Particular requirements for magnetic drill presses (Binational standard with UL 745-2-32)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 745-2-31:95 (R2023)</t>
   </si>
   <si>
     <t>Safety of portable electric tools - Part 2: Particular Requirements for diamond core drills (Binational standard with UL 745-2-31)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 745-4-36:95 (R2023)</t>
   </si>
   <si>
     <t>Safety of portable battery-operated tools - Part 4: Particular requirements for hand motor tools (Binational standard with UL 745-4-36)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 157-92 (R2021)</t>
   </si>
   <si>
     <t>Intrinsically safe and non-incendive equipment for use in hazardous locations</t>
   </si>
   <si>
     <t>CAN/CSA-E1029-2-7-94 (R2022)</t>
   </si>
   <si>
-    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for diamond saws with water supply (Adopted IEC 1029-2-7:1993, first edition) | Sécurité des machines-outils électriques semi-fixes - Partie 2: Règles particulières pour les tronçonneuses à béton (norme CEI 1029-2-7:1993 adoptée, première édition)</t>
+    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for diamond saws with water supply (Adopted IEC 1029-2-7:1993, first edition)</t>
   </si>
   <si>
     <t>CAN/CSA-E1029-2-6-94 (R2022)</t>
   </si>
   <si>
-    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for diamond drills with water supply (Adopted IEC 1029-2-6:1993, first edition) | Sécurité des machines-outils électriques semi-fixes - Partie 2: Règles particulières pour les foreuses à béton (norme CEI 1029-2-6:1993 adoptée, première édition)</t>
+    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for diamond drills with water supply (Adopted IEC 1029-2-6:1993, first edition)</t>
   </si>
   <si>
     <t>CAN/CSA-E1029-2-4-94 (R2022)</t>
   </si>
   <si>
-    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for bench grinders (Adopted IEC 1029-2-4:1993, first edition) | Sécurité des machines-outils électriques semi-fixes - Partie 2: Règles particulières pour les tourets à meuler (norme CEI 1029-2-4:1993 adoptée, première édition)</t>
+    <t>Safety of transportable motor-operated electric tools - Part 2: Particular requirements for bench grinders (Adopted IEC 1029-2-4:1993, first edition)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2579,7135 +2579,7135 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>430.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>180.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>250.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>200.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>250.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>26.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>26.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>490.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>720.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>190.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>270.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>600.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>320.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>300.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>250.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>60.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>60.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>60.0</v>
+        <v>270.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2025</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>190.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2025</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>30.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2025</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>360.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2025</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>550.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2025</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>430.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2025</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>550.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>190.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>70.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>26.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>600.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>430.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>16.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>565.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>500.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>525.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>488.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>310.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>160.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>335.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
         <v>2023</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>319.0</v>
+        <v>565.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
         <v>2023</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>319.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
         <v>2023</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>552.0</v>
+        <v>525.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
         <v>2023</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>319.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
         <v>2023</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>378.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>523.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
         <v>2023</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>421.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
         <v>2023</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>269.0</v>
+        <v>319.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
         <v>2023</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>215.0</v>
+        <v>319.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48">
         <v>2023</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>222.0</v>
+        <v>552.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
         <v>2023</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>306.0</v>
+        <v>319.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50">
         <v>2023</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>252.0</v>
+        <v>378.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>109</v>
       </c>
       <c r="D51">
         <v>2023</v>
       </c>
       <c r="E51" t="s">
         <v>110</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>241.0</v>
+        <v>523.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
         <v>2023</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>357.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
         <v>2023</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>124.0</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
         <v>2023</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>272.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
         <v>2023</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>302.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
         <v>2023</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>272.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57">
         <v>2023</v>
       </c>
       <c r="E57" t="s">
         <v>122</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>302.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
         <v>2023</v>
       </c>
       <c r="E58" t="s">
         <v>124</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>302.0</v>
+        <v>241.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59">
         <v>2023</v>
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>302.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>873.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>146.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
         <v>2023</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>533.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>55.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64">
         <v>2023</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>650.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>380.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>98.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67">
         <v>2022</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>220.0</v>
+        <v>873.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>143</v>
       </c>
       <c r="D68">
         <v>2022</v>
       </c>
       <c r="E68" t="s">
         <v>144</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>355.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>145</v>
       </c>
       <c r="D69">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E69" t="s">
         <v>146</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>445.0</v>
+        <v>533.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>147</v>
       </c>
       <c r="D70">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E70" t="s">
         <v>148</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>456.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E71" t="s">
         <v>150</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>300.0</v>
+        <v>650.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>151</v>
       </c>
       <c r="D72">
         <v>2022</v>
       </c>
       <c r="E72" t="s">
         <v>152</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>143.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>153</v>
       </c>
       <c r="D73">
         <v>2022</v>
       </c>
       <c r="E73" t="s">
         <v>154</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>497.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>155</v>
       </c>
       <c r="D74">
         <v>2022</v>
       </c>
       <c r="E74" t="s">
         <v>156</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>450.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>157</v>
       </c>
       <c r="D75">
         <v>2022</v>
       </c>
       <c r="E75" t="s">
         <v>158</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>14.0</v>
+        <v>355.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>159</v>
       </c>
       <c r="D76">
         <v>2022</v>
       </c>
       <c r="E76" t="s">
         <v>160</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>765.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>161</v>
       </c>
       <c r="D77">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="E77" t="s">
         <v>162</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>224.0</v>
+        <v>456.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>163</v>
       </c>
       <c r="D78">
         <v>2022</v>
       </c>
       <c r="E78" t="s">
         <v>164</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>399.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>165</v>
       </c>
       <c r="D79">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E79" t="s">
         <v>166</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>11.0</v>
+        <v>143.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>167</v>
       </c>
       <c r="D80">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E80" t="s">
         <v>168</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>11.0</v>
+        <v>497.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>169</v>
       </c>
       <c r="D81">
         <v>2022</v>
       </c>
       <c r="E81" t="s">
         <v>170</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>206.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>171</v>
       </c>
       <c r="D82">
         <v>2022</v>
       </c>
       <c r="E82" t="s">
         <v>172</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>1517.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>173</v>
       </c>
       <c r="D83">
         <v>2022</v>
       </c>
       <c r="E83" t="s">
         <v>174</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>290.0</v>
+        <v>765.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>175</v>
       </c>
       <c r="D84">
         <v>2022</v>
       </c>
       <c r="E84" t="s">
         <v>176</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>424.0</v>
+        <v>224.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>177</v>
       </c>
       <c r="D85">
         <v>2022</v>
       </c>
       <c r="E85" t="s">
         <v>178</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>1614.0</v>
+        <v>399.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>179</v>
       </c>
       <c r="D86">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>417.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87">
         <v>2022</v>
       </c>
       <c r="E87" t="s">
         <v>182</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>445.0</v>
+        <v>1517.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>183</v>
       </c>
       <c r="D88">
         <v>2022</v>
       </c>
       <c r="E88" t="s">
         <v>184</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>475.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E89" t="s">
         <v>186</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>22.0</v>
+        <v>424.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>187</v>
       </c>
       <c r="D90">
         <v>2022</v>
       </c>
       <c r="E90" t="s">
         <v>188</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>283.0</v>
+        <v>1614.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>189</v>
       </c>
       <c r="D91">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E91" t="s">
         <v>190</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>97.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E92" t="s">
         <v>192</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>383.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>193</v>
       </c>
       <c r="D93">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E93" t="s">
         <v>194</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>55.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>195</v>
       </c>
       <c r="D94">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E94" t="s">
         <v>196</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>965.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>197</v>
       </c>
       <c r="D95">
         <v>2022</v>
       </c>
       <c r="E95" t="s">
         <v>198</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>423.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>199</v>
       </c>
       <c r="D96">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E96" t="s">
         <v>200</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>515.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>201</v>
       </c>
       <c r="D97">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E97" t="s">
         <v>202</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>386.0</v>
+        <v>383.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>203</v>
       </c>
       <c r="D98">
         <v>2021</v>
       </c>
       <c r="E98" t="s">
         <v>204</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>11.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>205</v>
       </c>
       <c r="D99">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E99" t="s">
         <v>206</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>288.0</v>
+        <v>965.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>207</v>
       </c>
       <c r="D100">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E100" t="s">
         <v>208</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
-        <v>340.0</v>
+        <v>423.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>209</v>
       </c>
       <c r="D101">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E101" t="s">
         <v>210</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>417.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>211</v>
       </c>
       <c r="D102">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E102" t="s">
         <v>212</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
-        <v>199.0</v>
+        <v>386.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>213</v>
       </c>
       <c r="D103">
         <v>2021</v>
       </c>
       <c r="E103" t="s">
         <v>214</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>143.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>215</v>
       </c>
       <c r="D104">
         <v>2021</v>
       </c>
       <c r="E104" t="s">
         <v>216</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
-        <v>277.0</v>
+        <v>288.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>217</v>
       </c>
       <c r="D105">
         <v>2021</v>
       </c>
       <c r="E105" t="s">
         <v>218</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>22.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>219</v>
       </c>
       <c r="D106">
         <v>2021</v>
       </c>
       <c r="E106" t="s">
         <v>220</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>53.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>221</v>
       </c>
       <c r="D107">
         <v>2021</v>
       </c>
       <c r="E107" t="s">
         <v>222</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
-        <v>264.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>223</v>
       </c>
       <c r="D108">
         <v>2021</v>
       </c>
       <c r="E108" t="s">
         <v>224</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
-        <v>275.0</v>
+        <v>143.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>225</v>
       </c>
       <c r="D109">
         <v>2021</v>
       </c>
       <c r="E109" t="s">
         <v>226</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>447.0</v>
+        <v>277.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110">
         <v>2021</v>
       </c>
       <c r="E110" t="s">
         <v>228</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>290.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>229</v>
       </c>
       <c r="D111">
         <v>2021</v>
       </c>
       <c r="E111" t="s">
         <v>230</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>195.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>231</v>
       </c>
       <c r="D112">
         <v>2021</v>
       </c>
       <c r="E112" t="s">
         <v>232</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
-        <v>281.0</v>
+        <v>264.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>233</v>
       </c>
       <c r="D113">
         <v>2021</v>
       </c>
       <c r="E113" t="s">
         <v>234</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>348.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>235</v>
       </c>
       <c r="D114">
         <v>2021</v>
       </c>
       <c r="E114" t="s">
         <v>236</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>253.0</v>
+        <v>447.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>237</v>
       </c>
       <c r="D115">
         <v>2021</v>
       </c>
       <c r="E115" t="s">
         <v>238</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
-        <v>398.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>239</v>
       </c>
       <c r="D116">
         <v>2021</v>
       </c>
       <c r="E116" t="s">
         <v>240</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
-        <v>251.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>241</v>
       </c>
       <c r="D117">
         <v>2021</v>
       </c>
       <c r="E117" t="s">
         <v>242</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>402.0</v>
+        <v>281.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>243</v>
       </c>
       <c r="D118">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E118" t="s">
         <v>244</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
-        <v>286.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>245</v>
       </c>
       <c r="D119">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E119" t="s">
         <v>246</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>257.0</v>
+        <v>253.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>247</v>
       </c>
       <c r="D120">
         <v>2021</v>
       </c>
       <c r="E120" t="s">
         <v>248</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>300.0</v>
+        <v>398.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>249</v>
       </c>
       <c r="D121">
         <v>2021</v>
       </c>
       <c r="E121" t="s">
         <v>250</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>320.0</v>
+        <v>251.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>251</v>
       </c>
       <c r="D122">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E122" t="s">
         <v>252</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>15.0</v>
+        <v>402.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>253</v>
       </c>
       <c r="D123">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E123" t="s">
         <v>254</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>260.0</v>
+        <v>286.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>255</v>
       </c>
       <c r="D124">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E124" t="s">
         <v>256</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
-        <v>442.0</v>
+        <v>257.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>257</v>
       </c>
       <c r="D125">
         <v>2021</v>
       </c>
       <c r="E125" t="s">
         <v>258</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>499.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>259</v>
       </c>
       <c r="D126">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E126" t="s">
         <v>260</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>90.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>261</v>
       </c>
       <c r="D127">
         <v>2020</v>
       </c>
       <c r="E127" t="s">
         <v>262</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>382.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>263</v>
       </c>
       <c r="D128">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E128" t="s">
         <v>264</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>152.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>265</v>
       </c>
       <c r="D129">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E129" t="s">
         <v>266</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>210.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>267</v>
       </c>
       <c r="D130">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E130" t="s">
         <v>268</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>150.0</v>
+        <v>499.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>269</v>
       </c>
       <c r="D131">
         <v>2020</v>
       </c>
       <c r="E131" t="s">
         <v>270</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>190.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>271</v>
       </c>
       <c r="D132">
         <v>2020</v>
       </c>
       <c r="E132" t="s">
         <v>272</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
-        <v>470.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>273</v>
       </c>
       <c r="D133">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E133" t="s">
         <v>274</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>1070.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>275</v>
       </c>
       <c r="D134">
         <v>2020</v>
       </c>
       <c r="E134" t="s">
         <v>276</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
         <v>210.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>277</v>
       </c>
       <c r="D135">
         <v>2020</v>
       </c>
       <c r="E135" t="s">
         <v>278</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>210.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>279</v>
       </c>
       <c r="D136">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E136" t="s">
         <v>280</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>390.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>281</v>
       </c>
       <c r="D137">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E137" t="s">
         <v>282</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>15.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>283</v>
       </c>
       <c r="D138">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E138" t="s">
         <v>284</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
-        <v>15.0</v>
+        <v>1070.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>8</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>285</v>
       </c>
       <c r="D139">
         <v>2020</v>
       </c>
       <c r="E139" t="s">
         <v>286</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139">
-        <v>180.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>287</v>
       </c>
       <c r="D140">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E140" t="s">
         <v>288</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>220.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>289</v>
       </c>
       <c r="D141">
         <v>2019</v>
       </c>
       <c r="E141" t="s">
         <v>290</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
-        <v>60.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>8</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>291</v>
       </c>
       <c r="D142">
         <v>2019</v>
       </c>
       <c r="E142" t="s">
         <v>292</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>350.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>8</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>293</v>
       </c>
       <c r="D143">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E143" t="s">
         <v>294</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
-        <v>180.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>295</v>
       </c>
       <c r="D144">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E144" t="s">
         <v>296</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
-        <v>675.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>297</v>
       </c>
       <c r="D145">
         <v>2019</v>
       </c>
       <c r="E145" t="s">
         <v>298</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
-        <v>100.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>8</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>299</v>
       </c>
       <c r="D146">
         <v>2019</v>
       </c>
       <c r="E146" t="s">
         <v>300</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
-        <v>390.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>8</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>301</v>
       </c>
       <c r="D147">
         <v>2019</v>
       </c>
       <c r="E147" t="s">
         <v>302</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
         <v>350.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>8</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>303</v>
       </c>
       <c r="D148">
         <v>2019</v>
       </c>
       <c r="E148" t="s">
         <v>304</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148">
-        <v>445.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>8</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>305</v>
       </c>
       <c r="D149">
         <v>2019</v>
       </c>
       <c r="E149" t="s">
         <v>306</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
-        <v>415.0</v>
+        <v>675.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>307</v>
       </c>
       <c r="D150">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E150" t="s">
         <v>308</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
-        <v>345.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>8</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>309</v>
       </c>
       <c r="D151">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E151" t="s">
         <v>310</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
-        <v>260.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>8</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>311</v>
       </c>
       <c r="D152">
         <v>2019</v>
       </c>
       <c r="E152" t="s">
         <v>312</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
-        <v>135.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>8</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>313</v>
       </c>
       <c r="D153">
         <v>2019</v>
       </c>
       <c r="E153" t="s">
         <v>314</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
-        <v>135.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>8</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>315</v>
       </c>
       <c r="D154">
         <v>2019</v>
       </c>
       <c r="E154" t="s">
         <v>316</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
-        <v>54.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>317</v>
       </c>
       <c r="D155">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E155" t="s">
         <v>318</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>132.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>8</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>319</v>
       </c>
       <c r="D156">
         <v>2020</v>
       </c>
       <c r="E156" t="s">
         <v>320</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
-        <v>330.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>8</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>321</v>
       </c>
       <c r="D157">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E157" t="s">
         <v>322</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157">
-        <v>260.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>323</v>
       </c>
       <c r="D158">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E158" t="s">
         <v>324</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
-        <v>295.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>325</v>
       </c>
       <c r="D159">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E159" t="s">
         <v>326</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
-        <v>260.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>8</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>327</v>
       </c>
       <c r="D160">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E160" t="s">
         <v>328</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
-        <v>325.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>329</v>
       </c>
       <c r="D161">
         <v>2020</v>
       </c>
       <c r="E161" t="s">
         <v>330</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
-        <v>390.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>331</v>
       </c>
       <c r="D162">
         <v>2020</v>
       </c>
       <c r="E162" t="s">
         <v>332</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
-        <v>295.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>8</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>333</v>
       </c>
       <c r="D163">
         <v>2020</v>
       </c>
       <c r="E163" t="s">
         <v>334</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
-        <v>390.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>8</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>335</v>
       </c>
       <c r="D164">
         <v>2020</v>
       </c>
       <c r="E164" t="s">
         <v>336</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
         <v>260.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>8</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>337</v>
       </c>
       <c r="D165">
         <v>2020</v>
       </c>
       <c r="E165" t="s">
         <v>338</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
-        <v>260.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>8</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>339</v>
       </c>
       <c r="D166">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E166" t="s">
         <v>340</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166">
-        <v>400.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>8</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>341</v>
       </c>
       <c r="D167">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E167" t="s">
         <v>342</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
-        <v>97.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>8</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>343</v>
       </c>
       <c r="D168">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E168" t="s">
         <v>344</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168">
-        <v>195.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>8</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>345</v>
       </c>
       <c r="D169">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E169" t="s">
         <v>346</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169">
-        <v>535.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>8</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>347</v>
       </c>
       <c r="D170">
         <v>2020</v>
       </c>
       <c r="E170" t="s">
         <v>348</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170">
-        <v>421.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>8</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>349</v>
       </c>
       <c r="D171">
         <v>2019</v>
       </c>
       <c r="E171" t="s">
         <v>350</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
-        <v>407.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>351</v>
       </c>
       <c r="D172">
         <v>2019</v>
       </c>
       <c r="E172" t="s">
         <v>352</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
-        <v>135.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>8</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>353</v>
       </c>
       <c r="D173">
         <v>2019</v>
       </c>
       <c r="E173" t="s">
         <v>354</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
-        <v>25.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>8</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>355</v>
       </c>
       <c r="D174">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E174" t="s">
         <v>356</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174">
-        <v>25.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>8</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>357</v>
       </c>
       <c r="D175">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E175" t="s">
         <v>358</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175">
-        <v>178.0</v>
+        <v>407.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>8</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>359</v>
       </c>
       <c r="D176">
         <v>2019</v>
       </c>
       <c r="E176" t="s">
         <v>360</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176">
-        <v>191.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>8</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>361</v>
       </c>
       <c r="D177">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E177" t="s">
         <v>362</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
-        <v>173.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>8</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>363</v>
       </c>
       <c r="D178">
         <v>2018</v>
       </c>
       <c r="E178" t="s">
         <v>364</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
-        <v>21.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>8</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>365</v>
       </c>
       <c r="D179">
         <v>2018</v>
       </c>
       <c r="E179" t="s">
         <v>366</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
-        <v>20.0</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>8</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>367</v>
       </c>
       <c r="D180">
         <v>2018</v>
       </c>
       <c r="E180" t="s">
         <v>368</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180">
-        <v>20.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>8</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>369</v>
       </c>
       <c r="D181">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="E181" t="s">
         <v>370</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
-        <v>491.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>8</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>371</v>
       </c>
       <c r="D182">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="E182" t="s">
-        <v>128</v>
+        <v>372</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
-        <v>410.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D183">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E183" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>347.0</v>
+        <v>491.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>8</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D184">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E184" t="s">
-        <v>375</v>
+        <v>142</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
-        <v>225.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>376</v>
       </c>
       <c r="D185">
         <v>2018</v>
       </c>
       <c r="E185" t="s">
         <v>377</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
-        <v>210.0</v>
+        <v>347.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>8</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>378</v>
       </c>
       <c r="D186">
         <v>2018</v>
       </c>
       <c r="E186" t="s">
         <v>379</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186">
-        <v>200.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>8</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>380</v>
       </c>
       <c r="D187">
         <v>2018</v>
       </c>
       <c r="E187" t="s">
         <v>381</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187">
-        <v>170.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>8</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>382</v>
       </c>
       <c r="D188">
         <v>2018</v>
       </c>
       <c r="E188" t="s">
         <v>383</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188">
-        <v>225.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>8</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>384</v>
       </c>
       <c r="D189">
         <v>2018</v>
       </c>
       <c r="E189" t="s">
         <v>385</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189">
-        <v>189.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>386</v>
       </c>
       <c r="D190">
         <v>2018</v>
       </c>
       <c r="E190" t="s">
         <v>387</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>16.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>388</v>
       </c>
       <c r="D191">
         <v>2018</v>
       </c>
       <c r="E191" t="s">
         <v>389</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
-        <v>25.0</v>
+        <v>189.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>390</v>
       </c>
       <c r="D192">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E192" t="s">
         <v>391</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>170.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>392</v>
       </c>
       <c r="D193">
         <v>2018</v>
       </c>
       <c r="E193" t="s">
         <v>393</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
-        <v>95.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>8</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>394</v>
       </c>
       <c r="D194">
         <v>2017</v>
       </c>
       <c r="E194" t="s">
         <v>395</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
-        <v>235.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>8</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>396</v>
       </c>
       <c r="D195">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E195" t="s">
         <v>397</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
-        <v>235.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>8</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>398</v>
       </c>
       <c r="D196">
         <v>2017</v>
       </c>
       <c r="E196" t="s">
         <v>399</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
-        <v>90.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>8</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>400</v>
       </c>
       <c r="D197">
         <v>2017</v>
       </c>
       <c r="E197" t="s">
         <v>401</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
-        <v>20.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>8</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>402</v>
       </c>
       <c r="D198">
         <v>2017</v>
       </c>
       <c r="E198" t="s">
         <v>403</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>171.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>404</v>
       </c>
       <c r="D199">
         <v>2017</v>
       </c>
       <c r="E199" t="s">
         <v>405</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
-        <v>165.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>8</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>406</v>
       </c>
       <c r="D200">
         <v>2017</v>
       </c>
       <c r="E200" t="s">
         <v>407</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
-        <v>197.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>8</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>408</v>
       </c>
       <c r="D201">
         <v>2017</v>
       </c>
       <c r="E201" t="s">
         <v>409</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>125.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>410</v>
       </c>
       <c r="D202">
         <v>2017</v>
       </c>
       <c r="E202" t="s">
         <v>411</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
-        <v>126.0</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>412</v>
       </c>
       <c r="D203">
         <v>2017</v>
       </c>
       <c r="E203" t="s">
         <v>413</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
-        <v>128.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>414</v>
       </c>
       <c r="D204">
         <v>2017</v>
       </c>
       <c r="E204" t="s">
         <v>415</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>90.0</v>
+        <v>126.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>416</v>
       </c>
       <c r="D205">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E205" t="s">
         <v>417</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
-        <v>60.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>8</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>418</v>
       </c>
       <c r="D206">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E206" t="s">
         <v>419</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206">
-        <v>200.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>420</v>
       </c>
       <c r="D207">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E207" t="s">
         <v>421</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207">
-        <v>200.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>422</v>
       </c>
       <c r="D208">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E208" t="s">
         <v>423</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208">
-        <v>85.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>424</v>
       </c>
       <c r="D209">
         <v>2017</v>
       </c>
       <c r="E209" t="s">
         <v>425</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209">
-        <v>300.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>8</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>426</v>
       </c>
       <c r="D210">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E210" t="s">
         <v>427</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
-        <v>300.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>428</v>
       </c>
       <c r="D211">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E211" t="s">
         <v>429</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
-        <v>85.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>8</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>430</v>
       </c>
       <c r="D212">
         <v>2016</v>
       </c>
       <c r="E212" t="s">
         <v>431</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
-        <v>200.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>432</v>
       </c>
       <c r="D213">
         <v>2016</v>
       </c>
       <c r="E213" t="s">
         <v>433</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
-        <v>305.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>8</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>434</v>
       </c>
       <c r="D214">
         <v>2016</v>
       </c>
       <c r="E214" t="s">
         <v>435</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214">
-        <v>120.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>436</v>
       </c>
       <c r="D215">
         <v>2016</v>
       </c>
       <c r="E215" t="s">
         <v>437</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>96.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>438</v>
       </c>
       <c r="D216">
         <v>2016</v>
       </c>
       <c r="E216" t="s">
         <v>439</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
-        <v>150.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>440</v>
       </c>
       <c r="D217">
         <v>2016</v>
       </c>
       <c r="E217" t="s">
         <v>441</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
-        <v>289.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>442</v>
       </c>
       <c r="D218">
         <v>2016</v>
       </c>
       <c r="E218" t="s">
         <v>443</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218">
-        <v>133.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>8</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>444</v>
       </c>
       <c r="D219">
         <v>2016</v>
       </c>
       <c r="E219" t="s">
         <v>445</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219">
-        <v>550.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>446</v>
       </c>
       <c r="D220">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E220" t="s">
         <v>447</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
-        <v>342.0</v>
+        <v>133.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>448</v>
       </c>
       <c r="D221">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E221" t="s">
         <v>449</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
-        <v>106.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>450</v>
       </c>
       <c r="D222">
         <v>2015</v>
       </c>
       <c r="E222" t="s">
         <v>451</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>14.0</v>
+        <v>342.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>452</v>
       </c>
       <c r="D223">
         <v>2015</v>
       </c>
       <c r="E223" t="s">
         <v>453</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
-        <v>329.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>454</v>
       </c>
       <c r="D224">
         <v>2015</v>
       </c>
       <c r="E224" t="s">
         <v>455</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
-        <v>342.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>456</v>
       </c>
       <c r="D225">
         <v>2015</v>
       </c>
       <c r="E225" t="s">
         <v>457</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
-        <v>385.0</v>
+        <v>329.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>458</v>
       </c>
       <c r="D226">
         <v>2015</v>
       </c>
       <c r="E226" t="s">
         <v>459</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
-        <v>320.0</v>
+        <v>342.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>460</v>
       </c>
       <c r="D227">
         <v>2015</v>
       </c>
       <c r="E227" t="s">
         <v>461</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227">
-        <v>480.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>462</v>
       </c>
       <c r="D228">
         <v>2015</v>
       </c>
       <c r="E228" t="s">
         <v>463</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228">
-        <v>385.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>8</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>464</v>
       </c>
       <c r="D229">
         <v>2015</v>
       </c>
       <c r="E229" t="s">
         <v>465</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229">
         <v>480.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>8</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>466</v>
       </c>
       <c r="D230">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E230" t="s">
         <v>467</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230">
-        <v>155.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>8</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>468</v>
       </c>
       <c r="D231">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E231" t="s">
         <v>469</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231">
-        <v>166.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>8</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>470</v>
       </c>
       <c r="D232">
         <v>2016</v>
       </c>
       <c r="E232" t="s">
         <v>471</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
-        <v>125.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>472</v>
       </c>
       <c r="D233">
         <v>2016</v>
       </c>
       <c r="E233" t="s">
         <v>473</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
-        <v>350.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>474</v>
       </c>
       <c r="D234">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E234" t="s">
         <v>475</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
-        <v>98.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>476</v>
       </c>
       <c r="D235">
         <v>2016</v>
       </c>
       <c r="E235" t="s">
         <v>477</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235">
-        <v>106.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>478</v>
       </c>
       <c r="D236">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E236" t="s">
         <v>479</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236">
-        <v>368.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>480</v>
       </c>
       <c r="D237">
         <v>2016</v>
       </c>
       <c r="E237" t="s">
         <v>481</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
-        <v>349.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>482</v>
       </c>
       <c r="D238">
         <v>2016</v>
       </c>
       <c r="E238" t="s">
         <v>483</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238">
-        <v>125.0</v>
+        <v>368.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>484</v>
       </c>
       <c r="D239">
         <v>2016</v>
       </c>
       <c r="E239" t="s">
         <v>485</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239">
-        <v>80.0</v>
+        <v>349.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>486</v>
       </c>
       <c r="D240">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E240" t="s">
         <v>487</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240">
-        <v>489.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>8</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>488</v>
       </c>
       <c r="D241">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E241" t="s">
         <v>489</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241">
-        <v>85.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>490</v>
       </c>
       <c r="D242">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E242" t="s">
         <v>491</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242">
-        <v>200.0</v>
+        <v>489.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>492</v>
       </c>
       <c r="D243">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E243" t="s">
         <v>493</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243">
-        <v>125.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>8</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>494</v>
       </c>
       <c r="D244">
         <v>2016</v>
       </c>
       <c r="E244" t="s">
         <v>495</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244">
-        <v>125.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>496</v>
       </c>
       <c r="D245">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E245" t="s">
         <v>497</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
-        <v>100.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>498</v>
       </c>
       <c r="D246">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E246" t="s">
         <v>499</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246">
-        <v>594.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>500</v>
       </c>
       <c r="D247">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E247" t="s">
         <v>501</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247">
-        <v>170.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>502</v>
       </c>
       <c r="D248">
         <v>2014</v>
       </c>
       <c r="E248" t="s">
         <v>503</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>18.0</v>
+        <v>594.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>504</v>
       </c>
       <c r="D249">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="E249" t="s">
         <v>505</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
-        <v>500.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>506</v>
       </c>
       <c r="D250">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="E250" t="s">
         <v>507</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
-        <v>120.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>508</v>
       </c>
       <c r="D251">
         <v>2015</v>
       </c>
       <c r="E251" t="s">
         <v>509</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
-        <v>220.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>510</v>
       </c>
       <c r="D252">
         <v>2015</v>
       </c>
       <c r="E252" t="s">
         <v>511</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
-        <v>130.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>512</v>
       </c>
       <c r="D253">
         <v>2015</v>
       </c>
       <c r="E253" t="s">
         <v>513</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253">
-        <v>142.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>514</v>
       </c>
       <c r="D254">
         <v>2015</v>
       </c>
       <c r="E254" t="s">
         <v>515</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254">
-        <v>95.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>516</v>
       </c>
       <c r="D255">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E255" t="s">
         <v>517</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255">
-        <v>175.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>8</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>518</v>
       </c>
       <c r="D256">
         <v>2015</v>
       </c>
       <c r="E256" t="s">
         <v>519</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256">
-        <v>230.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>8</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>520</v>
       </c>
       <c r="D257">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="E257" t="s">
         <v>521</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257">
-        <v>280.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>522</v>
       </c>
       <c r="D258">
         <v>2015</v>
       </c>
       <c r="E258" t="s">
         <v>523</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258">
         <v>230.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>524</v>
       </c>
       <c r="D259">
         <v>2015</v>
       </c>
       <c r="E259" t="s">
         <v>525</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259">
-        <v>160.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>526</v>
       </c>
       <c r="D260">
         <v>2015</v>
       </c>
       <c r="E260" t="s">
         <v>527</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260">
-        <v>340.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>528</v>
       </c>
       <c r="D261">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E261" t="s">
         <v>529</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>530</v>
       </c>
       <c r="D262">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E262" t="s">
         <v>531</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262">
-        <v>170.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>532</v>
       </c>
       <c r="D263">
         <v>2014</v>
       </c>
       <c r="E263" t="s">
         <v>533</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263">
-        <v>83.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>8</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>534</v>
       </c>
       <c r="D264">
         <v>2014</v>
       </c>
       <c r="E264" t="s">
         <v>535</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264">
-        <v>130.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>536</v>
       </c>
       <c r="D265">
         <v>2014</v>
       </c>
       <c r="E265" t="s">
         <v>537</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265">
-        <v>130.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>8</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>538</v>
       </c>
       <c r="D266">
         <v>2014</v>
       </c>
       <c r="E266" t="s">
         <v>539</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266">
-        <v>280.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>540</v>
       </c>
       <c r="D267">
         <v>2014</v>
       </c>
       <c r="E267" t="s">
         <v>541</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267">
         <v>130.0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>8</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>542</v>
       </c>
       <c r="D268">
         <v>2014</v>
       </c>
       <c r="E268" t="s">
         <v>543</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268">
-        <v>920.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>8</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>544</v>
       </c>
       <c r="D269">
         <v>2014</v>
       </c>
       <c r="E269" t="s">
         <v>545</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269">
-        <v>180.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>8</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>546</v>
       </c>
       <c r="D270">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E270" t="s">
         <v>547</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270">
-        <v>85.0</v>
+        <v>920.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>8</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>548</v>
       </c>
       <c r="D271">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E271" t="s">
         <v>549</v>
       </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
       <c r="G271">
-        <v>225.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>8</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>550</v>
       </c>
       <c r="D272">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E272" t="s">
         <v>551</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272">
-        <v>309.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>8</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>552</v>
       </c>
       <c r="D273">
         <v>2013</v>
       </c>
       <c r="E273" t="s">
         <v>553</v>
       </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
       <c r="G273">
-        <v>79.0</v>
+        <v>309.0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>8</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>554</v>
       </c>
       <c r="D274">
         <v>2013</v>
       </c>
       <c r="E274" t="s">
         <v>555</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274">
-        <v>466.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>8</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
         <v>556</v>
       </c>
       <c r="D275">
         <v>2013</v>
       </c>
       <c r="E275" t="s">
         <v>557</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
       <c r="G275">
-        <v>94.0</v>
+        <v>466.0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>8</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
         <v>558</v>
       </c>
       <c r="D276">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E276" t="s">
         <v>559</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
       <c r="G276">
-        <v>300.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>8</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
         <v>560</v>
       </c>
       <c r="D277">
         <v>2012</v>
       </c>
       <c r="E277" t="s">
         <v>561</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277">
-        <v>318.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>8</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>562</v>
       </c>
       <c r="D278">
         <v>2012</v>
       </c>
       <c r="E278" t="s">
         <v>563</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278">
-        <v>283.0</v>
+        <v>318.0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>8</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
         <v>564</v>
       </c>
       <c r="D279">
         <v>2012</v>
       </c>
       <c r="E279" t="s">
         <v>565</v>
       </c>
       <c r="F279" t="s">
         <v>12</v>
       </c>
       <c r="G279">
-        <v>147.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>8</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>566</v>
       </c>
       <c r="D280">
         <v>2012</v>
       </c>
       <c r="E280" t="s">
         <v>567</v>
       </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
       <c r="G280">
-        <v>231.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>8</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
         <v>568</v>
       </c>
       <c r="D281">
         <v>2012</v>
       </c>
       <c r="E281" t="s">
         <v>569</v>
       </c>
       <c r="F281" t="s">
         <v>12</v>
       </c>
       <c r="G281">
-        <v>390.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>8</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
         <v>570</v>
       </c>
       <c r="D282">
         <v>2012</v>
       </c>
       <c r="E282" t="s">
         <v>571</v>
       </c>
       <c r="F282" t="s">
         <v>12</v>
       </c>
       <c r="G282">
-        <v>231.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>8</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
         <v>572</v>
       </c>
       <c r="D283">
         <v>2012</v>
       </c>
       <c r="E283" t="s">
         <v>573</v>
       </c>
       <c r="F283" t="s">
         <v>12</v>
       </c>
       <c r="G283">
-        <v>210.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>8</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
         <v>574</v>
       </c>
       <c r="D284">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E284" t="s">
         <v>575</v>
       </c>
       <c r="F284" t="s">
         <v>12</v>
       </c>
       <c r="G284">
-        <v>190.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>8</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
         <v>576</v>
       </c>
       <c r="D285">
         <v>2011</v>
       </c>
       <c r="E285" t="s">
         <v>577</v>
       </c>
       <c r="F285" t="s">
         <v>12</v>
       </c>
       <c r="G285">
-        <v>192.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>8</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
         <v>578</v>
       </c>
       <c r="D286">
         <v>2011</v>
       </c>
       <c r="E286" t="s">
         <v>579</v>
       </c>
       <c r="F286" t="s">
         <v>12</v>
       </c>
       <c r="G286">
-        <v>190.0</v>
+        <v>192.0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>8</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
         <v>580</v>
       </c>
       <c r="D287">
         <v>2011</v>
       </c>
       <c r="E287" t="s">
         <v>581</v>
       </c>
       <c r="F287" t="s">
         <v>12</v>
       </c>
       <c r="G287">
-        <v>283.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>8</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>582</v>
       </c>
       <c r="D288">
         <v>2011</v>
       </c>
       <c r="E288" t="s">
         <v>583</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288">
-        <v>168.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>8</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>584</v>
       </c>
       <c r="D289">
         <v>2011</v>
       </c>
       <c r="E289" t="s">
         <v>585</v>
       </c>
       <c r="F289" t="s">
         <v>12</v>
       </c>
       <c r="G289">
-        <v>252.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>8</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>586</v>
       </c>
       <c r="D290">
         <v>2011</v>
       </c>
       <c r="E290" t="s">
         <v>587</v>
       </c>
       <c r="F290" t="s">
         <v>12</v>
       </c>
       <c r="G290">
         <v>252.0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>8</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
         <v>588</v>
       </c>
       <c r="D291">
         <v>2011</v>
       </c>
       <c r="E291" t="s">
         <v>589</v>
       </c>
       <c r="F291" t="s">
         <v>12</v>
       </c>
       <c r="G291">
-        <v>160.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>8</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>590</v>
       </c>
       <c r="D292">
         <v>2011</v>
       </c>
       <c r="E292" t="s">
         <v>591</v>
       </c>
       <c r="F292" t="s">
         <v>12</v>
       </c>
       <c r="G292">
-        <v>304.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>8</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
         <v>592</v>
       </c>
       <c r="D293">
         <v>2011</v>
       </c>
       <c r="E293" t="s">
         <v>593</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293">
-        <v>231.0</v>
+        <v>304.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>594</v>
       </c>
       <c r="D294">
         <v>2011</v>
       </c>
       <c r="E294" t="s">
         <v>595</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294">
-        <v>190.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>596</v>
       </c>
       <c r="D295">
         <v>2011</v>
       </c>
       <c r="E295" t="s">
         <v>597</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295">
-        <v>100.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>598</v>
       </c>
       <c r="D296">
         <v>2011</v>
       </c>
       <c r="E296" t="s">
         <v>599</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296">
-        <v>22.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>8</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>600</v>
       </c>
       <c r="D297">
         <v>2011</v>
       </c>
       <c r="E297" t="s">
         <v>601</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297">
-        <v>190.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
         <v>602</v>
       </c>
       <c r="D298">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E298" t="s">
         <v>603</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
-        <v>71.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>8</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
         <v>604</v>
       </c>
       <c r="D299">
         <v>2010</v>
       </c>
       <c r="E299" t="s">
         <v>605</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299">
-        <v>363.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>606</v>
       </c>
       <c r="D300">
         <v>2010</v>
       </c>
       <c r="E300" t="s">
         <v>607</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300">
-        <v>187.0</v>
+        <v>363.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>8</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>608</v>
       </c>
       <c r="D301">
         <v>2010</v>
       </c>
       <c r="E301" t="s">
         <v>609</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301">
-        <v>276.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>8</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
         <v>610</v>
       </c>
       <c r="D302">
         <v>2010</v>
       </c>
       <c r="E302" t="s">
         <v>611</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
-        <v>147.0</v>
+        <v>276.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>8</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>612</v>
       </c>
       <c r="D303">
         <v>2010</v>
       </c>
       <c r="E303" t="s">
         <v>613</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
-        <v>194.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>614</v>
       </c>
       <c r="D304">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E304" t="s">
         <v>615</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
-        <v>94.0</v>
+        <v>194.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>616</v>
       </c>
       <c r="D305">
         <v>2009</v>
       </c>
       <c r="E305" t="s">
         <v>617</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
-        <v>210.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>618</v>
       </c>
       <c r="D306">
         <v>2009</v>
       </c>
       <c r="E306" t="s">
         <v>619</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
-        <v>231.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>620</v>
       </c>
       <c r="D307">
         <v>2009</v>
       </c>
       <c r="E307" t="s">
         <v>621</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
-        <v>44.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>622</v>
       </c>
       <c r="D308">
         <v>2009</v>
       </c>
       <c r="E308" t="s">
         <v>623</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
-        <v>39.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>8</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>624</v>
       </c>
       <c r="D309">
         <v>2009</v>
       </c>
       <c r="E309" t="s">
         <v>625</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309">
         <v>39.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>626</v>
       </c>
       <c r="D310">
         <v>2009</v>
       </c>
       <c r="E310" t="s">
         <v>627</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
-        <v>22.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>628</v>
       </c>
       <c r="D311">
         <v>2009</v>
       </c>
       <c r="E311" t="s">
         <v>629</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
         <v>22.0</v>
       </c>
     </row>
@@ -9732,120 +9732,120 @@
       </c>
       <c r="G312">
         <v>22.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>632</v>
       </c>
       <c r="D313">
         <v>2009</v>
       </c>
       <c r="E313" t="s">
         <v>633</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
-        <v>44.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>634</v>
       </c>
       <c r="D314">
         <v>2009</v>
       </c>
       <c r="E314" t="s">
         <v>635</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314">
-        <v>22.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>8</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>636</v>
       </c>
       <c r="D315">
         <v>2009</v>
       </c>
       <c r="E315" t="s">
         <v>637</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
-        <v>39.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>638</v>
       </c>
       <c r="D316">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E316" t="s">
         <v>639</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
-        <v>260.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>640</v>
       </c>
       <c r="D317">
         <v>2008</v>
       </c>
       <c r="E317" t="s">
         <v>641</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
         <v>342.0</v>
       </c>
     </row>