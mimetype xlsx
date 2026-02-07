--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -12,91 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="721">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA C22.2 NO. 60601-2-34:26</t>
+  </si>
+  <si>
+    <t>Medical electrical equipment — Part 2-34: Particular requirements for the basic safety and essential performance of invasive blood pressure monitoring equipment (Adopted IEC 60601-2-34:2024, fourth edition, 2024-10, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 60335-1:25</t>
+  </si>
+  <si>
+    <t>Household and similar electrical appliances - Safety - Part 1: General requirements (Bi-national standard with UL 60335-1)</t>
+  </si>
+  <si>
     <t>CSA C22.2 NO. 62841-2-19:25</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-19: Particular requirements for hand-held jointers (Binational standard with UL 62841-2-19)</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA C22.2 NO. 206:25</t>
   </si>
   <si>
     <t>Lighting poles</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-3-3:25</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 3-3: Particular requirements for transportable planers and thicknessers (Binational standard with UL 62841-3-3)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-2-18:25</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery - Safety - Part 2-18: Particular requirements for hand-held strapping tools (Binational standard with UL 62841-2-18)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-37:25</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-37: Particular requirements for the basic safety and essential performance of ultrasonic medical diagnostic and monitoring equipment (Adopted IEC 60601-2-37:2024, third, edition, 2024-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-44:25</t>
@@ -302,53 +314,50 @@
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-6: Particular requirements for garden blowers, garden vacuums and garden blower/vacuums (Binational standard with UL 62841-4-6)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62841-4-5:23</t>
   </si>
   <si>
     <t>Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 4-5: Particular requirements for grass shears (Binational standard with UL 62841-4-5)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-71:23</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-71: Particular requirements for electrical heating appliances for breeding and rearing animals (Adopted IEC 60335-2-71:2018, third edition, 2018-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.7:23</t>
   </si>
   <si>
     <t>Extra-low-voltage landscape lighting systems</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-1:16 (R2021)</t>
   </si>
   <si>
-    <t>Household and similar electrical appliances - Safety - Part 1: General requirements (Bi-national standard with UL 60335-1)</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA C22.2 NO. 60601-2-19:23</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-19: Particular requirements for the basic safety and essential performance of infant incubators (Adopted IEC 60601-2-19:2020, third edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-21:23</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-21: Particular requirements for the basic safety and essential performance of infant radiant warmers (Adopted IEC 60601-2-21:2020, third edition, 2020-09, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-50:23</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-50: Particular requirements for the basic safety and essential performance of infant phototherapy equipment (Adopted IEC 60601-2-50:2020, third edition, 2020-09)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-33:23</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-33: Particular requirements for the basic safety and essential performance of magnetic resonance equipment for medical diagnosis (Adopted IEC 60601-2-33:2022, fourth edition, 2022-08)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-22:23</t>
@@ -881,51 +890,51 @@
   <si>
     <t>CSA C22.2 NO. 62115:20</t>
   </si>
   <si>
     <t>Electric toys — Safety (Adopted IEC 62115, second edition, 2017-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 250.0:21</t>
   </si>
   <si>
     <t>Luminaires (Trinational standard with UL 1598 and NMX-J-307/1-ANCE)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-87:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety – Part 2-87: Particular requirements for electrical animal stunning equipment (Adopted IEC 60335-2-87:2016, edition 3:2016 consolidated with amendment 1:2018, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-86:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-86: Particular requirements for electric fishing machines (Adopted IEC 60335-2-86:2018, third edition, 2018-04, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 61010-2-012:19</t>
+    <t>CSA C22.2 NO. 61010-2-012:19 (R2024)</t>
   </si>
   <si>
     <t>Safety requirements for electrical equipment for measurement, control and laboratory use — Part 2-012: Particular requirements for climatic and environmental testing and other temperature conditioning equipment (Adopted 61010-2-012:2019, second edition, 2019-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-3-4:16/A1:19 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2019 to CAN/CSA-C22.2 NO. 62841-3-4:16, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery – Safety – Part 3-4: Particular requirements for transportable bench grinders (Bi-national standard with UL 62841-3-4)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 62841-2-11:17/A1:20 (R2021)</t>
   </si>
   <si>
     <t>Amendment 1:2020 to CAN/CSA-C22.2 No. 62841-2-11:17, Electric motor-operated hand-held tools, transportable tools and lawn and garden machinery — Safety — Part 2-11: Particular requirements for hand-held reciprocating saws (Binational standard with UL 62841-2-11)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-113:20</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-113: Particular requirements for cosmetic and beauty care appliances incorporating lasers and intense light sources (Adopted IEC 60335-2-113:2016, first edition, 2016-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61010-2-091:19 (R2024)</t>
   </si>
@@ -1496,117 +1505,117 @@
   <si>
     <t>CSA C22.2 NO. 128:16 (R2020)</t>
   </si>
   <si>
     <t>Vending machines</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 287:16 (R2020)</t>
   </si>
   <si>
     <t>Plumbing fittings incorporating electrical and/or electronic features</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 43:17 (R2022)</t>
   </si>
   <si>
     <t>Lampholders (Binational standard with UL 496)</t>
   </si>
   <si>
     <t>C22.2 NO. 89-15 (R2020)</t>
   </si>
   <si>
     <t>Swimming-pool luminaires, submersible luminaires, and accessories</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 62560:16 (R2020)</t>
-[...2 lines deleted...]
-    <t>Self-ballasted LED-lamps for general lighting services by voltage &gt; 50 V – Safety specifications (Adopted IEC IEC 62560:2011, edition 1:2011 consolidated with amendment 1:2015, with Canadian deviations)</t>
+    <t>CSA C22.2 NO. 62560:16 (R2025)</t>
+  </si>
+  <si>
+    <t>Self-ballasted LED-lamps for general lighting services by voltage &gt; 50 V – Safety specifications (Adopted IEC IEC 62560:2011, edition 1:2011 consolidated with amendment 1:2015, including corrigendum 2:2026, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-28:16 (R2021)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-28: Particular requirements for sewing machines (Adopted IEC 60335-2-2 8:2002, edition 4:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-16:16 (R2021)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances — Safety — Part 2-16: Particular requirements for food waste disposers (Adopted IEC 60335-2-16:2002, edition 5:2002 consolidated with amendment 1:2008 and amendment 2:2011, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60335-2-55:15 (R2020)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-55: Particular requirements for electrical appliances for use with aquariums and garden ponds (Adopted IEC 60335-2-55:2002, edition 3:2002 consolidated with amendment 1:2008, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 256:14 (R2024)</t>
   </si>
   <si>
     <t>Direct plug-in nightlights (Bi-national standard, with UL 1786)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-8:08/A1:14 (R2023)</t>
   </si>
   <si>
     <t>Amendment 1:2014 to CAN/CSA-C22.2 NO. 60601-1-8:08, Medical electrical equipment - Part 1-8: General requirements for basic safety and essential performance - Collateral standard: General requirements, tests and guidance for alarm systems in medical electrical equipment and medical electrical systems (Adopted amendment 1:2012 to IEC 60601-1-8:2006)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-1-10A:09 (R2020)</t>
   </si>
   <si>
     <t>Amendment 1:2014 to CSA C22.2 NO. 60601-1-10:09, Medical electrical equipment - Part 1-10: General requirements for basic safety and essential performance - Collateral Standard: Requirements for the development of physiologic closed-loop controllers (Adopted amendment 1:2013 to IEC 60601-1-10:2007)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 0.23:15 (R2025)</t>
+    <t>CSA C22.2 NO. 0.23:15 (R2020)</t>
   </si>
   <si>
     <t>General requirements for battery-powered appliances</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 166:15 (R2020)</t>
   </si>
   <si>
     <t>Stage and studio luminaires</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-9:15 (R2024)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 1-9: General requirements for basic safety and essential performance - Collateral standard: Requirements for environmentally conscious design (Adopted IEC 60601-1-9:2007, edition 1:2007 consolidated with amendment 1:2013, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 218.2:15 (R2025)</t>
+    <t>CSA C22.2 NO. 218.2:15 (R2020)</t>
   </si>
   <si>
     <t>Hydromassage bathtub appliances</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 147:15 (R2025)</t>
+    <t>CSA C22.2 NO. 147:15 (R2020)</t>
   </si>
   <si>
     <t>Motor-operated gardening appliances</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 207:15 (R2020)</t>
   </si>
   <si>
     <t>Portable and stationary electric signs and displays</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-44:10/A1:14 (R2024)</t>
   </si>
   <si>
     <t>Amendment 1:2014 to CSA C22.2 NO. 60601-2-44:10, Medical electrical equipment - Part 2-44: Particular requirements for the basic safety and essential performance of X-ray equipment for computed tomography (Adopted amendment 1:2012 to IEC 60601-2-44:2009)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-17:15 (R2024)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-17: Particular requirements for the basic safety and essential performance of automatically-controlled brachytherapy afterloading equipment (Adopted IEC 60601-2-17:2013, third edition, 2013-11, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-24:15 (R2024)</t>
   </si>
@@ -1706,56 +1715,50 @@
   <si>
     <t>CSA C22.2 NO. 120:13 (R2023)</t>
   </si>
   <si>
     <t>Refrigeration equipment</t>
   </si>
   <si>
     <t>C22.2 NO. 46-13 (R2022)</t>
   </si>
   <si>
     <t>Electric air-heaters</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-25:12 (R2022)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-25: Particular requirements for the basic safety and essential performance of electrocardiographs (Adopted IEC 60601-2-25:2011, second edition, 2011-10, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 61010-1-12 (R2022)</t>
   </si>
   <si>
     <t>Safety requirements for electrical equipment for measurement, control, and laboratory use - Part 1: General requirements (Tri-national standard, with UL 61010-1 and ANSI/ISA-61010-1 (82.02.01)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 60601-2-34:12 (R2022)</t>
-[...4 lines deleted...]
-  <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-22-12 (R2022)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-22: Particular requirements for cut-off machines (Binational standard with UL 60745- 2-22)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60745-2-5:12 (R2021)</t>
   </si>
   <si>
     <t>Hand-held motor-operated electric tools - Safety - Part 2-5: Particular requirements for circular saws (Bi-national standard, with UL 60745-2-5)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-4:12 (R2021)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-4: Particular requirements for the basic safety and essential performance of cardiac defibrillators (Adopted IEC 60601-2-4:2010, third edition, 2010-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-23:12 (R2021)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-23: Particular requirements for the basic safety and essential performance of transcutaneous partial pressure monitoring equipment (Adopted IEC 60601-2-23:2011, third edition, 2011-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-8:12 (R2021)</t>
@@ -1782,56 +1785,50 @@
     <t>Medical electrical equipment - Part 2-57: Particular requirements for the basic safety and essential performance of non-laser light source equipment intended for therapeutic, diagnostic, monitoring and cosmetic/aesthetic use (Adopted IEC 60601-2-57:2011, first edition, 2011-01)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-27:11 (R2021)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-27: Particular requirements for the basic safety and essential performance of electrocardiographic monitoring equipment (Adopted IEC 60601-2-27:2011, third edition, 2011- 03)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-1-6:11 (R2021)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 1-6: General requirements for basic safety and essential performance - Collateral standard: Usability (Adopted IEC 60601-1-6:2010, third edition, 2010-01)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-49:11 (R2021)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-49: Particular requirements for the basic safety and essential performance of multifunction patient monitoring equipment (Adopted IEC 60601-2-49:2011, second edition, 2011-02)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-45:11 (R2021)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-45: Particular requirements for the basic safety and essential performance of mammographic X-ray equipment and mammographic stereotactic devices (Adopted IEC 60601-2-45:2011, third edition, 2011-02)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Safety of household and similar appliances - Part 1: General requirements (Tri-national standard, with NMX-J-521/1-ANCE and UL 60335-1)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60601-2-52:11 (R2021)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-52: Particular requirements for the basic safety and essential performance of medical beds (Adopted IEC 60601-2-52:2009, first edition, 2009-12)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-18:11 (R2021)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-18: Particular requirements for the basic safety and essential performance of endoscopic equipment (Adopted IEC 60601-2-18:2009, third edition, 2009-08)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60601-2-5:11 (R2021)</t>
   </si>
   <si>
     <t>Medical electrical equipment - Part 2-5: Particular requirements for the basic safety and essential performance of ultrasonic physiotherapy equipment (Adopted IEC 60601-2-5:2009, third edition, 2009-07)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60745-2-14-04/A2:11 (R2023)</t>
   </si>
   <si>
     <t>Amendment 2:2011 to CAN/CSA-C22.2 NO. 60745-2-14-04, Hand-held motor-operated electric tools - Safety - Part 2-14: Particular requirements for planers (Binational standard with UL 60745-2-14)</t>
   </si>
@@ -2570,8219 +2567,8219 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>180.0</v>
+        <v>560.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>250.0</v>
+        <v>730.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>380.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>130.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>490.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>240.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>240.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>430.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>180.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>250.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>200.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
         <v>250.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>26.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>26.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>490.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>720.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>190.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>270.0</v>
+        <v>720.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2025</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>600.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2025</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>320.0</v>
+        <v>270.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2025</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>300.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2025</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>250.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2025</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>60.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2025</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>60.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>2025</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
         <v>60.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>190.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
         <v>2025</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>30.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>2025</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>360.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>550.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>2025</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>430.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2025</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
         <v>550.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>190.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>70.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
         <v>2024</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>26.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>600.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
         <v>2024</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>430.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
         <v>2024</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>16.0</v>
+        <v>600.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>565.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>500.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
         <v>2023</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>525.0</v>
+        <v>565.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
         <v>2023</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>488.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
         <v>2023</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>310.0</v>
+        <v>525.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>160.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
         <v>2023</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>335.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="E46" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>319.0</v>
+        <v>730.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D47">
         <v>2023</v>
       </c>
       <c r="E47" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>319.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D48">
         <v>2023</v>
       </c>
       <c r="E48" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>552.0</v>
+        <v>319.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D49">
         <v>2023</v>
       </c>
       <c r="E49" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
         <v>319.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D50">
         <v>2023</v>
       </c>
       <c r="E50" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>378.0</v>
+        <v>552.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D51">
         <v>2023</v>
       </c>
       <c r="E51" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>523.0</v>
+        <v>319.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D52">
         <v>2023</v>
       </c>
       <c r="E52" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>421.0</v>
+        <v>378.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D53">
         <v>2023</v>
       </c>
       <c r="E53" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>269.0</v>
+        <v>523.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D54">
         <v>2023</v>
       </c>
       <c r="E54" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>215.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D55">
         <v>2023</v>
       </c>
       <c r="E55" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>222.0</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D56">
         <v>2023</v>
       </c>
       <c r="E56" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>306.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D57">
         <v>2023</v>
       </c>
       <c r="E57" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>252.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D58">
         <v>2023</v>
       </c>
       <c r="E58" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>241.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D59">
         <v>2023</v>
       </c>
       <c r="E59" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>357.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D60">
         <v>2023</v>
       </c>
       <c r="E60" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>124.0</v>
+        <v>241.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D61">
         <v>2023</v>
       </c>
       <c r="E61" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>272.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D62">
         <v>2023</v>
       </c>
       <c r="E62" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>302.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D63">
         <v>2023</v>
       </c>
       <c r="E63" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
         <v>272.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D64">
         <v>2023</v>
       </c>
       <c r="E64" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
         <v>302.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D65">
         <v>2023</v>
       </c>
       <c r="E65" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>302.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D66">
         <v>2023</v>
       </c>
       <c r="E66" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
         <v>302.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
+        <v>140</v>
+      </c>
+      <c r="D67">
+        <v>2023</v>
+      </c>
+      <c r="E67" t="s">
         <v>141</v>
       </c>
-      <c r="D67">
-[...4 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>873.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
+        <v>142</v>
+      </c>
+      <c r="D68">
+        <v>2023</v>
+      </c>
+      <c r="E68" t="s">
         <v>143</v>
       </c>
-      <c r="D68">
-[...4 lines deleted...]
-      </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>146.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
+        <v>144</v>
+      </c>
+      <c r="D69">
+        <v>2022</v>
+      </c>
+      <c r="E69" t="s">
         <v>145</v>
       </c>
-      <c r="D69">
-[...4 lines deleted...]
-      </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>533.0</v>
+        <v>873.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D70">
         <v>2022</v>
       </c>
       <c r="E70" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>55.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D71">
         <v>2023</v>
       </c>
       <c r="E71" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>650.0</v>
+        <v>533.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D72">
         <v>2022</v>
       </c>
       <c r="E72" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>380.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
+        <v>152</v>
+      </c>
+      <c r="D73">
+        <v>2023</v>
+      </c>
+      <c r="E73" t="s">
         <v>153</v>
       </c>
-      <c r="D73">
-[...4 lines deleted...]
-      </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>98.0</v>
+        <v>650.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D74">
         <v>2022</v>
       </c>
       <c r="E74" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>220.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D75">
         <v>2022</v>
       </c>
       <c r="E75" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>355.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D76">
         <v>2022</v>
       </c>
       <c r="E76" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>445.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
+        <v>160</v>
+      </c>
+      <c r="D77">
+        <v>2022</v>
+      </c>
+      <c r="E77" t="s">
         <v>161</v>
       </c>
-      <c r="D77">
-[...4 lines deleted...]
-      </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>456.0</v>
+        <v>355.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D78">
         <v>2022</v>
       </c>
       <c r="E78" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>300.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
+        <v>164</v>
+      </c>
+      <c r="D79">
+        <v>2020</v>
+      </c>
+      <c r="E79" t="s">
         <v>165</v>
       </c>
-      <c r="D79">
-[...4 lines deleted...]
-      </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>143.0</v>
+        <v>456.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="D80">
         <v>2022</v>
       </c>
       <c r="E80" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>497.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D81">
         <v>2022</v>
       </c>
       <c r="E81" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>450.0</v>
+        <v>143.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D82">
         <v>2022</v>
       </c>
       <c r="E82" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>14.0</v>
+        <v>497.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D83">
         <v>2022</v>
       </c>
       <c r="E83" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>765.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D84">
         <v>2022</v>
       </c>
       <c r="E84" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>224.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D85">
         <v>2022</v>
       </c>
       <c r="E85" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>399.0</v>
+        <v>765.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
+        <v>178</v>
+      </c>
+      <c r="D86">
+        <v>2022</v>
+      </c>
+      <c r="E86" t="s">
         <v>179</v>
       </c>
-      <c r="D86">
-[...4 lines deleted...]
-      </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>11.0</v>
+        <v>224.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D87">
         <v>2022</v>
       </c>
       <c r="E87" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>1517.0</v>
+        <v>399.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
+        <v>182</v>
+      </c>
+      <c r="D88">
+        <v>2021</v>
+      </c>
+      <c r="E88" t="s">
         <v>183</v>
       </c>
-      <c r="D88">
-[...4 lines deleted...]
-      </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>290.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D89">
         <v>2022</v>
       </c>
       <c r="E89" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>424.0</v>
+        <v>1517.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D90">
         <v>2022</v>
       </c>
       <c r="E90" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>1614.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D91">
         <v>2022</v>
       </c>
       <c r="E91" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>417.0</v>
+        <v>424.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D92">
         <v>2022</v>
       </c>
       <c r="E92" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>445.0</v>
+        <v>1614.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D93">
         <v>2022</v>
       </c>
       <c r="E93" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>475.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
+        <v>194</v>
+      </c>
+      <c r="D94">
+        <v>2022</v>
+      </c>
+      <c r="E94" t="s">
         <v>195</v>
       </c>
-      <c r="D94">
-[...4 lines deleted...]
-      </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>22.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D95">
         <v>2022</v>
       </c>
       <c r="E95" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>283.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="D96">
         <v>2021</v>
       </c>
       <c r="E96" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>97.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
+        <v>200</v>
+      </c>
+      <c r="D97">
+        <v>2022</v>
+      </c>
+      <c r="E97" t="s">
         <v>201</v>
       </c>
-      <c r="D97">
-[...4 lines deleted...]
-      </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>383.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D98">
         <v>2021</v>
       </c>
       <c r="E98" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>55.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
+        <v>204</v>
+      </c>
+      <c r="D99">
+        <v>2021</v>
+      </c>
+      <c r="E99" t="s">
         <v>205</v>
       </c>
-      <c r="D99">
-[...4 lines deleted...]
-      </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>965.0</v>
+        <v>383.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
+        <v>206</v>
+      </c>
+      <c r="D100">
+        <v>2021</v>
+      </c>
+      <c r="E100" t="s">
         <v>207</v>
       </c>
-      <c r="D100">
-[...4 lines deleted...]
-      </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
-        <v>423.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="D101">
         <v>2022</v>
       </c>
       <c r="E101" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>515.0</v>
+        <v>965.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D102">
         <v>2022</v>
       </c>
       <c r="E102" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
-        <v>386.0</v>
+        <v>423.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
+        <v>212</v>
+      </c>
+      <c r="D103">
+        <v>2022</v>
+      </c>
+      <c r="E103" t="s">
         <v>213</v>
       </c>
-      <c r="D103">
-[...4 lines deleted...]
-      </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>11.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
+        <v>214</v>
+      </c>
+      <c r="D104">
+        <v>2022</v>
+      </c>
+      <c r="E104" t="s">
         <v>215</v>
       </c>
-      <c r="D104">
-[...4 lines deleted...]
-      </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
-        <v>288.0</v>
+        <v>386.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="D105">
         <v>2021</v>
       </c>
       <c r="E105" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>340.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D106">
         <v>2021</v>
       </c>
       <c r="E106" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>417.0</v>
+        <v>288.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D107">
         <v>2021</v>
       </c>
       <c r="E107" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
-        <v>199.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D108">
         <v>2021</v>
       </c>
       <c r="E108" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
-        <v>143.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D109">
         <v>2021</v>
       </c>
       <c r="E109" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>277.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="D110">
         <v>2021</v>
       </c>
       <c r="E110" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>22.0</v>
+        <v>143.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D111">
         <v>2021</v>
       </c>
       <c r="E111" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>53.0</v>
+        <v>277.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D112">
         <v>2021</v>
       </c>
       <c r="E112" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
-        <v>264.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D113">
         <v>2021</v>
       </c>
       <c r="E113" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>275.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D114">
         <v>2021</v>
       </c>
       <c r="E114" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>447.0</v>
+        <v>264.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="D115">
         <v>2021</v>
       </c>
       <c r="E115" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
-        <v>290.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D116">
         <v>2021</v>
       </c>
       <c r="E116" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
-        <v>195.0</v>
+        <v>447.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="D117">
         <v>2021</v>
       </c>
       <c r="E117" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>281.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D118">
         <v>2021</v>
       </c>
       <c r="E118" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
-        <v>348.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D119">
         <v>2021</v>
       </c>
       <c r="E119" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>253.0</v>
+        <v>281.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D120">
         <v>2021</v>
       </c>
       <c r="E120" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>398.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D121">
         <v>2021</v>
       </c>
       <c r="E121" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>251.0</v>
+        <v>253.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="D122">
         <v>2021</v>
       </c>
       <c r="E122" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>402.0</v>
+        <v>398.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
+        <v>252</v>
+      </c>
+      <c r="D123">
+        <v>2021</v>
+      </c>
+      <c r="E123" t="s">
         <v>253</v>
       </c>
-      <c r="D123">
-[...4 lines deleted...]
-      </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>286.0</v>
+        <v>251.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
+        <v>254</v>
+      </c>
+      <c r="D124">
+        <v>2021</v>
+      </c>
+      <c r="E124" t="s">
         <v>255</v>
       </c>
-      <c r="D124">
-[...4 lines deleted...]
-      </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
-        <v>257.0</v>
+        <v>402.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
+        <v>256</v>
+      </c>
+      <c r="D125">
+        <v>2020</v>
+      </c>
+      <c r="E125" t="s">
         <v>257</v>
       </c>
-      <c r="D125">
-[...4 lines deleted...]
-      </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>300.0</v>
+        <v>286.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
+        <v>258</v>
+      </c>
+      <c r="D126">
+        <v>2020</v>
+      </c>
+      <c r="E126" t="s">
         <v>259</v>
       </c>
-      <c r="D126">
-[...4 lines deleted...]
-      </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>320.0</v>
+        <v>257.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
+        <v>260</v>
+      </c>
+      <c r="D127">
+        <v>2021</v>
+      </c>
+      <c r="E127" t="s">
         <v>261</v>
       </c>
-      <c r="D127">
-[...4 lines deleted...]
-      </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>15.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D128">
         <v>2021</v>
       </c>
       <c r="E128" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>260.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
+        <v>264</v>
+      </c>
+      <c r="D129">
+        <v>2020</v>
+      </c>
+      <c r="E129" t="s">
         <v>265</v>
       </c>
-      <c r="D129">
-[...4 lines deleted...]
-      </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>442.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="D130">
         <v>2021</v>
       </c>
       <c r="E130" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>499.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
+        <v>268</v>
+      </c>
+      <c r="D131">
+        <v>2021</v>
+      </c>
+      <c r="E131" t="s">
         <v>269</v>
       </c>
-      <c r="D131">
-[...4 lines deleted...]
-      </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>90.0</v>
+        <v>442.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
+        <v>270</v>
+      </c>
+      <c r="D132">
+        <v>2021</v>
+      </c>
+      <c r="E132" t="s">
         <v>271</v>
       </c>
-      <c r="D132">
-[...4 lines deleted...]
-      </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
-        <v>382.0</v>
+        <v>499.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D133">
         <v>2020</v>
       </c>
       <c r="E133" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>152.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="D134">
         <v>2020</v>
       </c>
       <c r="E134" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>210.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D135">
         <v>2020</v>
       </c>
       <c r="E135" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>150.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="D136">
         <v>2020</v>
       </c>
       <c r="E136" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>190.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D137">
         <v>2020</v>
       </c>
       <c r="E137" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>470.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
+        <v>282</v>
+      </c>
+      <c r="D138">
+        <v>2020</v>
+      </c>
+      <c r="E138" t="s">
         <v>283</v>
       </c>
-      <c r="D138">
-[...4 lines deleted...]
-      </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
-        <v>1070.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>8</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="D139">
         <v>2020</v>
       </c>
       <c r="E139" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139">
-        <v>210.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
+        <v>286</v>
+      </c>
+      <c r="D140">
+        <v>2021</v>
+      </c>
+      <c r="E140" t="s">
         <v>287</v>
       </c>
-      <c r="D140">
-[...4 lines deleted...]
-      </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>210.0</v>
+        <v>1070.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
+        <v>288</v>
+      </c>
+      <c r="D141">
+        <v>2020</v>
+      </c>
+      <c r="E141" t="s">
         <v>289</v>
       </c>
-      <c r="D141">
-[...4 lines deleted...]
-      </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
-        <v>390.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>8</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
+        <v>290</v>
+      </c>
+      <c r="D142">
+        <v>2020</v>
+      </c>
+      <c r="E142" t="s">
         <v>291</v>
       </c>
-      <c r="D142">
-[...4 lines deleted...]
-      </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>15.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>8</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
+        <v>292</v>
+      </c>
+      <c r="D143">
+        <v>2019</v>
+      </c>
+      <c r="E143" t="s">
         <v>293</v>
       </c>
-      <c r="D143">
-[...4 lines deleted...]
-      </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
-        <v>15.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
+        <v>294</v>
+      </c>
+      <c r="D144">
+        <v>2019</v>
+      </c>
+      <c r="E144" t="s">
         <v>295</v>
       </c>
-      <c r="D144">
-[...4 lines deleted...]
-      </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
-        <v>180.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
+        <v>296</v>
+      </c>
+      <c r="D145">
+        <v>2020</v>
+      </c>
+      <c r="E145" t="s">
         <v>297</v>
       </c>
-      <c r="D145">
-[...4 lines deleted...]
-      </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
-        <v>220.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>8</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
+        <v>298</v>
+      </c>
+      <c r="D146">
+        <v>2020</v>
+      </c>
+      <c r="E146" t="s">
         <v>299</v>
       </c>
-      <c r="D146">
-[...4 lines deleted...]
-      </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
-        <v>60.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>8</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D147">
         <v>2019</v>
       </c>
       <c r="E147" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
-        <v>350.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>8</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D148">
         <v>2019</v>
       </c>
       <c r="E148" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148">
-        <v>180.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>8</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="D149">
         <v>2019</v>
       </c>
       <c r="E149" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
-        <v>675.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="D150">
         <v>2019</v>
       </c>
       <c r="E150" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
-        <v>100.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>8</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="D151">
         <v>2019</v>
       </c>
       <c r="E151" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
-        <v>390.0</v>
+        <v>675.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>8</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="D152">
         <v>2019</v>
       </c>
       <c r="E152" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
-        <v>350.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>8</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D153">
         <v>2019</v>
       </c>
       <c r="E153" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
-        <v>445.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>8</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="D154">
         <v>2019</v>
       </c>
       <c r="E154" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
-        <v>415.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
+        <v>316</v>
+      </c>
+      <c r="D155">
+        <v>2019</v>
+      </c>
+      <c r="E155" t="s">
         <v>317</v>
       </c>
-      <c r="D155">
-[...4 lines deleted...]
-      </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>345.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>8</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
+        <v>318</v>
+      </c>
+      <c r="D156">
+        <v>2019</v>
+      </c>
+      <c r="E156" t="s">
         <v>319</v>
       </c>
-      <c r="D156">
-[...4 lines deleted...]
-      </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
-        <v>260.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>8</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
+        <v>320</v>
+      </c>
+      <c r="D157">
+        <v>2020</v>
+      </c>
+      <c r="E157" t="s">
         <v>321</v>
       </c>
-      <c r="D157">
-[...4 lines deleted...]
-      </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157">
-        <v>135.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
+        <v>322</v>
+      </c>
+      <c r="D158">
+        <v>2020</v>
+      </c>
+      <c r="E158" t="s">
         <v>323</v>
       </c>
-      <c r="D158">
-[...4 lines deleted...]
-      </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
-        <v>135.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="D159">
         <v>2019</v>
       </c>
       <c r="E159" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
-        <v>54.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>8</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="D160">
         <v>2019</v>
       </c>
       <c r="E160" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
+        <v>328</v>
+      </c>
+      <c r="D161">
+        <v>2019</v>
+      </c>
+      <c r="E161" t="s">
         <v>329</v>
       </c>
-      <c r="D161">
-[...4 lines deleted...]
-      </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
-        <v>330.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
+        <v>330</v>
+      </c>
+      <c r="D162">
+        <v>2019</v>
+      </c>
+      <c r="E162" t="s">
         <v>331</v>
       </c>
-      <c r="D162">
-[...4 lines deleted...]
-      </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
-        <v>260.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>8</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D163">
         <v>2020</v>
       </c>
       <c r="E163" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
-        <v>295.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>8</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D164">
         <v>2020</v>
       </c>
       <c r="E164" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
         <v>260.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>8</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="D165">
         <v>2020</v>
       </c>
       <c r="E165" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
-        <v>325.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>8</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="D166">
         <v>2020</v>
       </c>
       <c r="E166" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166">
-        <v>390.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>8</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="D167">
         <v>2020</v>
       </c>
       <c r="E167" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
-        <v>295.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>8</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D168">
         <v>2020</v>
       </c>
       <c r="E168" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168">
         <v>390.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>8</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="D169">
         <v>2020</v>
       </c>
       <c r="E169" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169">
-        <v>260.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>8</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="D170">
         <v>2020</v>
       </c>
       <c r="E170" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170">
-        <v>260.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>8</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
+        <v>348</v>
+      </c>
+      <c r="D171">
+        <v>2020</v>
+      </c>
+      <c r="E171" t="s">
         <v>349</v>
       </c>
-      <c r="D171">
-[...4 lines deleted...]
-      </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
-        <v>400.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
+        <v>350</v>
+      </c>
+      <c r="D172">
+        <v>2020</v>
+      </c>
+      <c r="E172" t="s">
         <v>351</v>
       </c>
-      <c r="D172">
-[...4 lines deleted...]
-      </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
-        <v>97.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>8</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="D173">
         <v>2019</v>
       </c>
       <c r="E173" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
-        <v>195.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>8</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
+        <v>354</v>
+      </c>
+      <c r="D174">
+        <v>2019</v>
+      </c>
+      <c r="E174" t="s">
         <v>355</v>
       </c>
-      <c r="D174">
-[...4 lines deleted...]
-      </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174">
-        <v>421.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>8</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="D175">
         <v>2019</v>
       </c>
       <c r="E175" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175">
-        <v>407.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>8</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
+        <v>358</v>
+      </c>
+      <c r="D176">
+        <v>2020</v>
+      </c>
+      <c r="E176" t="s">
         <v>359</v>
       </c>
-      <c r="D176">
-[...4 lines deleted...]
-      </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176">
-        <v>25.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>8</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="D177">
         <v>2019</v>
       </c>
       <c r="E177" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
-        <v>25.0</v>
+        <v>407.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>8</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
+        <v>362</v>
+      </c>
+      <c r="D178">
+        <v>2019</v>
+      </c>
+      <c r="E178" t="s">
         <v>363</v>
       </c>
-      <c r="D178">
-[...4 lines deleted...]
-      </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
-        <v>178.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>8</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
+        <v>364</v>
+      </c>
+      <c r="D179">
+        <v>2019</v>
+      </c>
+      <c r="E179" t="s">
         <v>365</v>
       </c>
-      <c r="D179">
-[...4 lines deleted...]
-      </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
-        <v>173.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>8</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="D180">
         <v>2018</v>
       </c>
       <c r="E180" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180">
-        <v>21.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>8</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="D181">
         <v>2018</v>
       </c>
       <c r="E181" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
-        <v>20.0</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>8</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="D182">
         <v>2018</v>
       </c>
       <c r="E182" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
-        <v>20.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
+        <v>372</v>
+      </c>
+      <c r="D183">
+        <v>2018</v>
+      </c>
+      <c r="E183" t="s">
         <v>373</v>
       </c>
-      <c r="D183">
-[...4 lines deleted...]
-      </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>491.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>8</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
+        <v>374</v>
+      </c>
+      <c r="D184">
+        <v>2018</v>
+      </c>
+      <c r="E184" t="s">
         <v>375</v>
       </c>
-      <c r="D184">
-[...4 lines deleted...]
-      </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
-        <v>410.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>376</v>
       </c>
       <c r="D185">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E185" t="s">
         <v>377</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
-        <v>347.0</v>
+        <v>491.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>8</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>378</v>
       </c>
       <c r="D186">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E186" t="s">
-        <v>379</v>
+        <v>145</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186">
-        <v>225.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>8</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="D187">
         <v>2018</v>
       </c>
       <c r="E187" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187">
-        <v>210.0</v>
+        <v>347.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>8</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="D188">
         <v>2018</v>
       </c>
       <c r="E188" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188">
-        <v>200.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>8</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="D189">
         <v>2018</v>
       </c>
       <c r="E189" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189">
-        <v>170.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="D190">
         <v>2018</v>
       </c>
       <c r="E190" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>225.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="D191">
         <v>2018</v>
       </c>
       <c r="E191" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
-        <v>189.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="D192">
         <v>2018</v>
       </c>
       <c r="E192" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>16.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="D193">
         <v>2018</v>
       </c>
       <c r="E193" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
-        <v>25.0</v>
+        <v>189.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>8</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
+        <v>393</v>
+      </c>
+      <c r="D194">
+        <v>2018</v>
+      </c>
+      <c r="E194" t="s">
         <v>394</v>
       </c>
-      <c r="D194">
-[...4 lines deleted...]
-      </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
-        <v>170.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>8</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="D195">
         <v>2018</v>
       </c>
       <c r="E195" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
-        <v>95.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>8</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="D196">
         <v>2017</v>
       </c>
       <c r="E196" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
-        <v>235.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>8</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
+        <v>399</v>
+      </c>
+      <c r="D197">
+        <v>2018</v>
+      </c>
+      <c r="E197" t="s">
         <v>400</v>
       </c>
-      <c r="D197">
-[...4 lines deleted...]
-      </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
-        <v>235.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>8</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D198">
         <v>2017</v>
       </c>
       <c r="E198" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>90.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="D199">
         <v>2017</v>
       </c>
       <c r="E199" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
-        <v>20.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>8</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="D200">
         <v>2017</v>
       </c>
       <c r="E200" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
-        <v>171.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>8</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="D201">
         <v>2017</v>
       </c>
       <c r="E201" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>165.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="D202">
         <v>2017</v>
       </c>
       <c r="E202" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
-        <v>197.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="D203">
         <v>2017</v>
       </c>
       <c r="E203" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
-        <v>125.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="D204">
         <v>2017</v>
       </c>
       <c r="E204" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>126.0</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="D205">
         <v>2017</v>
       </c>
       <c r="E205" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
-        <v>128.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>8</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="D206">
         <v>2017</v>
       </c>
       <c r="E206" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206">
-        <v>90.0</v>
+        <v>126.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
+        <v>419</v>
+      </c>
+      <c r="D207">
+        <v>2017</v>
+      </c>
+      <c r="E207" t="s">
         <v>420</v>
       </c>
-      <c r="D207">
-[...4 lines deleted...]
-      </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207">
-        <v>60.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
+        <v>421</v>
+      </c>
+      <c r="D208">
+        <v>2017</v>
+      </c>
+      <c r="E208" t="s">
         <v>422</v>
       </c>
-      <c r="D208">
-[...4 lines deleted...]
-      </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208">
-        <v>200.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
+        <v>423</v>
+      </c>
+      <c r="D209">
+        <v>2016</v>
+      </c>
+      <c r="E209" t="s">
         <v>424</v>
       </c>
-      <c r="D209">
-[...4 lines deleted...]
-      </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209">
-        <v>200.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>8</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
+        <v>425</v>
+      </c>
+      <c r="D210">
+        <v>2016</v>
+      </c>
+      <c r="E210" t="s">
         <v>426</v>
       </c>
-      <c r="D210">
-[...4 lines deleted...]
-      </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
-        <v>85.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="D211">
         <v>2017</v>
       </c>
       <c r="E211" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
-        <v>300.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>8</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
+        <v>429</v>
+      </c>
+      <c r="D212">
+        <v>2017</v>
+      </c>
+      <c r="E212" t="s">
         <v>430</v>
       </c>
-      <c r="D212">
-[...4 lines deleted...]
-      </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
-        <v>300.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
+        <v>431</v>
+      </c>
+      <c r="D213">
+        <v>2017</v>
+      </c>
+      <c r="E213" t="s">
         <v>432</v>
       </c>
-      <c r="D213">
-[...4 lines deleted...]
-      </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
-        <v>85.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>8</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="D214">
         <v>2016</v>
       </c>
       <c r="E214" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214">
-        <v>200.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="D215">
         <v>2016</v>
       </c>
       <c r="E215" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>305.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="D216">
         <v>2016</v>
       </c>
       <c r="E216" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
-        <v>120.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="D217">
         <v>2016</v>
       </c>
       <c r="E217" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
-        <v>96.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="D218">
         <v>2016</v>
       </c>
       <c r="E218" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218">
-        <v>150.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>8</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="D219">
         <v>2016</v>
       </c>
       <c r="E219" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219">
-        <v>289.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D220">
         <v>2016</v>
       </c>
       <c r="E220" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
-        <v>133.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="D221">
         <v>2016</v>
       </c>
       <c r="E221" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
-        <v>550.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
+        <v>449</v>
+      </c>
+      <c r="D222">
+        <v>2016</v>
+      </c>
+      <c r="E222" t="s">
         <v>450</v>
       </c>
-      <c r="D222">
-[...4 lines deleted...]
-      </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>342.0</v>
+        <v>133.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
+        <v>451</v>
+      </c>
+      <c r="D223">
+        <v>2016</v>
+      </c>
+      <c r="E223" t="s">
         <v>452</v>
       </c>
-      <c r="D223">
-[...4 lines deleted...]
-      </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
-        <v>106.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="D224">
         <v>2015</v>
       </c>
       <c r="E224" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
-        <v>14.0</v>
+        <v>342.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="D225">
         <v>2015</v>
       </c>
       <c r="E225" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
-        <v>329.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="D226">
         <v>2015</v>
       </c>
       <c r="E226" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
-        <v>342.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="D227">
         <v>2015</v>
       </c>
       <c r="E227" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227">
-        <v>385.0</v>
+        <v>329.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="D228">
         <v>2015</v>
       </c>
       <c r="E228" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228">
-        <v>320.0</v>
+        <v>342.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>8</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="D229">
         <v>2015</v>
       </c>
       <c r="E229" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229">
-        <v>480.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>8</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="D230">
         <v>2015</v>
       </c>
       <c r="E230" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230">
-        <v>385.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>8</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="D231">
         <v>2015</v>
       </c>
       <c r="E231" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231">
         <v>480.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>8</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
+        <v>469</v>
+      </c>
+      <c r="D232">
+        <v>2015</v>
+      </c>
+      <c r="E232" t="s">
         <v>470</v>
       </c>
-      <c r="D232">
-[...4 lines deleted...]
-      </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
-        <v>155.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
+        <v>471</v>
+      </c>
+      <c r="D233">
+        <v>2015</v>
+      </c>
+      <c r="E233" t="s">
         <v>472</v>
       </c>
-      <c r="D233">
-[...4 lines deleted...]
-      </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
-        <v>166.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="D234">
         <v>2016</v>
       </c>
       <c r="E234" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
-        <v>125.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="D235">
         <v>2016</v>
       </c>
       <c r="E235" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235">
-        <v>350.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
+        <v>477</v>
+      </c>
+      <c r="D236">
+        <v>2016</v>
+      </c>
+      <c r="E236" t="s">
         <v>478</v>
       </c>
-      <c r="D236">
-[...4 lines deleted...]
-      </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236">
-        <v>98.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="D237">
         <v>2016</v>
       </c>
       <c r="E237" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
-        <v>106.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
+        <v>481</v>
+      </c>
+      <c r="D238">
+        <v>2015</v>
+      </c>
+      <c r="E238" t="s">
         <v>482</v>
       </c>
-      <c r="D238">
-[...4 lines deleted...]
-      </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238">
-        <v>368.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="D239">
         <v>2016</v>
       </c>
       <c r="E239" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239">
-        <v>349.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="D240">
         <v>2016</v>
       </c>
       <c r="E240" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240">
-        <v>125.0</v>
+        <v>368.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>8</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="D241">
         <v>2016</v>
       </c>
       <c r="E241" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241">
-        <v>80.0</v>
+        <v>349.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
+        <v>489</v>
+      </c>
+      <c r="D242">
+        <v>2016</v>
+      </c>
+      <c r="E242" t="s">
         <v>490</v>
       </c>
-      <c r="D242">
-[...4 lines deleted...]
-      </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242">
-        <v>489.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
+        <v>491</v>
+      </c>
+      <c r="D243">
+        <v>2016</v>
+      </c>
+      <c r="E243" t="s">
         <v>492</v>
       </c>
-      <c r="D243">
-[...4 lines deleted...]
-      </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243">
-        <v>85.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>8</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
+        <v>493</v>
+      </c>
+      <c r="D244">
+        <v>2017</v>
+      </c>
+      <c r="E244" t="s">
         <v>494</v>
       </c>
-      <c r="D244">
-[...4 lines deleted...]
-      </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244">
-        <v>200.0</v>
+        <v>489.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
+        <v>495</v>
+      </c>
+      <c r="D245">
+        <v>2015</v>
+      </c>
+      <c r="E245" t="s">
         <v>496</v>
       </c>
-      <c r="D245">
-[...4 lines deleted...]
-      </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
-        <v>125.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="D246">
         <v>2016</v>
       </c>
       <c r="E246" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246">
-        <v>125.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
+        <v>499</v>
+      </c>
+      <c r="D247">
+        <v>2016</v>
+      </c>
+      <c r="E247" t="s">
         <v>500</v>
       </c>
-      <c r="D247">
-[...4 lines deleted...]
-      </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247">
-        <v>100.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
+        <v>501</v>
+      </c>
+      <c r="D248">
+        <v>2016</v>
+      </c>
+      <c r="E248" t="s">
         <v>502</v>
       </c>
-      <c r="D248">
-[...4 lines deleted...]
-      </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>594.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
+        <v>503</v>
+      </c>
+      <c r="D249">
+        <v>2015</v>
+      </c>
+      <c r="E249" t="s">
         <v>504</v>
       </c>
-      <c r="D249">
-[...4 lines deleted...]
-      </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
-        <v>170.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="D250">
         <v>2014</v>
       </c>
       <c r="E250" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
-        <v>18.0</v>
+        <v>594.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
+        <v>507</v>
+      </c>
+      <c r="D251">
+        <v>2014</v>
+      </c>
+      <c r="E251" t="s">
         <v>508</v>
       </c>
-      <c r="D251">
-[...4 lines deleted...]
-      </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
-        <v>500.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
+        <v>509</v>
+      </c>
+      <c r="D252">
+        <v>2014</v>
+      </c>
+      <c r="E252" t="s">
         <v>510</v>
       </c>
-      <c r="D252">
-[...4 lines deleted...]
-      </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
-        <v>120.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="D253">
         <v>2015</v>
       </c>
       <c r="E253" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253">
-        <v>220.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="D254">
         <v>2015</v>
       </c>
       <c r="E254" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254">
-        <v>130.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="D255">
         <v>2015</v>
       </c>
       <c r="E255" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255">
-        <v>142.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>8</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="D256">
         <v>2015</v>
       </c>
       <c r="E256" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256">
-        <v>95.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>8</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
+        <v>519</v>
+      </c>
+      <c r="D257">
+        <v>2015</v>
+      </c>
+      <c r="E257" t="s">
         <v>520</v>
       </c>
-      <c r="D257">
-[...4 lines deleted...]
-      </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257">
-        <v>175.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="D258">
         <v>2015</v>
       </c>
       <c r="E258" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258">
-        <v>230.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
+        <v>523</v>
+      </c>
+      <c r="D259">
+        <v>2014</v>
+      </c>
+      <c r="E259" t="s">
         <v>524</v>
       </c>
-      <c r="D259">
-[...4 lines deleted...]
-      </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259">
-        <v>280.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="D260">
         <v>2015</v>
       </c>
       <c r="E260" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260">
         <v>230.0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="D261">
         <v>2015</v>
       </c>
       <c r="E261" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261">
-        <v>160.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="D262">
         <v>2015</v>
       </c>
       <c r="E262" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262">
-        <v>340.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
+        <v>531</v>
+      </c>
+      <c r="D263">
+        <v>2015</v>
+      </c>
+      <c r="E263" t="s">
         <v>532</v>
       </c>
-      <c r="D263">
-[...4 lines deleted...]
-      </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263">
-        <v>155.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>8</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
+        <v>533</v>
+      </c>
+      <c r="D264">
+        <v>2015</v>
+      </c>
+      <c r="E264" t="s">
         <v>534</v>
       </c>
-      <c r="D264">
-[...4 lines deleted...]
-      </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264">
-        <v>170.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="D265">
         <v>2014</v>
       </c>
       <c r="E265" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265">
-        <v>83.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>8</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="D266">
         <v>2014</v>
       </c>
       <c r="E266" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266">
-        <v>130.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="D267">
         <v>2014</v>
       </c>
       <c r="E267" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267">
-        <v>130.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>8</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="D268">
         <v>2014</v>
       </c>
       <c r="E268" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268">
-        <v>280.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>8</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="D269">
         <v>2014</v>
       </c>
       <c r="E269" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269">
         <v>130.0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>8</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="D270">
         <v>2014</v>
       </c>
       <c r="E270" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270">
-        <v>920.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>8</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
+        <v>547</v>
+      </c>
+      <c r="D271">
+        <v>2014</v>
+      </c>
+      <c r="E271" t="s">
         <v>548</v>
       </c>
-      <c r="D271">
-[...4 lines deleted...]
-      </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
       <c r="G271">
-        <v>85.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>8</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="D272">
         <v>2014</v>
       </c>
       <c r="E272" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272">
-        <v>225.0</v>
+        <v>920.0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>8</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="D273">
         <v>2013</v>
       </c>
       <c r="E273" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
       <c r="G273">
-        <v>309.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>8</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
+        <v>553</v>
+      </c>
+      <c r="D274">
+        <v>2014</v>
+      </c>
+      <c r="E274" t="s">
         <v>554</v>
       </c>
-      <c r="D274">
-[...4 lines deleted...]
-      </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274">
-        <v>79.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>8</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="D275">
         <v>2013</v>
       </c>
       <c r="E275" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
       <c r="G275">
-        <v>466.0</v>
+        <v>309.0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>8</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="D276">
         <v>2013</v>
       </c>
       <c r="E276" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
       <c r="G276">
-        <v>94.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>8</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
+        <v>559</v>
+      </c>
+      <c r="D277">
+        <v>2013</v>
+      </c>
+      <c r="E277" t="s">
         <v>560</v>
       </c>
-      <c r="D277">
-[...4 lines deleted...]
-      </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277">
-        <v>300.0</v>
+        <v>466.0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>8</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
+        <v>561</v>
+      </c>
+      <c r="D278">
+        <v>2013</v>
+      </c>
+      <c r="E278" t="s">
         <v>562</v>
       </c>
-      <c r="D278">
-[...4 lines deleted...]
-      </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278">
-        <v>318.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>8</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="D279">
         <v>2012</v>
       </c>
       <c r="E279" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="F279" t="s">
         <v>12</v>
       </c>
       <c r="G279">
-        <v>283.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>8</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="D280">
         <v>2012</v>
       </c>
       <c r="E280" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
       <c r="G280">
-        <v>147.0</v>
+        <v>318.0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>8</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="D281">
         <v>2012</v>
       </c>
       <c r="E281" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="F281" t="s">
         <v>12</v>
       </c>
       <c r="G281">
-        <v>231.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>8</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="D282">
         <v>2012</v>
       </c>
       <c r="E282" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="F282" t="s">
         <v>12</v>
       </c>
       <c r="G282">
-        <v>390.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>8</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="D283">
         <v>2012</v>
       </c>
       <c r="E283" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="F283" t="s">
         <v>12</v>
       </c>
       <c r="G283">
-        <v>231.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>8</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="D284">
         <v>2012</v>
       </c>
       <c r="E284" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="F284" t="s">
         <v>12</v>
       </c>
       <c r="G284">
-        <v>210.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>8</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
+        <v>575</v>
+      </c>
+      <c r="D285">
+        <v>2012</v>
+      </c>
+      <c r="E285" t="s">
         <v>576</v>
       </c>
-      <c r="D285">
-[...4 lines deleted...]
-      </c>
       <c r="F285" t="s">
         <v>12</v>
       </c>
       <c r="G285">
-        <v>190.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>8</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="D286">
         <v>2011</v>
       </c>
       <c r="E286" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="F286" t="s">
         <v>12</v>
       </c>
       <c r="G286">
-        <v>192.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>8</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="D287">
         <v>2011</v>
       </c>
       <c r="E287" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="F287" t="s">
         <v>12</v>
       </c>
       <c r="G287">
-        <v>190.0</v>
+        <v>192.0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>8</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="D288">
         <v>2011</v>
       </c>
       <c r="E288" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288">
-        <v>283.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>8</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="D289">
         <v>2011</v>
       </c>
       <c r="E289" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="F289" t="s">
         <v>12</v>
       </c>
       <c r="G289">
-        <v>168.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>8</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="D290">
         <v>2011</v>
       </c>
       <c r="E290" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="F290" t="s">
         <v>12</v>
       </c>
       <c r="G290">
-        <v>252.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>8</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="D291">
         <v>2011</v>
       </c>
       <c r="E291" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="F291" t="s">
         <v>12</v>
       </c>
       <c r="G291">
         <v>252.0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>8</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="D292">
         <v>2011</v>
       </c>
       <c r="E292" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="F292" t="s">
         <v>12</v>
       </c>
       <c r="G292">
-        <v>160.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>8</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="D293">
         <v>2011</v>
       </c>
       <c r="E293" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293">
         <v>304.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="D294">
         <v>2011</v>
       </c>
       <c r="E294" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294">
         <v>231.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="D295">
         <v>2011</v>
       </c>
       <c r="E295" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295">
         <v>190.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="D296">
         <v>2011</v>
       </c>
       <c r="E296" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296">
         <v>100.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>8</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="D297">
         <v>2011</v>
       </c>
       <c r="E297" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297">
         <v>22.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="D298">
         <v>2011</v>
       </c>
       <c r="E298" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
         <v>190.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>8</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="D299">
         <v>2010</v>
       </c>
       <c r="E299" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299">
         <v>71.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="D300">
         <v>2010</v>
       </c>
       <c r="E300" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300">
         <v>363.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>8</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="D301">
         <v>2010</v>
       </c>
       <c r="E301" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301">
         <v>187.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>8</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="D302">
         <v>2010</v>
       </c>
       <c r="E302" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
         <v>276.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>8</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D303">
         <v>2010</v>
       </c>
       <c r="E303" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
         <v>147.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="D304">
         <v>2010</v>
       </c>
       <c r="E304" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
         <v>194.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="D305">
         <v>2009</v>
       </c>
       <c r="E305" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
         <v>94.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="D306">
         <v>2009</v>
       </c>
       <c r="E306" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
         <v>210.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="D307">
         <v>2009</v>
       </c>
       <c r="E307" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
         <v>231.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="D308">
         <v>2009</v>
       </c>
       <c r="E308" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
         <v>44.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>8</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="D309">
         <v>2009</v>
       </c>
       <c r="E309" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309">
         <v>39.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="D310">
         <v>2009</v>
       </c>
       <c r="E310" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
         <v>39.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="D311">
         <v>2009</v>
       </c>
       <c r="E311" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
         <v>22.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="D312">
         <v>2009</v>
       </c>
       <c r="E312" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
         <v>22.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="D313">
         <v>2009</v>
       </c>
       <c r="E313" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
         <v>22.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="D314">
         <v>2009</v>
       </c>
       <c r="E314" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314">
         <v>44.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>8</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="D315">
         <v>2009</v>
       </c>
       <c r="E315" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
         <v>22.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="D316">
         <v>2009</v>
       </c>
       <c r="E316" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
         <v>39.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="D317">
         <v>2008</v>
       </c>
       <c r="E317" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
         <v>342.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>8</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="D318">
         <v>2008</v>
       </c>
       <c r="E318" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
         <v>49.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="D319">
         <v>2007</v>
       </c>
       <c r="E319" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
         <v>56.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="D320">
         <v>2007</v>
       </c>
       <c r="E320" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
         <v>728.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="D321">
         <v>2007</v>
       </c>
       <c r="E321" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
         <v>728.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>8</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="D322">
         <v>2007</v>
       </c>
       <c r="E322" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322">
         <v>315.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="D323">
         <v>2007</v>
       </c>
       <c r="E323" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323">
         <v>210.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>8</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="D324">
         <v>2006</v>
       </c>
       <c r="E324" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324">
         <v>39.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="D325">
         <v>2006</v>
       </c>
       <c r="E325" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
       <c r="G325">
         <v>68.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>8</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="D326">
         <v>2006</v>
       </c>
       <c r="E326" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="F326" t="s">
         <v>12</v>
       </c>
       <c r="G326">
         <v>105.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="D327">
         <v>2006</v>
       </c>
       <c r="E327" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327">
         <v>178.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="D328">
         <v>2005</v>
       </c>
       <c r="E328" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328">
         <v>71.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>8</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="D329">
         <v>2005</v>
       </c>
       <c r="E329" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
         <v>88.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>8</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="D330">
         <v>2004</v>
       </c>
       <c r="E330" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
         <v>133.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="D331">
         <v>2005</v>
       </c>
       <c r="E331" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
         <v>348.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>8</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="D332">
         <v>2005</v>
       </c>
       <c r="E332" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
         <v>348.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="D333">
         <v>2005</v>
       </c>
       <c r="E333" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
         <v>348.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>8</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="D334">
         <v>2005</v>
       </c>
       <c r="E334" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
         <v>348.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>8</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="D335">
         <v>2004</v>
       </c>
       <c r="E335" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
         <v>348.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="D336">
         <v>2004</v>
       </c>
       <c r="E336" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
         <v>348.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>8</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="D337">
         <v>2004</v>
       </c>
       <c r="E337" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337">
         <v>348.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>8</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="D338">
         <v>2004</v>
       </c>
       <c r="E338" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="F338" t="s">
         <v>12</v>
       </c>
       <c r="G338">
         <v>348.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="D339">
         <v>2004</v>
       </c>
       <c r="E339" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339">
         <v>348.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>8</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="D340">
         <v>2004</v>
       </c>
       <c r="E340" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340">
         <v>348.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>8</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="D341">
         <v>2004</v>
       </c>
       <c r="E341" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341">
         <v>348.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>8</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="D342">
         <v>2004</v>
       </c>
       <c r="E342" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342">
         <v>348.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>8</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="D343">
         <v>2003</v>
       </c>
       <c r="E343" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343">
         <v>415.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>8</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="D344">
         <v>1993</v>
       </c>
       <c r="E344" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344">
         <v>125.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>8</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="D345">
         <v>1993</v>
       </c>
       <c r="E345" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345">
         <v>245.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>8</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="D346">
         <v>1968</v>
       </c>
       <c r="E346" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346">
         <v>85.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>8</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="D347">
         <v>1989</v>
       </c>
       <c r="E347" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347">
         <v>88.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>8</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="D348">
         <v>1998</v>
       </c>
       <c r="E348" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
         <v>49.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>8</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="D349">
         <v>1996</v>
       </c>
       <c r="E349" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349">
         <v>138.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>8</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="D350">
         <v>1965</v>
       </c>
       <c r="E350" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
         <v>85.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>8</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="D351">
         <v>1995</v>
       </c>
       <c r="E351" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
         <v>267.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>8</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="D352">
         <v>1995</v>
       </c>
       <c r="E352" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352">
         <v>267.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>8</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="D353">
         <v>1995</v>
       </c>
       <c r="E353" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353">
         <v>267.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>8</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="D354">
         <v>1992</v>
       </c>
       <c r="E354" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354">
         <v>107.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>8</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="D355">
         <v>1994</v>
       </c>
       <c r="E355" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="F355" t="s">
         <v>12</v>
       </c>
       <c r="G355">
         <v>53.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>8</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="D356">
         <v>1994</v>
       </c>
       <c r="E356" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="F356" t="s">
         <v>12</v>
       </c>
       <c r="G356">
         <v>58.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>8</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="D357">
         <v>1994</v>
       </c>
       <c r="E357" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357">
         <v>90.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>