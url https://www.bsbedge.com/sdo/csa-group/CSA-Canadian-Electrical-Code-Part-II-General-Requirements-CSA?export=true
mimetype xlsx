--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -47,72 +47,72 @@
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60598-2-18:25</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-18: Particular requirements — Luminaires for swimming pools and similar applications (Adopted IEC 60598-2-18:2022, third edition, 2022-08, with Canadian deviations) | Luminaires — Partie 2-18 : Exigences particulières — Luminaires pour piscines et usages analogues (norme IEC 60598-2-18:2022 adoptée, troisième édition, 2022-08, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-18: Particular requirements — Luminaires for swimming pools and similar applications (Adopted IEC 60598-2-18:2022, third edition, 2022-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>CSA E60598-2-13:25</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-13: Particular requirements — Ground recessed luminaires (Adopted IEC 60598-2-13:2006, edition 1:2006 consolidated with amendment 1:2011 and amendment 2:2016, with Canadian deviations) | Luminaires — Partie 2-13 : Règles particulières — Luminaires encastrés dans le sol (norme IEC 60598-2-13:2006 adoptée, édition 1:2006 consolidée par l’amendement 1:2011 et l’amendement 2:2016, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-13: Particular requirements — Ground recessed luminaires (Adopted IEC 60598-2-13:2006, edition 1:2006 consolidated with amendment 1:2011 and amendment 2:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62133-2:20/A1:24</t>
   </si>
   <si>
     <t>Amendment 1:2024 to CSA C22.2 NO. 62133-2:20, Secondary cells and batteries containing alkaline or other non-acid electrolytes — Safety requirements for portable sealed secondary cells, and for batteries made from them, for use in portable applications — Part 2: Lithium systems (Binational standard with UL 62133-2)</t>
   </si>
   <si>
     <t>CSA E60598-2-1:23</t>
   </si>
   <si>
-    <t>Luminaires — Part 2-1: Particular requirements — Fixed general purpose luminaires (Adopted IEC 60598-2-1:2020, second edition, 2020-01, with Canadian deviations) | Luminaires — Partie 2-1 : Exigences particulières — Luminaires fixes à usage général (norme IEC 60598-2-1:2020 adoptée, deuxième édition, 2020-01, avec exigences propres au Canada)</t>
+    <t>Luminaires — Part 2-1: Particular requirements — Fixed general purpose luminaires (Adopted IEC 60598-2-1:2020, second edition, 2020-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.17:22</t>
   </si>
   <si>
     <t>Evaluation of properties of polymeric materials</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0:20</t>
   </si>
   <si>
     <t>General requirements — Canadian Electrical Code, Part II</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62133-2:20</t>
   </si>
   <si>
     <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Safety requirements for portable sealed secondary cells, and for batteries made from them, for use in portable applications — Part 2: Lithium systems (Binational standard with UL 62133-2)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62133-1:20</t>
   </si>
   <si>
     <t>Secondary cells and batteries containing alkaline or other non-acid electrolytes — Safety requirements for portable sealed secondary cells, and for batteries made from them, for use in portable applications — Part 1: Nickel systems (Binational standard with UL 62133-1)</t>
   </si>
@@ -122,120 +122,120 @@
   <si>
     <t>Safety functions incorporating electronic technology</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.1:19 (R2024)</t>
   </si>
   <si>
     <t>General requirements for double-insulated equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.12:19 (R2024)</t>
   </si>
   <si>
     <t>Wiring space and wire bending space in enclosures</t>
   </si>
   <si>
     <t>C22.2 NO. 0.4-17 Redline Version</t>
   </si>
   <si>
     <t>(Redline Version) Bonding of electrical equipment</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60896-22:17 (R2022)</t>
   </si>
   <si>
-    <t>Stationary lead-acid batteries — Part 22: Valve regulated types - Requirements (Adopted IEC 60896-22:2004, first edition, 2004-02, with Canadian deviations) | Batteries stationnaires au plomb - Partie 22 : Types étanches à soupapes - Exigences (norme IEC 60896-22:2004 adoptée, première édition, 2004-02, avec exigences propres au Canada)</t>
+    <t>Stationary lead-acid batteries — Part 22: Valve regulated types - Requirements (Adopted IEC 60896-22:2004, first edition, 2004-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60896-11:17 (R2022)</t>
   </si>
   <si>
-    <t>Stationary lead-acid batteries — Part 11: Vented types — General requirements and methods of tests (Adopted IEC 60896-11:2002, first edition, 2002-12, with Canadian deviations) | Batteries stationnaires au plomb — Partie 11 : Batteries au plomb du type ouvert — Prescriptions générales et méthodes d’essai (norme IEC 60896-11:2002 adoptée, première édition, 2002-12, avec exigences propres au Canada)</t>
+    <t>Stationary lead-acid batteries — Part 11: Vented types — General requirements and methods of tests (Adopted IEC 60896-11:2002, first edition, 2002-12, with Canadian deviations)</t>
   </si>
   <si>
     <t>CAN/CSA-C22.2 NO. 60896-21:17 (R2022)</t>
   </si>
   <si>
-    <t>Stationary lead-acid batteries — Part 21: Valve regulated types — Methods of test (Adopted IEC 60896-21:2004, first edition, 2004-02, with Canadian deviations) | Batteries stationnaires au plomb — Partie 21 : Types étanches à soupapes — Méthodes d’essai (norme IEC 60896-21:2004 adoptee, première édition, 2004-02, avec exigences propres au Canada)</t>
+    <t>Stationary lead-acid batteries — Part 21: Valve regulated types — Methods of test (Adopted IEC 60896-21:2004, first edition, 2004-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.4:17 (R2022)</t>
   </si>
   <si>
     <t>Bonding of electrical equipment</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61511-1:17 (R2022)</t>
   </si>
   <si>
-    <t>Functional safety — Safety instrumented systems for the process industry sector — Part 1: Framework, definitions, system, hardware and application programming requirements (Adopted IEC 61511-1:2016, second edition, 2016-02, with Canadian deviations) | Sécurité fonctionnelle — Systèmes instrumentes de sécurité pour le secteur des industries de transformation — Partie 1 : Cadre, définitions, exigences pour le système, le matériel et la programmation d’application (norme IEC 61511-1:2016 adoptée, deuxième édition, 2016-02, avec exigences propres au Canada)</t>
+    <t>Functional safety — Safety instrumented systems for the process industry sector — Part 1: Framework, definitions, system, hardware and application programming requirements (Adopted IEC 61511-1:2016, second edition, 2016-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-3:17 (R2022)</t>
   </si>
   <si>
-    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 3: Software requirements (Adopted IEC 61508-3:2010, second edition, 2010-04, with Canadian deviations) | Sécurité fonctionnelle des systèmes électriques/électroniques/électroniques programmables relatifs à la sécurité — Partie 3 : Exigences concernant les logiciels (norme IEC 61508-3:2010 adoptée, deuxième édition, 2010-04, avec exigences propres au Canada)</t>
+    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 3: Software requirements (Adopted IEC 61508-3:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-2:17 (R2022)</t>
   </si>
   <si>
-    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 2: Requirements for electrical/electronic/programmable electronic safety-related systems (Adopted IEC 61508-2:2010, second edition, 2010-04, with Canadian deviations) | Sécurité fonctionnelle des systèmes électriques/électroniques/électroniques programmables relatifs à la sécurité — Partie 2 : Exigences pour les systèmes électriques/électroniques/électroniques programmables relatifs à la sécurité (norme IEC 61508-2:2010 adoptee, deuxième édition, 2010-04, avec exigences propres au Canada)</t>
+    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 2: Requirements for electrical/electronic/programmable electronic safety-related systems (Adopted IEC 61508-2:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-1:17 (R2022)</t>
   </si>
   <si>
-    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 1: General requirements (Adopted IEC 61508-1:2010, second edition, 2010-04, with Canadian deviations) | Sécurité fonctionnelle des systèmes électriques/électroniques/électroniques programmables relatifs à la sécurité — Partie 1 : Exigences générales (norme IEC 61508-1:2010 adoptée, deuxième édition, 2010-04, avec exigences propres au Canada)</t>
-[...2 lines deleted...]
-    <t>CSA C22.2 NO. 0.2:16 (R2020)</t>
+    <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 1: General requirements (Adopted IEC 61508-1:2010, second edition, 2010-04, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 0.2:16 (R2025)</t>
   </si>
   <si>
     <t>Insulation coordination</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 0.5:16 (R2020)</t>
+    <t>CSA C22.2 NO. 0.5:16 (R2025)</t>
   </si>
   <si>
     <t>Threaded conduit entries</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60086-1:19 (R2024)</t>
   </si>
   <si>
     <t>Primary batteries — Part 1: General (Adopted IEC 60086-1:2015, twelfth edition, 2015-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60086-4:19 (R2024)</t>
   </si>
   <si>
-    <t>Primary batteries — Part 4: Safety of lithium batteries (Adopted IEC 60086-4:2014, fourth edition, 2014-09, with Canadian deviations) | Piles électriques — Partie 4 : Sécurité des piles au lithium (norme IEC 60086-4:2014 adoptée, quatrième édition, 2014-09, avec exigences propres au Canada)</t>
-[...2 lines deleted...]
-    <t>CSA C22.2 NO. 0.15:15 (R2020)</t>
+    <t>Primary batteries — Part 4: Safety of lithium batteries (Adopted IEC 60086-4:2014, fourth edition, 2014-09, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>CSA C22.2 NO. 0.15:15 (R2025)</t>
   </si>
   <si>
     <t>Adhesive labels</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>