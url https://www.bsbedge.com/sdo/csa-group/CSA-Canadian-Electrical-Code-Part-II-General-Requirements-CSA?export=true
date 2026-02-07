--- v1 (2025-12-12)
+++ v2 (2026-02-07)
@@ -44,59 +44,65 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA C22.2 NO. 60086-4:26</t>
+  </si>
+  <si>
+    <t>Primary batteries - Part 4: Safety of lithium batteries (Adopted IEC 60086-4:2019, fifth edition, 2019-04, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>CSA C22.2 NO. 60598-2-18:25</t>
   </si>
   <si>
     <t>Luminaires — Part 2-18: Particular requirements — Luminaires for swimming pools and similar applications (Adopted IEC 60598-2-18:2022, third edition, 2022-08, with Canadian deviations)</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA E60598-2-13:25</t>
   </si>
   <si>
     <t>Luminaires — Part 2-13: Particular requirements — Ground recessed luminaires (Adopted IEC 60598-2-13:2006, edition 1:2006 consolidated with amendment 1:2011 and amendment 2:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62133-2:20/A1:24</t>
   </si>
   <si>
     <t>Amendment 1:2024 to CSA C22.2 NO. 62133-2:20, Secondary cells and batteries containing alkaline or other non-acid electrolytes — Safety requirements for portable sealed secondary cells, and for batteries made from them, for use in portable applications — Part 2: Lithium systems (Binational standard with UL 62133-2)</t>
   </si>
   <si>
     <t>CSA E60598-2-1:23</t>
   </si>
   <si>
     <t>Luminaires — Part 2-1: Particular requirements — Fixed general purpose luminaires (Adopted IEC 60598-2-1:2020, second edition, 2020-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.17:22</t>
   </si>
   <si>
     <t>Evaluation of properties of polymeric materials</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0:20</t>
@@ -167,75 +173,69 @@
   <si>
     <t>CSA C22.2 NO. 61511-1:17 (R2022)</t>
   </si>
   <si>
     <t>Functional safety — Safety instrumented systems for the process industry sector — Part 1: Framework, definitions, system, hardware and application programming requirements (Adopted IEC 61511-1:2016, second edition, 2016-02, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-3:17 (R2022)</t>
   </si>
   <si>
     <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 3: Software requirements (Adopted IEC 61508-3:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-2:17 (R2022)</t>
   </si>
   <si>
     <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 2: Requirements for electrical/electronic/programmable electronic safety-related systems (Adopted IEC 61508-2:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-1:17 (R2022)</t>
   </si>
   <si>
     <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 1: General requirements (Adopted IEC 61508-1:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 0.2:16 (R2025)</t>
+    <t>CSA C22.2 NO. 0.2:16 (R2020)</t>
   </si>
   <si>
     <t>Insulation coordination</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 0.5:16 (R2025)</t>
+    <t>CSA C22.2 NO. 0.5:16 (R2020)</t>
   </si>
   <si>
     <t>Threaded conduit entries</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 60086-1:19 (R2024)</t>
   </si>
   <si>
     <t>Primary batteries — Part 1: General (Adopted IEC 60086-1:2015, twelfth edition, 2015-07, with Canadian deviations)</t>
   </si>
   <si>
-    <t>CSA C22.2 NO. 60086-4:19 (R2024)</t>
-[...5 lines deleted...]
-    <t>CSA C22.2 NO. 0.15:15 (R2025)</t>
+    <t>CSA C22.2 NO. 0.15:15 (R2020)</t>
   </si>
   <si>
     <t>Adhesive labels</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -587,566 +587,566 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>130.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
         <v>130.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>32.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>30.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>200.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>210.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2020</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>300.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2020</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>180.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>336.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2019</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>112.0</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2019</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>113.0</v>
+        <v>112.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>120.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2017</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>200.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2017</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>120.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2017</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>240.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2017</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>120.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2017</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>415.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2017</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>400.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2017</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>390.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2017</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>365.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>104.0</v>
+        <v>365.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2016</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
         <v>104.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>325.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2019</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
         <v>325.0</v>
       </c>
     </row>