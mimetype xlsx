--- v2 (2026-02-07)
+++ v3 (2026-03-29)
@@ -44,59 +44,65 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>CSA</t>
   </si>
   <si>
+    <t>CSA C22.2 NO. 60086-1:26</t>
+  </si>
+  <si>
+    <t>Primary batteries — Part 1: General (Adopted IEC 60086-1:2021, thirteenth edition, 2021-04, with Canadian deviations)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>CSA C22.2 NO. 60086-4:26</t>
   </si>
   <si>
     <t>Primary batteries - Part 4: Safety of lithium batteries (Adopted IEC 60086-4:2019, fifth edition, 2019-04, with Canadian deviations)</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>CSA C22.2 NO. 60598-2-18:25</t>
   </si>
   <si>
     <t>Luminaires — Part 2-18: Particular requirements — Luminaires for swimming pools and similar applications (Adopted IEC 60598-2-18:2022, third edition, 2022-08, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA E60598-2-13:25</t>
   </si>
   <si>
     <t>Luminaires — Part 2-13: Particular requirements — Ground recessed luminaires (Adopted IEC 60598-2-13:2006, edition 1:2006 consolidated with amendment 1:2011 and amendment 2:2016, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 62133-2:20/A1:24</t>
   </si>
   <si>
     <t>Amendment 1:2024 to CSA C22.2 NO. 62133-2:20, Secondary cells and batteries containing alkaline or other non-acid electrolytes — Safety requirements for portable sealed secondary cells, and for batteries made from them, for use in portable applications — Part 2: Lithium systems (Binational standard with UL 62133-2)</t>
   </si>
   <si>
     <t>CSA E60598-2-1:23</t>
   </si>
   <si>
     <t>Luminaires — Part 2-1: Particular requirements — Fixed general purpose luminaires (Adopted IEC 60598-2-1:2020, second edition, 2020-01, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.17:22</t>
@@ -183,56 +189,50 @@
     <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 3: Software requirements (Adopted IEC 61508-3:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-2:17 (R2022)</t>
   </si>
   <si>
     <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 2: Requirements for electrical/electronic/programmable electronic safety-related systems (Adopted IEC 61508-2:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 61508-1:17 (R2022)</t>
   </si>
   <si>
     <t>Functional safety of electrical/electronic/programmable electronic safety-related systems — Part 1: General requirements (Adopted IEC 61508-1:2010, second edition, 2010-04, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.2:16 (R2020)</t>
   </si>
   <si>
     <t>Insulation coordination</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.5:16 (R2020)</t>
   </si>
   <si>
     <t>Threaded conduit entries</t>
-  </si>
-[...4 lines deleted...]
-    <t>Primary batteries — Part 1: General (Adopted IEC 60086-1:2015, twelfth edition, 2015-07, with Canadian deviations)</t>
   </si>
   <si>
     <t>CSA C22.2 NO. 0.15:15 (R2020)</t>
   </si>
   <si>
     <t>Adhesive labels</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -596,580 +596,580 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>490.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>130.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>130.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>32.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>30.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>200.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>210.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2020</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>300.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2020</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>180.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>336.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2019</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>112.0</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2019</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>113.0</v>
+        <v>112.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>120.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2017</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>200.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2017</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>120.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2017</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>240.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2017</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>120.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2017</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>415.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2017</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>400.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2017</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>390.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2017</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>365.0</v>
+        <v>390.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>104.0</v>
+        <v>365.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2016</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
         <v>104.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>325.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>2015</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
         <v>104.0</v>
       </c>
     </row>