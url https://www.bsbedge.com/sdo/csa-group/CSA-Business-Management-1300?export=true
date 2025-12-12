--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -266,78 +266,78 @@
   <si>
     <t>Quality management — Guidelines for quality plans (Adopted ISO 10005:2018, third edition, 2018-06)</t>
   </si>
   <si>
     <t>CSA ISO 10003:20</t>
   </si>
   <si>
     <t>Quality management — Customer satisfaction — Guidelines for dispute resolution external to organizations (Adopted ISO 10003:2018, second edition, 2018-07)</t>
   </si>
   <si>
     <t>CSA ISO 10002:20</t>
   </si>
   <si>
     <t>Quality management — Customer satisfaction — Guidelines for complaints handling in organizations (Adopted ISO 10002:2018, third edition, 2018-07)</t>
   </si>
   <si>
     <t>CSA ISO 10001:20</t>
   </si>
   <si>
     <t>Quality management — Customer satisfaction — Guidelines for codes of conduct for organizations (Adopted ISO 10001:2018, second edition, 2018-07)</t>
   </si>
   <si>
     <t>CSA IEC 31010:20 (R2025)</t>
   </si>
   <si>
-    <t>Risk management - Risk assessment techniques (Adopted IEC 31010:2019, second edition, 2019-06) | Management du risque — Techniques d’appréciation du risque (norme IEC 31010:2019 adoptée, deuxième édition, 2019-06)</t>
+    <t>Risk management - Risk assessment techniques (Adopted IEC 31010:2019, second edition, 2019-06)</t>
   </si>
   <si>
     <t>CSA ISO 19011:19 (R2024)</t>
   </si>
   <si>
     <t>Guidelines for auditing management systems (Adopted ISO 19011:2018, third edition, 2018-07)</t>
   </si>
   <si>
     <t>CSA ISO 50001:19 (R2024)</t>
   </si>
   <si>
     <t>Energy management systems - Requirements with guidance for use (Adopted ISO 50001:2018, second edition, 2018-08)</t>
   </si>
   <si>
     <t>CSA R7008:19 (R2024)</t>
   </si>
   <si>
     <t>Sustainability standard for household demidifier appliances (Binational standard with AHAM 7008-2019 and UL 7008)</t>
   </si>
   <si>
     <t>CSA/ANSI Z21.91:20 (R2024)</t>
   </si>
   <si>
     <t>Ventless firebox enclosures for gas-fired unvented gas log type room heaters</t>
   </si>
   <si>
-    <t>CSA/ANSI Z21.11.2:19</t>
+    <t>CSA/ANSI Z21.11.2:19 (R2024)</t>
   </si>
   <si>
     <t>Gas-fired room heaters, volume II, unvented room heaters</t>
   </si>
   <si>
     <t>CSA R7007:18 (R2023)</t>
   </si>
   <si>
     <t>Sustainability standard for household microwave oven appliances (Binational standard with AHAM 7007-2018 and UL 7007)</t>
   </si>
   <si>
     <t>CSA Z773:17 (R2022)</t>
   </si>
   <si>
     <t>Environmental compliance auditing</t>
   </si>
   <si>
     <t>CSA ISO 14004:16 (R2021)</t>
   </si>
   <si>
     <t>Environmental management systems — General guidelines on implementation (Adopted ISO 14004:2016, third edition, 2016-03-01)</t>
   </si>
   <si>
     <t>ANSI Z21.74-2017 (R2022)</t>
   </si>