--- v1 (2025-12-12)
+++ v2 (2026-02-07)
@@ -401,51 +401,51 @@
   <si>
     <t>SPE-890-15</t>
   </si>
   <si>
     <t>A Guideline for accountable management of end-of-life materials</t>
   </si>
   <si>
     <t>ANSI Z21.11.3-2016 (R2021)</t>
   </si>
   <si>
     <t>Gas-fired room heaters, volume III, propane-fired portable emergency use heater systems</t>
   </si>
   <si>
     <t>CSA ISO 14020:15 (R2020)</t>
   </si>
   <si>
     <t>Environmental labels and declarations - General principles (Adopted ISO 14020:2000, second edition, 2000-09-15)</t>
   </si>
   <si>
     <t>CSA ISO 37120:15 (R2019)</t>
   </si>
   <si>
     <t>Sustainable development of communities - Indicators for city services and quality of life (Adopted ISO 37120:2014, first edition, 2014-05-15)</t>
   </si>
   <si>
-    <t>CSA ISO 10008:15 (R2019)</t>
+    <t>CSA ISO 10008:15 (R2024)</t>
   </si>
   <si>
     <t>Quality management - Customer satisfaction - Guidelines for business-to-consumer electronic commerce transactions (Adopted ISO 10008 :2013, first edition, 2013-06-01)</t>
   </si>
   <si>
     <t>CSA Z710:15 (R2020)</t>
   </si>
   <si>
     <t>Métis nation registry operations</t>
   </si>
   <si>
     <t>ANSI Z21.103-2017 (R2022)</t>
   </si>
   <si>
     <t>Unvented portable type gas camp heaters for indoor and outdoor use</t>
   </si>
   <si>
     <t>CAN/CSA-ISO 20121:13 (R2023)</t>
   </si>
   <si>
     <t>Event sustainability management systems - Requirements with guidance for use (Adopted ISO 20121:2012, first edition, 2012-06-15)</t>
   </si>
   <si>
     <t>SPE-14040-14</t>
   </si>
@@ -991,143 +991,143 @@
       </c>
       <c r="G2">
         <v>250.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>250.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>230.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>250.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2020</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="H6">
-        <v>140.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2018</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="H7">
-        <v>92.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2017</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="H8">
         <v>150.0</v>
       </c>
     </row>
@@ -1405,97 +1405,97 @@
       </c>
       <c r="G20">
         <v>18.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2022</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>96.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
         <v>2022</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
         <v>129.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
         <v>2022</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>64.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
         <v>2022</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
         <v>151.0</v>
       </c>
     </row>
@@ -1612,189 +1612,189 @@
       </c>
       <c r="G29">
         <v>105.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>2020</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>160.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>2021</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
         <v>125.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2020</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>210.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>73</v>
       </c>
       <c r="D33">
         <v>2020</v>
       </c>
       <c r="E33" t="s">
         <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>70.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>75</v>
       </c>
       <c r="D34">
         <v>2020</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>160.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
         <v>2020</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
         <v>190.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
         <v>2020</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>160.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
         <v>2020</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
         <v>140.0</v>
       </c>
     </row>
@@ -1819,74 +1819,74 @@
       </c>
       <c r="G38">
         <v>235.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
         <v>2019</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>215.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
         <v>2019</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>185.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
         <v>2019</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
         <v>75.0</v>
       </c>
     </row>
@@ -1980,51 +1980,51 @@
       </c>
       <c r="G45">
         <v>133.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
         <v>2016</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>209.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
         <v>2017</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
         <v>388.0</v>
       </c>
     </row>
@@ -2118,120 +2118,120 @@
       </c>
       <c r="G51">
         <v>461.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
         <v>2016</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>235.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
         <v>2016</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>159.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
         <v>2016</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>149.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
         <v>2016</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>209.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
         <v>2016</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
         <v>77.0</v>
       </c>
     </row>
@@ -2394,51 +2394,51 @@
       </c>
       <c r="G63">
         <v>350.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64">
         <v>2013</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>150.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
         <v>2014</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
         <v>75.0</v>
       </c>
     </row>
@@ -2555,97 +2555,97 @@
       </c>
       <c r="G70">
         <v>85.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
         <v>2007</v>
       </c>
       <c r="E71" t="s">
         <v>150</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>137.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>151</v>
       </c>
       <c r="D72">
         <v>2006</v>
       </c>
       <c r="E72" t="s">
         <v>152</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>126.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>153</v>
       </c>
       <c r="D73">
         <v>2006</v>
       </c>
       <c r="E73" t="s">
         <v>154</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>190.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>155</v>
       </c>
       <c r="D74">
         <v>2006</v>
       </c>
       <c r="E74" t="s">
         <v>156</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
         <v>85.0</v>
       </c>
     </row>
@@ -2693,51 +2693,51 @@
       </c>
       <c r="G76">
         <v>163.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>161</v>
       </c>
       <c r="D77">
         <v>2003</v>
       </c>
       <c r="E77" t="s">
         <v>162</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>115.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>163</v>
       </c>
       <c r="D78">
         <v>2003</v>
       </c>
       <c r="E78" t="s">
         <v>164</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
         <v>168.0</v>
       </c>
     </row>
@@ -2877,120 +2877,120 @@
       </c>
       <c r="G84">
         <v>85.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>19</v>
       </c>
       <c r="D85">
         <v>2020</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>140.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>177</v>
       </c>
       <c r="D86">
         <v>2020</v>
       </c>
       <c r="E86" t="s">
         <v>178</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="H86">
-        <v>210.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>179</v>
       </c>
       <c r="D87">
         <v>2020</v>
       </c>
       <c r="E87" t="s">
         <v>180</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="H87">
-        <v>185.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>21</v>
       </c>
       <c r="D88">
         <v>2018</v>
       </c>
       <c r="E88" t="s">
         <v>22</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>92.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>23</v>
       </c>
       <c r="D89">
         <v>2017</v>
       </c>
       <c r="E89" t="s">
         <v>24</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
         <v>130.0</v>
       </c>
     </row>