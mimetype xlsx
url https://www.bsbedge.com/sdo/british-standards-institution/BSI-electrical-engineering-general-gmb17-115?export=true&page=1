--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1150">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -1455,50 +1455,53 @@
     <t>Test on gases evolved during combustion of materials from cables - Determination of the halogen acid gas content</t>
   </si>
   <si>
     <t>BS EN IEC 60216-5:2022 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Electrical insulating materials. Thermal endurance properties - Determination of relative temperature index (RTI) of an insulating material</t>
   </si>
   <si>
     <t>21/30431990 DC</t>
   </si>
   <si>
     <t>BS EN IEC 62561-1. Lightning protection system components (LPSC) - Part 1. Requirements for connection components</t>
   </si>
   <si>
     <t>BS IEC SRD 63200:2021</t>
   </si>
   <si>
     <t>Definition of extended SGAM smart energy grid reference architecture model</t>
   </si>
   <si>
     <t>BS EN IEC 60749-18:2019</t>
   </si>
   <si>
     <t>Semiconductor devices. Mechanical and climatic test methods - Ionizing radiation (total dose)</t>
+  </si>
+  <si>
+    <t>Requirements for Electrical Installations. IET Wiring Regulations (Subscription Exclusive)</t>
   </si>
   <si>
     <t>22/30441335 DC</t>
   </si>
   <si>
     <t>BS EN 61547 AMD1. Equipment for general lighting purposes. EMC immunity requirements</t>
   </si>
   <si>
     <t>BS IEC TR 63401-1:2022</t>
   </si>
   <si>
     <t>Dynamic characteristics of inverter-based resources in bulk power systems - Interconnecting inverter-based resources to low short circuit ratio AC networks</t>
   </si>
   <si>
     <t>BS EN IEC/IEEE 82079-1:2020 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Preparation of information for use (instructions for use) of products - Principles and general requirements</t>
   </si>
   <si>
     <t>BS EN IEC 60300-3-4:2022</t>
   </si>
   <si>
     <t>Dependability management - Application guide. Specification of dependability requirements</t>
   </si>
@@ -9981,8959 +9984,8959 @@
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
         <v>232.0</v>
       </c>
       <c r="H237">
         <v>232.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>176</v>
       </c>
       <c r="D238">
         <v>2018</v>
       </c>
       <c r="E238" t="s">
-        <v>177</v>
+        <v>481</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="H238">
         <v>108.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E239" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239">
         <v>20.0</v>
       </c>
       <c r="H239">
         <v>20.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D240">
         <v>2022</v>
       </c>
       <c r="E240" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240">
         <v>348.0</v>
       </c>
       <c r="H240">
         <v>348.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>8</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D241">
         <v>2020</v>
       </c>
       <c r="E241" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241">
         <v>452.0</v>
       </c>
       <c r="H241">
         <v>452.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D242">
         <v>2022</v>
       </c>
       <c r="E242" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242">
         <v>322.0</v>
       </c>
       <c r="H242">
         <v>322.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D243">
         <v>2022</v>
       </c>
       <c r="E243" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243">
         <v>348.0</v>
       </c>
       <c r="H243">
         <v>348.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>231</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D244">
         <v>2023</v>
       </c>
       <c r="E244" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244">
         <v>232.0</v>
       </c>
       <c r="H244">
         <v>232.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D245">
         <v>2019</v>
       </c>
       <c r="E245" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
         <v>348.0</v>
       </c>
       <c r="H245">
         <v>348.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D246">
         <v>2018</v>
       </c>
       <c r="E246" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246">
         <v>452.0</v>
       </c>
       <c r="H246">
         <v>452.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D247">
         <v>21</v>
       </c>
       <c r="E247" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247">
         <v>80.0</v>
       </c>
       <c r="H247">
         <v>80.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D248">
         <v>1</v>
       </c>
       <c r="E248" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
         <v>20.0</v>
       </c>
       <c r="H248">
         <v>20.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>117</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D249">
         <v>2020</v>
       </c>
       <c r="E249" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
         <v>272.0</v>
       </c>
       <c r="H249">
         <v>272.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D250">
         <v>3</v>
       </c>
       <c r="E250" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
         <v>20.0</v>
       </c>
       <c r="H250">
         <v>20.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D251">
         <v>1</v>
       </c>
       <c r="E251" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
         <v>20.0</v>
       </c>
       <c r="H251">
         <v>20.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D252">
         <v>2017</v>
       </c>
       <c r="E252" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
         <v>234.0</v>
       </c>
       <c r="H252">
         <v>234.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D253">
         <v>1</v>
       </c>
       <c r="E253" t="s">
         <v>290</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253">
         <v>20.0</v>
       </c>
       <c r="H253">
         <v>20.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D254">
         <v>2020</v>
       </c>
       <c r="E254" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254">
         <v>90.0</v>
       </c>
       <c r="H254">
         <v>90.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D255">
         <v>2022</v>
       </c>
       <c r="E255" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255">
         <v>322.0</v>
       </c>
       <c r="H255">
         <v>322.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>117</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D256">
         <v>2019</v>
       </c>
       <c r="E256" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256">
         <v>452.0</v>
       </c>
       <c r="H256">
         <v>452.0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>8</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D257">
         <v>2018</v>
       </c>
       <c r="E257" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257">
         <v>488.0</v>
       </c>
       <c r="H257">
         <v>488.0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D258">
         <v>2021</v>
       </c>
       <c r="E258" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258">
         <v>488.0</v>
       </c>
       <c r="H258">
         <v>488.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D259">
         <v>2020</v>
       </c>
       <c r="E259" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259">
         <v>272.0</v>
       </c>
       <c r="H259">
         <v>272.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D260">
         <v>2018</v>
       </c>
       <c r="E260" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260">
         <v>348.0</v>
       </c>
       <c r="H260">
         <v>348.0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D261">
         <v>12</v>
       </c>
       <c r="E261" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261">
         <v>20.0</v>
       </c>
       <c r="H261">
         <v>20.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D262">
         <v>2002</v>
       </c>
       <c r="E262" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262">
         <v>166.0</v>
       </c>
       <c r="H262">
         <v>166.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D263">
         <v>2020</v>
       </c>
       <c r="E263" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263">
         <v>348.0</v>
       </c>
       <c r="H263">
         <v>348.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>8</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D264">
         <v>2003</v>
       </c>
       <c r="E264" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264">
         <v>272.0</v>
       </c>
       <c r="H264">
         <v>272.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D265">
         <v>2021</v>
       </c>
       <c r="E265" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265">
         <v>306.0</v>
       </c>
       <c r="H265">
         <v>306.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>8</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D266">
         <v>8</v>
       </c>
       <c r="E266" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266">
         <v>66.0</v>
       </c>
       <c r="H266">
         <v>66.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D267">
         <v>2018</v>
       </c>
       <c r="E267" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267">
         <v>272.0</v>
       </c>
       <c r="H267">
         <v>272.0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>8</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D268">
         <v>2019</v>
       </c>
       <c r="E268" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268">
         <v>322.0</v>
       </c>
       <c r="H268">
         <v>322.0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>8</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D269">
         <v>2021</v>
       </c>
       <c r="E269" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269">
         <v>272.0</v>
       </c>
       <c r="H269">
         <v>272.0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>8</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D270">
         <v>1992</v>
       </c>
       <c r="E270" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270">
         <v>322.0</v>
       </c>
       <c r="H270">
         <v>322.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>8</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D271">
         <v>4</v>
       </c>
       <c r="E271" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
       <c r="G271">
         <v>20.0</v>
       </c>
       <c r="H271">
         <v>20.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>8</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D272">
         <v>29</v>
       </c>
       <c r="E272" t="s">
         <v>272</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272">
         <v>20.0</v>
       </c>
       <c r="H272">
         <v>20.0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>8</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D273">
         <v>29</v>
       </c>
       <c r="E273" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
       <c r="G273">
         <v>20.0</v>
       </c>
       <c r="H273">
         <v>20.0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>8</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D274">
         <v>19</v>
       </c>
       <c r="E274" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274">
         <v>20.0</v>
       </c>
       <c r="H274">
         <v>20.0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>8</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D275">
         <v>2010</v>
       </c>
       <c r="E275" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
       <c r="G275">
         <v>348.0</v>
       </c>
       <c r="H275">
         <v>348.0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>8</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D276">
         <v>2021</v>
       </c>
       <c r="E276" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
       <c r="G276">
         <v>322.0</v>
       </c>
       <c r="H276">
         <v>322.0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>8</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D277">
         <v>2021</v>
       </c>
       <c r="E277" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277">
         <v>452.0</v>
       </c>
       <c r="H277">
         <v>452.0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>8</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D278">
         <v>2022</v>
       </c>
       <c r="E278" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278">
         <v>166.0</v>
       </c>
       <c r="H278">
         <v>166.0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>8</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E279" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F279" t="s">
         <v>12</v>
       </c>
       <c r="G279">
         <v>20.0</v>
       </c>
       <c r="H279">
         <v>20.0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>231</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D280">
         <v>2012</v>
       </c>
       <c r="E280" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
       <c r="G280">
         <v>488.0</v>
       </c>
       <c r="H280">
         <v>488.0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>8</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D281">
         <v>13</v>
       </c>
       <c r="E281" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F281" t="s">
         <v>12</v>
       </c>
       <c r="G281">
         <v>20.0</v>
       </c>
       <c r="H281">
         <v>20.0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>8</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D282">
         <v>2021</v>
       </c>
       <c r="E282" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F282" t="s">
         <v>12</v>
       </c>
       <c r="G282">
         <v>430.0</v>
       </c>
       <c r="H282">
         <v>430.0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>8</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D283">
         <v>15</v>
       </c>
       <c r="E283" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F283" t="s">
         <v>12</v>
       </c>
       <c r="G283">
         <v>20.0</v>
       </c>
       <c r="H283">
         <v>20.0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>8</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D284">
         <v>6</v>
       </c>
       <c r="E284" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F284" t="s">
         <v>12</v>
       </c>
       <c r="G284">
         <v>20.0</v>
       </c>
       <c r="H284">
         <v>20.0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>8</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D285">
         <v>2021</v>
       </c>
       <c r="E285" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F285" t="s">
         <v>12</v>
       </c>
       <c r="G285">
         <v>142.0</v>
       </c>
       <c r="H285">
         <v>142.0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>231</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D286">
         <v>2019</v>
       </c>
       <c r="E286" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F286" t="s">
         <v>12</v>
       </c>
       <c r="G286">
         <v>322.0</v>
       </c>
       <c r="H286">
         <v>322.0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>8</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D287">
         <v>2010</v>
       </c>
       <c r="E287" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F287" t="s">
         <v>12</v>
       </c>
       <c r="G287">
         <v>488.0</v>
       </c>
       <c r="H287">
         <v>488.0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>117</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D288">
         <v>2015</v>
       </c>
       <c r="E288" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288">
         <v>488.0</v>
       </c>
       <c r="H288">
         <v>488.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>8</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D289">
         <v>2018</v>
       </c>
       <c r="E289" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="F289" t="s">
         <v>12</v>
       </c>
       <c r="G289">
         <v>272.0</v>
       </c>
       <c r="H289">
         <v>272.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>8</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D290">
         <v>15</v>
       </c>
       <c r="E290" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F290" t="s">
         <v>12</v>
       </c>
       <c r="G290">
         <v>20.0</v>
       </c>
       <c r="H290">
         <v>20.0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>8</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D291">
         <v>2010</v>
       </c>
       <c r="E291" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F291" t="s">
         <v>12</v>
       </c>
       <c r="G291">
         <v>452.0</v>
       </c>
       <c r="H291">
         <v>452.0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>8</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D292">
         <v>2022</v>
       </c>
       <c r="E292" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F292" t="s">
         <v>12</v>
       </c>
       <c r="G292">
         <v>452.0</v>
       </c>
       <c r="H292">
         <v>452.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>231</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D293">
         <v>2019</v>
       </c>
       <c r="E293" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293">
         <v>348.0</v>
       </c>
       <c r="H293">
         <v>348.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D294">
         <v>2019</v>
       </c>
       <c r="E294" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294">
         <v>488.0</v>
       </c>
       <c r="H294">
         <v>488.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D295">
         <v>19</v>
       </c>
       <c r="E295" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295">
         <v>20.0</v>
       </c>
       <c r="H295">
         <v>20.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D296">
         <v>6</v>
       </c>
       <c r="E296" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296">
         <v>20.0</v>
       </c>
       <c r="H296">
         <v>20.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>8</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D297">
         <v>2019</v>
       </c>
       <c r="E297" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297">
         <v>272.0</v>
       </c>
       <c r="H297">
         <v>272.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D298">
         <v>2021</v>
       </c>
       <c r="E298" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
         <v>142.0</v>
       </c>
       <c r="H298">
         <v>142.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>8</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D299">
         <v>15</v>
       </c>
       <c r="E299" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299">
         <v>36.0</v>
       </c>
       <c r="H299">
         <v>36.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D300">
         <v>2015</v>
       </c>
       <c r="E300" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300">
         <v>452.0</v>
       </c>
       <c r="H300">
         <v>452.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>8</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D301">
         <v>5</v>
       </c>
       <c r="E301" t="s">
         <v>332</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301">
         <v>20.0</v>
       </c>
       <c r="H301">
         <v>20.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>8</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D302">
         <v>2021</v>
       </c>
       <c r="E302" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
         <v>326.0</v>
       </c>
       <c r="H302">
         <v>326.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>8</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D303">
         <v>2018</v>
       </c>
       <c r="E303" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
         <v>326.0</v>
       </c>
       <c r="H303">
         <v>326.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D304">
         <v>2022</v>
       </c>
       <c r="E304" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
         <v>232.0</v>
       </c>
       <c r="H304">
         <v>232.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D305">
         <v>2005</v>
       </c>
       <c r="E305" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
         <v>166.0</v>
       </c>
       <c r="H305">
         <v>166.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D306">
         <v>12</v>
       </c>
       <c r="E306" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
         <v>20.0</v>
       </c>
       <c r="H306">
         <v>20.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D307">
         <v>2018</v>
       </c>
       <c r="E307" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
         <v>234.0</v>
       </c>
       <c r="H307">
         <v>234.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D308">
         <v>2021</v>
       </c>
       <c r="E308" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
         <v>166.0</v>
       </c>
       <c r="H308">
         <v>166.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>231</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D309">
         <v>2019</v>
       </c>
       <c r="E309" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309">
         <v>452.0</v>
       </c>
       <c r="H309">
         <v>452.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D310">
         <v>2022</v>
       </c>
       <c r="E310" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
         <v>200.0</v>
       </c>
       <c r="H310">
         <v>200.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D311">
         <v>2022</v>
       </c>
       <c r="E311" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
         <v>452.0</v>
       </c>
       <c r="H311">
         <v>452.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D312">
         <v>12</v>
       </c>
       <c r="E312" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
         <v>20.0</v>
       </c>
       <c r="H312">
         <v>20.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D313">
         <v>26</v>
       </c>
       <c r="E313" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
         <v>20.0</v>
       </c>
       <c r="H313">
         <v>20.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D314">
         <v>15</v>
       </c>
       <c r="E314" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314">
         <v>20.0</v>
       </c>
       <c r="H314">
         <v>20.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>8</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D315">
         <v>25</v>
       </c>
       <c r="E315" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
         <v>36.0</v>
       </c>
       <c r="H315">
         <v>36.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D316">
         <v>2018</v>
       </c>
       <c r="E316" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
         <v>234.0</v>
       </c>
       <c r="H316">
         <v>234.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>117</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D317">
         <v>2018</v>
       </c>
       <c r="E317" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
         <v>232.0</v>
       </c>
       <c r="H317">
         <v>232.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>8</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D318">
         <v>20</v>
       </c>
       <c r="E318" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
         <v>36.0</v>
       </c>
       <c r="H318">
         <v>36.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D319">
         <v>2021</v>
       </c>
       <c r="E319" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
         <v>348.0</v>
       </c>
       <c r="H319">
         <v>348.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D320">
         <v>26</v>
       </c>
       <c r="E320" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
         <v>20.0</v>
       </c>
       <c r="H320">
         <v>20.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D321">
         <v>2023</v>
       </c>
       <c r="E321" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
         <v>382.0</v>
       </c>
       <c r="H321">
         <v>382.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>8</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D322">
         <v>2</v>
       </c>
       <c r="E322" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322">
         <v>20.0</v>
       </c>
       <c r="H322">
         <v>20.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D323">
         <v>2020</v>
       </c>
       <c r="E323" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323">
         <v>306.0</v>
       </c>
       <c r="H323">
         <v>306.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>231</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D324">
         <v>2023</v>
       </c>
       <c r="E324" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324">
         <v>326.0</v>
       </c>
       <c r="H324">
         <v>326.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D325">
         <v>4</v>
       </c>
       <c r="E325" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>8</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D326">
         <v>2021</v>
       </c>
       <c r="E326" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="F326" t="s">
         <v>12</v>
       </c>
       <c r="G326">
         <v>234.0</v>
       </c>
       <c r="H326">
         <v>234.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D327">
         <v>2017</v>
       </c>
       <c r="E327" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327">
         <v>232.0</v>
       </c>
       <c r="H327">
         <v>232.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D328">
         <v>2013</v>
       </c>
       <c r="E328" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328">
         <v>306.0</v>
       </c>
       <c r="H328">
         <v>306.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>407</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D329">
         <v>1998</v>
       </c>
       <c r="E329" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
         <v>348.0</v>
       </c>
       <c r="H329">
         <v>348.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>8</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D330">
         <v>2018</v>
       </c>
       <c r="E330" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
         <v>232.0</v>
       </c>
       <c r="H330">
         <v>232.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D331">
         <v>2018</v>
       </c>
       <c r="E331" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
         <v>232.0</v>
       </c>
       <c r="H331">
         <v>232.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>117</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D332">
         <v>2017</v>
       </c>
       <c r="E332" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
         <v>232.0</v>
       </c>
       <c r="H332">
         <v>232.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D333">
         <v>2012</v>
       </c>
       <c r="E333" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
         <v>322.0</v>
       </c>
       <c r="H333">
         <v>322.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>407</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D334">
         <v>1998</v>
       </c>
       <c r="E334" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
         <v>348.0</v>
       </c>
       <c r="H334">
         <v>348.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>231</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D335">
         <v>1992</v>
       </c>
       <c r="E335" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
         <v>166.0</v>
       </c>
       <c r="H335">
         <v>166.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D336">
         <v>2008</v>
       </c>
       <c r="E336" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
         <v>306.0</v>
       </c>
       <c r="H336">
         <v>306.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>231</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D337">
         <v>2012</v>
       </c>
       <c r="E337" t="s">
         <v>96</v>
       </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337">
         <v>348.0</v>
       </c>
       <c r="H337">
         <v>348.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>8</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D338">
         <v>2009</v>
       </c>
       <c r="E338" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="F338" t="s">
         <v>12</v>
       </c>
       <c r="G338">
         <v>322.0</v>
       </c>
       <c r="H338">
         <v>322.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D339">
         <v>2001</v>
       </c>
       <c r="E339" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339">
         <v>348.0</v>
       </c>
       <c r="H339">
         <v>348.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>8</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D340">
         <v>2017</v>
       </c>
       <c r="E340" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340">
         <v>166.0</v>
       </c>
       <c r="H340">
         <v>166.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>117</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D341">
         <v>2017</v>
       </c>
       <c r="E341" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341">
         <v>232.0</v>
       </c>
       <c r="H341">
         <v>232.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>117</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D342">
         <v>2011</v>
       </c>
       <c r="E342" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342">
         <v>348.0</v>
       </c>
       <c r="H342">
         <v>348.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>8</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D343">
         <v>1999</v>
       </c>
       <c r="E343" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343">
         <v>142.0</v>
       </c>
       <c r="H343">
         <v>142.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>117</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D344">
         <v>2001</v>
       </c>
       <c r="E344" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344">
         <v>272.0</v>
       </c>
       <c r="H344">
         <v>272.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>8</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D345">
         <v>2006</v>
       </c>
       <c r="E345" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345">
         <v>142.0</v>
       </c>
       <c r="H345">
         <v>142.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>231</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D346">
         <v>2004</v>
       </c>
       <c r="E346" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346">
         <v>232.0</v>
       </c>
       <c r="H346">
         <v>232.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>8</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D347">
         <v>2017</v>
       </c>
       <c r="E347" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347">
         <v>306.0</v>
       </c>
       <c r="H347">
         <v>306.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>8</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D348">
         <v>2003</v>
       </c>
       <c r="E348" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
         <v>232.0</v>
       </c>
       <c r="H348">
         <v>232.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>8</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D349">
         <v>2006</v>
       </c>
       <c r="E349" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349">
         <v>272.0</v>
       </c>
       <c r="H349">
         <v>272.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>8</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D350">
         <v>2008</v>
       </c>
       <c r="E350" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
         <v>272.0</v>
       </c>
       <c r="H350">
         <v>272.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>8</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D351">
         <v>2018</v>
       </c>
       <c r="E351" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
         <v>166.0</v>
       </c>
       <c r="H351">
         <v>166.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>117</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D352">
         <v>2011</v>
       </c>
       <c r="E352" t="s">
         <v>121</v>
       </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352">
         <v>348.0</v>
       </c>
       <c r="H352">
         <v>348.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>8</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D353">
         <v>2002</v>
       </c>
       <c r="E353" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353">
         <v>166.0</v>
       </c>
       <c r="H353">
         <v>166.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>117</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D354">
         <v>2006</v>
       </c>
       <c r="E354" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354">
         <v>348.0</v>
       </c>
       <c r="H354">
         <v>348.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>407</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D355">
         <v>1987</v>
       </c>
       <c r="E355" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="F355" t="s">
         <v>12</v>
       </c>
       <c r="G355">
         <v>142.0</v>
       </c>
       <c r="H355">
         <v>142.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>8</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D356">
         <v>2013</v>
       </c>
       <c r="E356" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="F356" t="s">
         <v>12</v>
       </c>
       <c r="G356">
         <v>322.0</v>
       </c>
       <c r="H356">
         <v>322.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>117</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D357">
         <v>1998</v>
       </c>
       <c r="E357" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357">
         <v>232.0</v>
       </c>
       <c r="H357">
         <v>232.0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>8</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D358">
         <v>2005</v>
       </c>
       <c r="E358" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="F358" t="s">
         <v>12</v>
       </c>
       <c r="G358">
         <v>306.0</v>
       </c>
       <c r="H358">
         <v>306.0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>117</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D359">
         <v>2007</v>
       </c>
       <c r="E359" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
       <c r="G359">
         <v>322.0</v>
       </c>
       <c r="H359">
         <v>322.0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>117</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D360">
         <v>2019</v>
       </c>
       <c r="E360" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360">
         <v>322.0</v>
       </c>
       <c r="H360">
         <v>322.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>8</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D361">
         <v>2002</v>
       </c>
       <c r="E361" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="F361" t="s">
         <v>12</v>
       </c>
       <c r="G361">
         <v>348.0</v>
       </c>
       <c r="H361">
         <v>348.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>8</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="D362">
         <v>2019</v>
       </c>
       <c r="E362" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="F362" t="s">
         <v>12</v>
       </c>
       <c r="G362">
         <v>348.0</v>
       </c>
       <c r="H362">
         <v>348.0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>231</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D363">
         <v>1996</v>
       </c>
       <c r="E363" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="F363" t="s">
         <v>12</v>
       </c>
       <c r="G363">
         <v>166.0</v>
       </c>
       <c r="H363">
         <v>166.0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>231</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D364">
         <v>2002</v>
       </c>
       <c r="E364" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="F364" t="s">
         <v>12</v>
       </c>
       <c r="G364">
         <v>272.0</v>
       </c>
       <c r="H364">
         <v>272.0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>8</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D365">
         <v>2010</v>
       </c>
       <c r="E365" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="F365" t="s">
         <v>12</v>
       </c>
       <c r="G365">
         <v>348.0</v>
       </c>
       <c r="H365">
         <v>348.0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>8</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D366">
         <v>2013</v>
       </c>
       <c r="E366" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F366" t="s">
         <v>12</v>
       </c>
       <c r="G366">
         <v>166.0</v>
       </c>
       <c r="H366">
         <v>166.0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>117</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D367">
         <v>2018</v>
       </c>
       <c r="E367" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="F367" t="s">
         <v>12</v>
       </c>
       <c r="G367">
         <v>272.0</v>
       </c>
       <c r="H367">
         <v>272.0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>8</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="E368" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F368" t="s">
         <v>12</v>
       </c>
       <c r="G368">
         <v>20.0</v>
       </c>
       <c r="H368">
         <v>20.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>8</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D369">
         <v>2</v>
       </c>
       <c r="E369" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
       <c r="G369">
         <v>20.0</v>
       </c>
       <c r="H369">
         <v>20.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>8</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D370">
         <v>2013</v>
       </c>
       <c r="E370" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="F370" t="s">
         <v>12</v>
       </c>
       <c r="G370">
         <v>166.0</v>
       </c>
       <c r="H370">
         <v>166.0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>8</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D371">
         <v>2</v>
       </c>
       <c r="E371" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="F371" t="s">
         <v>12</v>
       </c>
       <c r="G371">
         <v>20.0</v>
       </c>
       <c r="H371">
         <v>20.0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>8</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D372">
         <v>23</v>
       </c>
       <c r="E372" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F372" t="s">
         <v>12</v>
       </c>
       <c r="G372">
         <v>20.0</v>
       </c>
       <c r="H372">
         <v>20.0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>8</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D373">
         <v>4</v>
       </c>
       <c r="E373" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="F373" t="s">
         <v>12</v>
       </c>
       <c r="G373">
         <v>36.0</v>
       </c>
       <c r="H373">
         <v>36.0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>8</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D374">
         <v>2021</v>
       </c>
       <c r="E374" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="F374" t="s">
         <v>12</v>
       </c>
       <c r="G374">
         <v>232.0</v>
       </c>
       <c r="H374">
         <v>232.0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>8</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D375">
         <v>2004</v>
       </c>
       <c r="E375" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="F375" t="s">
         <v>12</v>
       </c>
       <c r="G375">
         <v>166.0</v>
       </c>
       <c r="H375">
         <v>166.0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>8</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
         <v>343</v>
       </c>
       <c r="D376">
         <v>2019</v>
       </c>
       <c r="E376" t="s">
         <v>344</v>
       </c>
       <c r="F376" t="s">
         <v>12</v>
       </c>
       <c r="G376">
         <v>326.0</v>
       </c>
       <c r="H376">
         <v>326.0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>8</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D377">
         <v>17</v>
       </c>
       <c r="E377" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="F377" t="s">
         <v>12</v>
       </c>
       <c r="G377">
         <v>20.0</v>
       </c>
       <c r="H377">
         <v>20.0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>8</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D378">
         <v>2021</v>
       </c>
       <c r="E378" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="F378" t="s">
         <v>12</v>
       </c>
       <c r="G378">
         <v>348.0</v>
       </c>
       <c r="H378">
         <v>348.0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>8</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D379">
         <v>31</v>
       </c>
       <c r="E379" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F379" t="s">
         <v>12</v>
       </c>
       <c r="G379">
         <v>80.0</v>
       </c>
       <c r="H379">
         <v>80.0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>8</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D380">
         <v>2022</v>
       </c>
       <c r="E380" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="F380" t="s">
         <v>12</v>
       </c>
       <c r="G380">
         <v>50.0</v>
       </c>
       <c r="H380">
         <v>50.0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>8</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D381">
         <v>2021</v>
       </c>
       <c r="E381" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F381" t="s">
         <v>12</v>
       </c>
       <c r="G381">
         <v>232.0</v>
       </c>
       <c r="H381">
         <v>232.0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>117</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D382">
         <v>2018</v>
       </c>
       <c r="E382" t="s">
         <v>22</v>
       </c>
       <c r="F382" t="s">
         <v>12</v>
       </c>
       <c r="G382">
         <v>272.0</v>
       </c>
       <c r="H382">
         <v>272.0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>8</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D383">
         <v>2022</v>
       </c>
       <c r="E383" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="F383" t="s">
         <v>12</v>
       </c>
       <c r="G383">
         <v>326.0</v>
       </c>
       <c r="H383">
         <v>326.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>8</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D384">
         <v>2020</v>
       </c>
       <c r="E384" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F384" t="s">
         <v>12</v>
       </c>
       <c r="G384">
         <v>348.0</v>
       </c>
       <c r="H384">
         <v>348.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>8</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D385">
         <v>4</v>
       </c>
       <c r="E385" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385">
         <v>20.0</v>
       </c>
       <c r="H385">
         <v>20.0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>407</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D386">
         <v>2019</v>
       </c>
       <c r="E386" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="F386" t="s">
         <v>12</v>
       </c>
       <c r="G386">
         <v>348.0</v>
       </c>
       <c r="H386">
         <v>348.0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>231</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D387">
         <v>2021</v>
       </c>
       <c r="E387" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="F387" t="s">
         <v>12</v>
       </c>
       <c r="G387">
         <v>232.0</v>
       </c>
       <c r="H387">
         <v>232.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>8</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D388">
         <v>2017</v>
       </c>
       <c r="E388" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="F388" t="s">
         <v>12</v>
       </c>
       <c r="G388">
         <v>326.0</v>
       </c>
       <c r="H388">
         <v>326.0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>8</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D389">
         <v>22</v>
       </c>
       <c r="E389" t="s">
         <v>459</v>
       </c>
       <c r="F389" t="s">
         <v>12</v>
       </c>
       <c r="G389">
         <v>36.0</v>
       </c>
       <c r="H389">
         <v>36.0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>8</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D390">
         <v>1</v>
       </c>
       <c r="E390" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F390" t="s">
         <v>12</v>
       </c>
       <c r="G390">
         <v>36.0</v>
       </c>
       <c r="H390">
         <v>36.0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>8</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D391">
         <v>2015</v>
       </c>
       <c r="E391" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="F391" t="s">
         <v>12</v>
       </c>
       <c r="G391">
         <v>232.0</v>
       </c>
       <c r="H391">
         <v>232.0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>117</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D392">
         <v>2018</v>
       </c>
       <c r="E392" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F392" t="s">
         <v>12</v>
       </c>
       <c r="G392">
         <v>382.0</v>
       </c>
       <c r="H392">
         <v>382.0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>8</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D393">
         <v>2018</v>
       </c>
       <c r="E393" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="F393" t="s">
         <v>12</v>
       </c>
       <c r="G393">
         <v>488.0</v>
       </c>
       <c r="H393">
         <v>488.0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>8</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D394">
         <v>2022</v>
       </c>
       <c r="E394" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="F394" t="s">
         <v>12</v>
       </c>
       <c r="G394">
         <v>272.0</v>
       </c>
       <c r="H394">
         <v>272.0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>8</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D395">
         <v>2018</v>
       </c>
       <c r="E395" t="s">
         <v>177</v>
       </c>
       <c r="F395" t="s">
         <v>12</v>
       </c>
       <c r="G395">
         <v>5.0</v>
       </c>
       <c r="H395">
         <v>5.0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>8</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D396">
         <v>2022</v>
       </c>
       <c r="E396" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F396" t="s">
         <v>12</v>
       </c>
       <c r="G396">
         <v>142.0</v>
       </c>
       <c r="H396">
         <v>142.0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>8</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D397">
         <v>2018</v>
       </c>
       <c r="E397" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="F397" t="s">
         <v>12</v>
       </c>
       <c r="G397">
         <v>234.0</v>
       </c>
       <c r="H397">
         <v>234.0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>8</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D398">
         <v>20</v>
       </c>
       <c r="E398" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="F398" t="s">
         <v>12</v>
       </c>
       <c r="G398">
         <v>20.0</v>
       </c>
       <c r="H398">
         <v>20.0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>117</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D399">
         <v>2017</v>
       </c>
       <c r="E399" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="F399" t="s">
         <v>12</v>
       </c>
       <c r="G399">
         <v>326.0</v>
       </c>
       <c r="H399">
         <v>326.0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>8</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D400">
         <v>2021</v>
       </c>
       <c r="E400" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="F400" t="s">
         <v>12</v>
       </c>
       <c r="G400">
         <v>306.0</v>
       </c>
       <c r="H400">
         <v>306.0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>8</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D401">
         <v>22</v>
       </c>
       <c r="E401" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="F401" t="s">
         <v>12</v>
       </c>
       <c r="G401">
         <v>20.0</v>
       </c>
       <c r="H401">
         <v>20.0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>8</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D402">
         <v>2021</v>
       </c>
       <c r="E402" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="F402" t="s">
         <v>12</v>
       </c>
       <c r="G402">
         <v>306.0</v>
       </c>
       <c r="H402">
         <v>306.0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>8</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D403">
         <v>10</v>
       </c>
       <c r="E403" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F403" t="s">
         <v>12</v>
       </c>
       <c r="G403">
         <v>20.0</v>
       </c>
       <c r="H403">
         <v>20.0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>8</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D404">
         <v>15</v>
       </c>
       <c r="E404" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
       <c r="G404">
         <v>20.0</v>
       </c>
       <c r="H404">
         <v>20.0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>8</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D405">
         <v>2018</v>
       </c>
       <c r="E405" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="F405" t="s">
         <v>12</v>
       </c>
       <c r="G405">
         <v>166.0</v>
       </c>
       <c r="H405">
         <v>166.0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>8</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="D406">
         <v>2018</v>
       </c>
       <c r="E406" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F406" t="s">
         <v>12</v>
       </c>
       <c r="G406">
         <v>34.0</v>
       </c>
       <c r="H406">
         <v>34.0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>231</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D407">
         <v>1988</v>
       </c>
       <c r="E407" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F407" t="s">
         <v>12</v>
       </c>
       <c r="G407">
         <v>232.0</v>
       </c>
       <c r="H407">
         <v>232.0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>8</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D408">
         <v>1997</v>
       </c>
       <c r="E408" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="F408" t="s">
         <v>12</v>
       </c>
       <c r="G408">
         <v>166.0</v>
       </c>
       <c r="H408">
         <v>166.0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>8</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D409">
         <v>2014</v>
       </c>
       <c r="E409" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="F409" t="s">
         <v>12</v>
       </c>
       <c r="G409">
         <v>272.0</v>
       </c>
       <c r="H409">
         <v>272.0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>8</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D410">
         <v>2008</v>
       </c>
       <c r="E410" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="F410" t="s">
         <v>12</v>
       </c>
       <c r="G410">
         <v>232.0</v>
       </c>
       <c r="H410">
         <v>232.0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>8</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D411">
         <v>2014</v>
       </c>
       <c r="E411" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="F411" t="s">
         <v>12</v>
       </c>
       <c r="G411">
         <v>322.0</v>
       </c>
       <c r="H411">
         <v>322.0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>8</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D412">
         <v>2005</v>
       </c>
       <c r="E412" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F412" t="s">
         <v>12</v>
       </c>
       <c r="G412">
         <v>272.0</v>
       </c>
       <c r="H412">
         <v>272.0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>407</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D413">
         <v>1996</v>
       </c>
       <c r="E413" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="F413" t="s">
         <v>12</v>
       </c>
       <c r="G413">
         <v>232.0</v>
       </c>
       <c r="H413">
         <v>232.0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>8</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="D414">
         <v>1991</v>
       </c>
       <c r="E414" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="F414" t="s">
         <v>12</v>
       </c>
       <c r="G414">
         <v>142.0</v>
       </c>
       <c r="H414">
         <v>142.0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>231</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D415">
         <v>2018</v>
       </c>
       <c r="E415" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="F415" t="s">
         <v>12</v>
       </c>
       <c r="G415">
         <v>322.0</v>
       </c>
       <c r="H415">
         <v>322.0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>8</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D416">
         <v>2009</v>
       </c>
       <c r="E416" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="F416" t="s">
         <v>12</v>
       </c>
       <c r="G416">
         <v>142.0</v>
       </c>
       <c r="H416">
         <v>142.0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>231</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D417">
         <v>2011</v>
       </c>
       <c r="E417" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="F417" t="s">
         <v>12</v>
       </c>
       <c r="G417">
         <v>166.0</v>
       </c>
       <c r="H417">
         <v>166.0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>8</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D418">
         <v>2010</v>
       </c>
       <c r="E418" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="F418" t="s">
         <v>12</v>
       </c>
       <c r="G418">
         <v>232.0</v>
       </c>
       <c r="H418">
         <v>232.0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>8</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D419">
         <v>2018</v>
       </c>
       <c r="E419" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F419" t="s">
         <v>12</v>
       </c>
       <c r="G419">
         <v>166.0</v>
       </c>
       <c r="H419">
         <v>166.0</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>8</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D420">
         <v>2000</v>
       </c>
       <c r="E420" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F420" t="s">
         <v>12</v>
       </c>
       <c r="G420">
         <v>166.0</v>
       </c>
       <c r="H420">
         <v>166.0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>8</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D421">
         <v>2008</v>
       </c>
       <c r="E421" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F421" t="s">
         <v>12</v>
       </c>
       <c r="G421">
         <v>232.0</v>
       </c>
       <c r="H421">
         <v>232.0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>8</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="E422" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="F422" t="s">
         <v>12</v>
       </c>
       <c r="G422">
         <v>20.0</v>
       </c>
       <c r="H422">
         <v>20.0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>117</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D423">
         <v>2015</v>
       </c>
       <c r="E423" t="s">
         <v>48</v>
       </c>
       <c r="F423" t="s">
         <v>12</v>
       </c>
       <c r="G423">
         <v>232.0</v>
       </c>
       <c r="H423">
         <v>232.0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>8</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D424">
         <v>2004</v>
       </c>
       <c r="E424" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="F424" t="s">
         <v>12</v>
       </c>
       <c r="G424">
         <v>166.0</v>
       </c>
       <c r="H424">
         <v>166.0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>117</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D425">
         <v>2017</v>
       </c>
       <c r="E425" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="F425" t="s">
         <v>12</v>
       </c>
       <c r="G425">
         <v>272.0</v>
       </c>
       <c r="H425">
         <v>272.0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>8</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D426">
         <v>2009</v>
       </c>
       <c r="E426" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F426" t="s">
         <v>12</v>
       </c>
       <c r="G426">
         <v>322.0</v>
       </c>
       <c r="H426">
         <v>322.0</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>8</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D427">
         <v>4</v>
       </c>
       <c r="E427" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="F427" t="s">
         <v>12</v>
       </c>
       <c r="G427">
         <v>36.0</v>
       </c>
       <c r="H427">
         <v>36.0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>8</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D428">
         <v>2010</v>
       </c>
       <c r="E428" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="F428" t="s">
         <v>12</v>
       </c>
       <c r="G428">
         <v>348.0</v>
       </c>
       <c r="H428">
         <v>348.0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>8</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D429">
         <v>2007</v>
       </c>
       <c r="E429" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="F429" t="s">
         <v>12</v>
       </c>
       <c r="G429">
         <v>322.0</v>
       </c>
       <c r="H429">
         <v>322.0</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>117</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D430">
         <v>2011</v>
       </c>
       <c r="E430" t="s">
         <v>123</v>
       </c>
       <c r="F430" t="s">
         <v>12</v>
       </c>
       <c r="G430">
         <v>348.0</v>
       </c>
       <c r="H430">
         <v>348.0</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>117</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="D431">
         <v>2004</v>
       </c>
       <c r="E431" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="F431" t="s">
         <v>12</v>
       </c>
       <c r="G431">
         <v>142.0</v>
       </c>
       <c r="H431">
         <v>142.0</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>8</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D432">
         <v>25</v>
       </c>
       <c r="E432" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="F432" t="s">
         <v>12</v>
       </c>
       <c r="G432">
         <v>20.0</v>
       </c>
       <c r="H432">
         <v>20.0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>8</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="D433">
         <v>2019</v>
       </c>
       <c r="E433" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="F433" t="s">
         <v>12</v>
       </c>
       <c r="G433">
         <v>272.0</v>
       </c>
       <c r="H433">
         <v>272.0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>117</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D434">
         <v>2018</v>
       </c>
       <c r="E434" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="F434" t="s">
         <v>12</v>
       </c>
       <c r="G434">
         <v>232.0</v>
       </c>
       <c r="H434">
         <v>232.0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>8</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D435">
         <v>2020</v>
       </c>
       <c r="E435" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="F435" t="s">
         <v>12</v>
       </c>
       <c r="G435">
         <v>232.0</v>
       </c>
       <c r="H435">
         <v>232.0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>117</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D436">
         <v>2004</v>
       </c>
       <c r="E436" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="F436" t="s">
         <v>12</v>
       </c>
       <c r="G436">
         <v>348.0</v>
       </c>
       <c r="H436">
         <v>348.0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>407</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D437">
         <v>1991</v>
       </c>
       <c r="E437" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="F437" t="s">
         <v>12</v>
       </c>
       <c r="G437">
         <v>232.0</v>
       </c>
       <c r="H437">
         <v>232.0</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>117</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D438">
         <v>2011</v>
       </c>
       <c r="E438" t="s">
         <v>119</v>
       </c>
       <c r="F438" t="s">
         <v>12</v>
       </c>
       <c r="G438">
         <v>348.0</v>
       </c>
       <c r="H438">
         <v>348.0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>8</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D439">
         <v>2004</v>
       </c>
       <c r="E439" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="F439" t="s">
         <v>12</v>
       </c>
       <c r="G439">
         <v>158.0</v>
       </c>
       <c r="H439">
         <v>158.0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>8</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D440">
         <v>2018</v>
       </c>
       <c r="E440" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="F440" t="s">
         <v>12</v>
       </c>
       <c r="G440">
         <v>166.0</v>
       </c>
       <c r="H440">
         <v>166.0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>8</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D441">
         <v>2010</v>
       </c>
       <c r="E441" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="F441" t="s">
         <v>12</v>
       </c>
       <c r="G441">
         <v>232.0</v>
       </c>
       <c r="H441">
         <v>232.0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>8</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D442">
         <v>2009</v>
       </c>
       <c r="E442" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442">
         <v>322.0</v>
       </c>
       <c r="H442">
         <v>322.0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>8</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D443">
         <v>22</v>
       </c>
       <c r="E443" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="F443" t="s">
         <v>12</v>
       </c>
       <c r="G443">
         <v>20.0</v>
       </c>
       <c r="H443">
         <v>20.0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>8</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D444">
         <v>1999</v>
       </c>
       <c r="E444" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="F444" t="s">
         <v>12</v>
       </c>
       <c r="G444">
         <v>322.0</v>
       </c>
       <c r="H444">
         <v>322.0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>117</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D445">
         <v>1996</v>
       </c>
       <c r="E445" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="F445" t="s">
         <v>12</v>
       </c>
       <c r="G445">
         <v>272.0</v>
       </c>
       <c r="H445">
         <v>272.0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>8</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="D446">
         <v>2010</v>
       </c>
       <c r="E446" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="F446" t="s">
         <v>12</v>
       </c>
       <c r="G446">
         <v>272.0</v>
       </c>
       <c r="H446">
         <v>272.0</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>8</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D447">
         <v>22</v>
       </c>
       <c r="E447" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="F447" t="s">
         <v>12</v>
       </c>
       <c r="G447">
         <v>20.0</v>
       </c>
       <c r="H447">
         <v>20.0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>8</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="E448" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="F448" t="s">
         <v>12</v>
       </c>
       <c r="G448">
         <v>20.0</v>
       </c>
       <c r="H448">
         <v>20.0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>8</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D449">
         <v>2004</v>
       </c>
       <c r="E449" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="F449" t="s">
         <v>12</v>
       </c>
       <c r="G449">
         <v>322.0</v>
       </c>
       <c r="H449">
         <v>322.0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>8</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D450">
         <v>2020</v>
       </c>
       <c r="E450" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="F450" t="s">
         <v>12</v>
       </c>
       <c r="G450">
         <v>322.0</v>
       </c>
       <c r="H450">
         <v>322.0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>8</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="D451">
         <v>13</v>
       </c>
       <c r="E451" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="F451" t="s">
         <v>12</v>
       </c>
       <c r="G451">
         <v>20.0</v>
       </c>
       <c r="H451">
         <v>20.0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>8</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D452">
         <v>2019</v>
       </c>
       <c r="E452" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="F452" t="s">
         <v>12</v>
       </c>
       <c r="G452">
         <v>348.0</v>
       </c>
       <c r="H452">
         <v>348.0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>8</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="D453">
         <v>2008</v>
       </c>
       <c r="E453" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="F453" t="s">
         <v>12</v>
       </c>
       <c r="G453">
         <v>232.0</v>
       </c>
       <c r="H453">
         <v>232.0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>8</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D454">
         <v>13</v>
       </c>
       <c r="E454" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="F454" t="s">
         <v>12</v>
       </c>
       <c r="G454">
         <v>36.0</v>
       </c>
       <c r="H454">
         <v>36.0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>231</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="D455">
         <v>2007</v>
       </c>
       <c r="E455" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="F455" t="s">
         <v>12</v>
       </c>
       <c r="G455">
         <v>166.0</v>
       </c>
       <c r="H455">
         <v>166.0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>8</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D456">
         <v>1997</v>
       </c>
       <c r="E456" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="F456" t="s">
         <v>12</v>
       </c>
       <c r="G456">
         <v>232.0</v>
       </c>
       <c r="H456">
         <v>232.0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>8</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="E457" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="F457" t="s">
         <v>12</v>
       </c>
       <c r="G457">
         <v>20.0</v>
       </c>
       <c r="H457">
         <v>20.0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>8</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D458">
         <v>29</v>
       </c>
       <c r="E458" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="F458" t="s">
         <v>12</v>
       </c>
       <c r="G458">
         <v>36.0</v>
       </c>
       <c r="H458">
         <v>36.0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>8</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D459">
         <v>2020</v>
       </c>
       <c r="E459" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="F459" t="s">
         <v>12</v>
       </c>
       <c r="G459">
         <v>272.0</v>
       </c>
       <c r="H459">
         <v>272.0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>8</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D460">
         <v>2020</v>
       </c>
       <c r="E460" t="s">
         <v>180</v>
       </c>
       <c r="F460" t="s">
         <v>12</v>
       </c>
       <c r="G460">
         <v>348.0</v>
       </c>
       <c r="H460">
         <v>348.0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>8</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D461">
         <v>2011</v>
       </c>
       <c r="E461" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="F461" t="s">
         <v>12</v>
       </c>
       <c r="G461">
         <v>348.0</v>
       </c>
       <c r="H461">
         <v>348.0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>117</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D462">
         <v>2015</v>
       </c>
       <c r="E462" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F462" t="s">
         <v>12</v>
       </c>
       <c r="G462">
         <v>166.0</v>
       </c>
       <c r="H462">
         <v>166.0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>8</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D463">
         <v>26</v>
       </c>
       <c r="E463" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="F463" t="s">
         <v>12</v>
       </c>
       <c r="G463">
         <v>20.0</v>
       </c>
       <c r="H463">
         <v>20.0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>8</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="D464">
         <v>2013</v>
       </c>
       <c r="E464" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="F464" t="s">
         <v>12</v>
       </c>
       <c r="G464">
         <v>322.0</v>
       </c>
       <c r="H464">
         <v>322.0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>8</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D465">
         <v>2020</v>
       </c>
       <c r="E465" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F465" t="s">
         <v>12</v>
       </c>
       <c r="G465">
         <v>272.0</v>
       </c>
       <c r="H465">
         <v>272.0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>8</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D466">
         <v>2008</v>
       </c>
       <c r="E466" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="F466" t="s">
         <v>12</v>
       </c>
       <c r="G466">
         <v>142.0</v>
       </c>
       <c r="H466">
         <v>142.0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>8</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D467">
         <v>4</v>
       </c>
       <c r="E467" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="F467" t="s">
         <v>12</v>
       </c>
       <c r="G467">
         <v>20.0</v>
       </c>
       <c r="H467">
         <v>20.0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>407</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D468">
         <v>1998</v>
       </c>
       <c r="E468" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="F468" t="s">
         <v>12</v>
       </c>
       <c r="G468">
         <v>348.0</v>
       </c>
       <c r="H468">
         <v>348.0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>117</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D469">
         <v>2008</v>
       </c>
       <c r="E469" t="s">
         <v>68</v>
       </c>
       <c r="F469" t="s">
         <v>12</v>
       </c>
       <c r="G469">
         <v>348.0</v>
       </c>
       <c r="H469">
         <v>348.0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>8</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D470">
         <v>8</v>
       </c>
       <c r="E470" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F470" t="s">
         <v>12</v>
       </c>
       <c r="G470">
         <v>20.0</v>
       </c>
       <c r="H470">
         <v>20.0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>8</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D471">
         <v>2004</v>
       </c>
       <c r="E471" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="F471" t="s">
         <v>12</v>
       </c>
       <c r="G471">
         <v>166.0</v>
       </c>
       <c r="H471">
         <v>166.0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>8</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D472">
         <v>2001</v>
       </c>
       <c r="E472" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="F472" t="s">
         <v>12</v>
       </c>
       <c r="G472">
         <v>272.0</v>
       </c>
       <c r="H472">
         <v>272.0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>407</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D473">
         <v>1993</v>
       </c>
       <c r="E473" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="F473" t="s">
         <v>12</v>
       </c>
       <c r="G473">
         <v>232.0</v>
       </c>
       <c r="H473">
         <v>232.0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>407</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="D474">
         <v>1989</v>
       </c>
       <c r="E474" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F474" t="s">
         <v>12</v>
       </c>
       <c r="G474">
         <v>142.0</v>
       </c>
       <c r="H474">
         <v>142.0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>117</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D475">
         <v>2016</v>
       </c>
       <c r="E475" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="F475" t="s">
         <v>12</v>
       </c>
       <c r="G475">
         <v>166.0</v>
       </c>
       <c r="H475">
         <v>166.0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>8</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D476">
         <v>2011</v>
       </c>
       <c r="E476" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="F476" t="s">
         <v>12</v>
       </c>
       <c r="G476">
         <v>272.0</v>
       </c>
       <c r="H476">
         <v>272.0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>8</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D477">
         <v>2014</v>
       </c>
       <c r="E477" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="F477" t="s">
         <v>12</v>
       </c>
       <c r="G477">
         <v>272.0</v>
       </c>
       <c r="H477">
         <v>272.0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>8</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D478">
         <v>2002</v>
       </c>
       <c r="E478" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="F478" t="s">
         <v>12</v>
       </c>
       <c r="G478">
         <v>348.0</v>
       </c>
       <c r="H478">
         <v>348.0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>8</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D479">
         <v>2015</v>
       </c>
       <c r="E479" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="F479" t="s">
         <v>12</v>
       </c>
       <c r="G479">
         <v>232.0</v>
       </c>
       <c r="H479">
         <v>232.0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>8</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D480">
         <v>2016</v>
       </c>
       <c r="E480" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="F480" t="s">
         <v>12</v>
       </c>
       <c r="G480">
         <v>272.0</v>
       </c>
       <c r="H480">
         <v>272.0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>231</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D481">
         <v>2013</v>
       </c>
       <c r="E481" t="s">
         <v>36</v>
       </c>
       <c r="F481" t="s">
         <v>12</v>
       </c>
       <c r="G481">
         <v>142.0</v>
       </c>
       <c r="H481">
         <v>142.0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>117</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D482">
         <v>1995</v>
       </c>
       <c r="E482" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="F482" t="s">
         <v>12</v>
       </c>
       <c r="G482">
         <v>232.0</v>
       </c>
       <c r="H482">
         <v>232.0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>231</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D483">
         <v>1998</v>
       </c>
       <c r="E483" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="F483" t="s">
         <v>12</v>
       </c>
       <c r="G483">
         <v>348.0</v>
       </c>
       <c r="H483">
         <v>348.0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>8</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D484">
         <v>2008</v>
       </c>
       <c r="E484" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="F484" t="s">
         <v>12</v>
       </c>
       <c r="G484">
         <v>166.0</v>
       </c>
       <c r="H484">
         <v>166.0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>407</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D485">
         <v>2002</v>
       </c>
       <c r="E485" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="F485" t="s">
         <v>12</v>
       </c>
       <c r="G485">
         <v>232.0</v>
       </c>
       <c r="H485">
         <v>232.0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>8</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D486">
         <v>2018</v>
       </c>
       <c r="E486" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="F486" t="s">
         <v>12</v>
       </c>
       <c r="G486">
         <v>348.0</v>
       </c>
       <c r="H486">
         <v>348.0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>8</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D487">
         <v>2012</v>
       </c>
       <c r="E487" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="F487" t="s">
         <v>12</v>
       </c>
       <c r="G487">
         <v>272.0</v>
       </c>
       <c r="H487">
         <v>272.0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>8</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D488">
         <v>2015</v>
       </c>
       <c r="E488" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="F488" t="s">
         <v>12</v>
       </c>
       <c r="G488">
         <v>272.0</v>
       </c>
       <c r="H488">
         <v>272.0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>8</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D489">
         <v>2019</v>
       </c>
       <c r="E489" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F489" t="s">
         <v>12</v>
       </c>
       <c r="G489">
         <v>348.0</v>
       </c>
       <c r="H489">
         <v>348.0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>117</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D490">
         <v>2004</v>
       </c>
       <c r="E490" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="F490" t="s">
         <v>12</v>
       </c>
       <c r="G490">
         <v>142.0</v>
       </c>
       <c r="H490">
         <v>142.0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>8</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="E491" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="F491" t="s">
         <v>12</v>
       </c>
       <c r="G491">
         <v>20.0</v>
       </c>
       <c r="H491">
         <v>20.0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>8</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D492">
         <v>2010</v>
       </c>
       <c r="E492" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="F492" t="s">
         <v>12</v>
       </c>
       <c r="G492">
         <v>348.0</v>
       </c>
       <c r="H492">
         <v>348.0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>8</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D493">
         <v>2015</v>
       </c>
       <c r="E493" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="F493" t="s">
         <v>12</v>
       </c>
       <c r="G493">
         <v>322.0</v>
       </c>
       <c r="H493">
         <v>322.0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>8</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D494">
         <v>1999</v>
       </c>
       <c r="E494" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="F494" t="s">
         <v>12</v>
       </c>
       <c r="G494">
         <v>166.0</v>
       </c>
       <c r="H494">
         <v>166.0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>8</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D495">
         <v>2014</v>
       </c>
       <c r="E495" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="F495" t="s">
         <v>12</v>
       </c>
       <c r="G495">
         <v>166.0</v>
       </c>
       <c r="H495">
         <v>166.0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>8</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D496">
         <v>2010</v>
       </c>
       <c r="E496" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="F496" t="s">
         <v>12</v>
       </c>
       <c r="G496">
         <v>306.0</v>
       </c>
       <c r="H496">
         <v>306.0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>8</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D497">
         <v>30</v>
       </c>
       <c r="E497" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F497" t="s">
         <v>12</v>
       </c>
       <c r="G497">
         <v>20.0</v>
       </c>
       <c r="H497">
         <v>20.0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>231</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D498">
         <v>2012</v>
       </c>
       <c r="E498" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="F498" t="s">
         <v>12</v>
       </c>
       <c r="G498">
         <v>348.0</v>
       </c>
       <c r="H498">
         <v>348.0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>8</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D499">
         <v>2013</v>
       </c>
       <c r="E499" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F499" t="s">
         <v>12</v>
       </c>
       <c r="G499">
         <v>272.0</v>
       </c>
       <c r="H499">
         <v>272.0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>8</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D500">
         <v>2013</v>
       </c>
       <c r="E500" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="F500" t="s">
         <v>12</v>
       </c>
       <c r="G500">
         <v>166.0</v>
       </c>
       <c r="H500">
         <v>166.0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>8</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D501">
         <v>1993</v>
       </c>
       <c r="E501" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="F501" t="s">
         <v>12</v>
       </c>
       <c r="G501">
         <v>348.0</v>
       </c>
       <c r="H501">
         <v>348.0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>8</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D502">
         <v>2015</v>
       </c>
       <c r="E502" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="F502" t="s">
         <v>12</v>
       </c>
       <c r="G502">
         <v>58.0</v>
       </c>
       <c r="H502">
         <v>58.0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>117</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D503">
         <v>2007</v>
       </c>
       <c r="E503" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="F503" t="s">
         <v>12</v>
       </c>
       <c r="G503">
         <v>142.0</v>
       </c>
       <c r="H503">
         <v>142.0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>231</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D504">
         <v>2017</v>
       </c>
       <c r="E504" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="F504" t="s">
         <v>12</v>
       </c>
       <c r="G504">
         <v>166.0</v>
       </c>
       <c r="H504">
         <v>166.0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>8</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D505">
         <v>2016</v>
       </c>
       <c r="E505" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="F505" t="s">
         <v>12</v>
       </c>
       <c r="G505">
         <v>232.0</v>
       </c>
       <c r="H505">
         <v>232.0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>8</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D506">
         <v>2021</v>
       </c>
       <c r="E506" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="F506" t="s">
         <v>12</v>
       </c>
       <c r="G506">
         <v>166.0</v>
       </c>
       <c r="H506">
         <v>166.0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>117</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D507">
         <v>2017</v>
       </c>
       <c r="E507" t="s">
         <v>38</v>
       </c>
       <c r="F507" t="s">
         <v>12</v>
       </c>
       <c r="G507">
         <v>272.0</v>
       </c>
       <c r="H507">
         <v>272.0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>117</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D508">
         <v>2002</v>
       </c>
       <c r="E508" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="F508" t="s">
         <v>12</v>
       </c>
       <c r="G508">
         <v>166.0</v>
       </c>
       <c r="H508">
         <v>166.0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>407</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D509">
         <v>1984</v>
       </c>
       <c r="E509" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="F509" t="s">
         <v>12</v>
       </c>
       <c r="G509">
         <v>142.0</v>
       </c>
       <c r="H509">
         <v>142.0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>8</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D510">
         <v>2019</v>
       </c>
       <c r="E510" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="F510" t="s">
         <v>12</v>
       </c>
       <c r="G510">
         <v>348.0</v>
       </c>
       <c r="H510">
         <v>348.0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>8</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="D511">
         <v>2010</v>
       </c>
       <c r="E511" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="F511" t="s">
         <v>12</v>
       </c>
       <c r="G511">
         <v>322.0</v>
       </c>
       <c r="H511">
         <v>322.0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>8</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="D512">
         <v>2015</v>
       </c>
       <c r="E512" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="F512" t="s">
         <v>12</v>
       </c>
       <c r="G512">
         <v>322.0</v>
       </c>
       <c r="H512">
         <v>322.0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>8</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D513">
         <v>2006</v>
       </c>
       <c r="E513" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F513" t="s">
         <v>12</v>
       </c>
       <c r="G513">
         <v>348.0</v>
       </c>
       <c r="H513">
         <v>348.0</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>8</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D514">
         <v>2008</v>
       </c>
       <c r="E514" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="F514" t="s">
         <v>12</v>
       </c>
       <c r="G514">
         <v>232.0</v>
       </c>
       <c r="H514">
         <v>232.0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>8</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="D515">
         <v>30</v>
       </c>
       <c r="E515" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="F515" t="s">
         <v>12</v>
       </c>
       <c r="G515">
         <v>20.0</v>
       </c>
       <c r="H515">
         <v>20.0</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>407</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D516">
         <v>2014</v>
       </c>
       <c r="E516" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="F516" t="s">
         <v>12</v>
       </c>
       <c r="G516">
         <v>166.0</v>
       </c>
       <c r="H516">
         <v>166.0</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>8</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D517">
         <v>2007</v>
       </c>
       <c r="E517" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="F517" t="s">
         <v>12</v>
       </c>
       <c r="G517">
         <v>306.0</v>
       </c>
       <c r="H517">
         <v>306.0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>8</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D518">
         <v>2016</v>
       </c>
       <c r="E518" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F518" t="s">
         <v>12</v>
       </c>
       <c r="G518">
         <v>322.0</v>
       </c>
       <c r="H518">
         <v>322.0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>8</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="E519" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519">
         <v>20.0</v>
       </c>
       <c r="H519">
         <v>20.0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>8</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D520">
         <v>2008</v>
       </c>
       <c r="E520" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="F520" t="s">
         <v>12</v>
       </c>
       <c r="G520">
         <v>272.0</v>
       </c>
       <c r="H520">
         <v>272.0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>8</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D521">
         <v>2014</v>
       </c>
       <c r="E521" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="F521" t="s">
         <v>12</v>
       </c>
       <c r="G521">
         <v>272.0</v>
       </c>
       <c r="H521">
         <v>272.0</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>8</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D522">
         <v>2013</v>
       </c>
       <c r="E522" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="F522" t="s">
         <v>12</v>
       </c>
       <c r="G522">
         <v>166.0</v>
       </c>
       <c r="H522">
         <v>166.0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>8</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D523">
         <v>2011</v>
       </c>
       <c r="E523" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F523" t="s">
         <v>12</v>
       </c>
       <c r="G523">
         <v>232.0</v>
       </c>
       <c r="H523">
         <v>232.0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>8</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="D524">
         <v>2013</v>
       </c>
       <c r="E524" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="F524" t="s">
         <v>12</v>
       </c>
       <c r="G524">
         <v>166.0</v>
       </c>
       <c r="H524">
         <v>166.0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
         <v>117</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="D525">
         <v>2010</v>
       </c>
       <c r="E525" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="F525" t="s">
         <v>12</v>
       </c>
       <c r="G525">
         <v>232.0</v>
       </c>
       <c r="H525">
         <v>232.0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
         <v>117</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D526">
         <v>2007</v>
       </c>
       <c r="E526" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="F526" t="s">
         <v>12</v>
       </c>
       <c r="G526">
         <v>166.0</v>
       </c>
       <c r="H526">
         <v>166.0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>8</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D527">
         <v>2018</v>
       </c>
       <c r="E527" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="F527" t="s">
         <v>12</v>
       </c>
       <c r="G527">
         <v>166.0</v>
       </c>
       <c r="H527">
         <v>166.0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>407</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D528">
         <v>1995</v>
       </c>
       <c r="E528" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="F528" t="s">
         <v>12</v>
       </c>
       <c r="G528">
         <v>232.0</v>
       </c>
       <c r="H528">
         <v>232.0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>8</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D529">
         <v>2018</v>
       </c>
       <c r="E529" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="F529" t="s">
         <v>12</v>
       </c>
       <c r="G529">
         <v>348.0</v>
       </c>
       <c r="H529">
         <v>348.0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>8</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D530">
         <v>2010</v>
       </c>
       <c r="E530" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="F530" t="s">
         <v>12</v>
       </c>
       <c r="G530">
         <v>272.0</v>
       </c>
       <c r="H530">
         <v>272.0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>407</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D531">
         <v>1998</v>
       </c>
       <c r="E531" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="F531" t="s">
         <v>12</v>
       </c>
       <c r="G531">
         <v>348.0</v>
       </c>
       <c r="H531">
         <v>348.0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>8</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D532">
         <v>2015</v>
       </c>
       <c r="E532" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F532" t="s">
         <v>12</v>
       </c>
       <c r="G532">
         <v>348.0</v>
       </c>
       <c r="H532">
         <v>348.0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>231</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D533">
         <v>1991</v>
       </c>
       <c r="E533" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="F533" t="s">
         <v>12</v>
       </c>
       <c r="G533">
         <v>348.0</v>
       </c>
       <c r="H533">
         <v>348.0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>231</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D534">
         <v>2014</v>
       </c>
       <c r="E534" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="F534" t="s">
         <v>12</v>
       </c>
       <c r="G534">
         <v>272.0</v>
       </c>
       <c r="H534">
         <v>272.0</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>8</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="D535">
         <v>2013</v>
       </c>
       <c r="E535" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="F535" t="s">
         <v>12</v>
       </c>
       <c r="G535">
         <v>348.0</v>
       </c>
       <c r="H535">
         <v>348.0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>8</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D536">
         <v>2018</v>
       </c>
       <c r="E536" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="F536" t="s">
         <v>12</v>
       </c>
       <c r="G536">
         <v>348.0</v>
       </c>
       <c r="H536">
         <v>348.0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>8</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="D537">
         <v>2006</v>
       </c>
       <c r="E537" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="F537" t="s">
         <v>12</v>
       </c>
       <c r="G537">
         <v>166.0</v>
       </c>
       <c r="H537">
         <v>166.0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>8</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="D538">
         <v>2006</v>
       </c>
       <c r="E538" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="F538" t="s">
         <v>12</v>
       </c>
       <c r="G538">
         <v>142.0</v>
       </c>
       <c r="H538">
         <v>142.0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>8</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="D539">
         <v>2008</v>
       </c>
       <c r="E539" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="F539" t="s">
         <v>12</v>
       </c>
       <c r="G539">
         <v>166.0</v>
       </c>
       <c r="H539">
         <v>166.0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>8</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="D540">
         <v>2010</v>
       </c>
       <c r="E540" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F540" t="s">
         <v>12</v>
       </c>
       <c r="G540">
         <v>232.0</v>
       </c>
       <c r="H540">
         <v>232.0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>117</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D541">
         <v>2007</v>
       </c>
       <c r="E541" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="F541" t="s">
         <v>12</v>
       </c>
       <c r="G541">
         <v>142.0</v>
       </c>
       <c r="H541">
         <v>142.0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>8</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="D542">
         <v>2012</v>
       </c>
       <c r="E542" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="F542" t="s">
         <v>12</v>
       </c>
       <c r="G542">
         <v>272.0</v>
       </c>
       <c r="H542">
         <v>272.0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>407</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="D543">
         <v>2011</v>
       </c>
       <c r="E543" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="F543" t="s">
         <v>12</v>
       </c>
       <c r="G543">
         <v>272.0</v>
       </c>
       <c r="H543">
         <v>272.0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>407</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="D544">
         <v>1991</v>
       </c>
       <c r="E544" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="F544" t="s">
         <v>12</v>
       </c>
       <c r="G544">
         <v>306.0</v>
       </c>
       <c r="H544">
         <v>306.0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>8</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D545">
         <v>13</v>
       </c>
       <c r="E545" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="F545" t="s">
         <v>12</v>
       </c>
       <c r="G545">
         <v>20.0</v>
       </c>
       <c r="H545">
         <v>20.0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>8</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D546">
         <v>2018</v>
       </c>
       <c r="E546" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="F546" t="s">
         <v>12</v>
       </c>
       <c r="G546">
         <v>322.0</v>
       </c>
       <c r="H546">
         <v>322.0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>8</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="D547">
         <v>13</v>
       </c>
       <c r="E547" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="F547" t="s">
         <v>12</v>
       </c>
       <c r="G547">
         <v>36.0</v>
       </c>
       <c r="H547">
         <v>36.0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>407</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="D548">
         <v>1994</v>
       </c>
       <c r="E548" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="F548" t="s">
         <v>12</v>
       </c>
       <c r="G548">
         <v>348.0</v>
       </c>
       <c r="H548">
         <v>348.0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>8</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="D549">
         <v>2016</v>
       </c>
       <c r="E549" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="F549" t="s">
         <v>12</v>
       </c>
       <c r="G549">
         <v>348.0</v>
       </c>
       <c r="H549">
         <v>348.0</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>8</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="D550">
         <v>2010</v>
       </c>
       <c r="E550" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="F550" t="s">
         <v>12</v>
       </c>
       <c r="G550">
         <v>232.0</v>
       </c>
       <c r="H550">
         <v>232.0</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>8</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="D551">
         <v>2010</v>
       </c>
       <c r="E551" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="F551" t="s">
         <v>12</v>
       </c>
       <c r="G551">
         <v>322.0</v>
       </c>
       <c r="H551">
         <v>322.0</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>8</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="D552">
         <v>2015</v>
       </c>
       <c r="E552" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="F552" t="s">
         <v>12</v>
       </c>
       <c r="G552">
         <v>322.0</v>
       </c>
       <c r="H552">
         <v>322.0</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>117</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="D553">
         <v>2017</v>
       </c>
       <c r="E553" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="F553" t="s">
         <v>12</v>
       </c>
       <c r="G553">
         <v>232.0</v>
       </c>
       <c r="H553">
         <v>232.0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>8</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D554">
         <v>2019</v>
       </c>
       <c r="E554" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="F554" t="s">
         <v>12</v>
       </c>
       <c r="G554">
         <v>306.0</v>
       </c>
       <c r="H554">
         <v>306.0</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
         <v>8</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="D555">
         <v>2010</v>
       </c>
       <c r="E555" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="F555" t="s">
         <v>12</v>
       </c>
       <c r="G555">
         <v>348.0</v>
       </c>
       <c r="H555">
         <v>348.0</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
         <v>231</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="D556">
         <v>2014</v>
       </c>
       <c r="E556" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="F556" t="s">
         <v>12</v>
       </c>
       <c r="G556">
         <v>272.0</v>
       </c>
       <c r="H556">
         <v>272.0</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>8</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="D557">
         <v>2015</v>
       </c>
       <c r="E557" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="F557" t="s">
         <v>12</v>
       </c>
       <c r="G557">
         <v>322.0</v>
       </c>
       <c r="H557">
         <v>322.0</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>8</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D558">
         <v>2008</v>
       </c>
       <c r="E558" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="F558" t="s">
         <v>12</v>
       </c>
       <c r="G558">
         <v>166.0</v>
       </c>
       <c r="H558">
         <v>166.0</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>117</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="D559">
         <v>2018</v>
       </c>
       <c r="E559" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="F559" t="s">
         <v>12</v>
       </c>
       <c r="G559">
         <v>166.0</v>
       </c>
       <c r="H559">
         <v>166.0</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>407</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D560">
         <v>2004</v>
       </c>
       <c r="E560" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="F560" t="s">
         <v>12</v>
       </c>
       <c r="G560">
         <v>272.0</v>
       </c>
       <c r="H560">
         <v>272.0</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>8</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D561">
         <v>2004</v>
       </c>
       <c r="E561" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="F561" t="s">
         <v>12</v>
       </c>
       <c r="G561">
         <v>142.0</v>
       </c>
       <c r="H561">
         <v>142.0</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>8</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="E562" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="F562" t="s">
         <v>12</v>
       </c>
       <c r="G562">
         <v>20.0</v>
       </c>
       <c r="H562">
         <v>20.0</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
         <v>8</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D563">
         <v>2013</v>
       </c>
       <c r="E563" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="F563" t="s">
         <v>12</v>
       </c>
       <c r="G563">
         <v>322.0</v>
       </c>
       <c r="H563">
         <v>322.0</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>8</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="D564">
         <v>20</v>
       </c>
       <c r="E564" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="F564" t="s">
         <v>12</v>
       </c>
       <c r="G564">
         <v>20.0</v>
       </c>
       <c r="H564">
         <v>20.0</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>231</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="D565">
         <v>2008</v>
       </c>
       <c r="E565" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="F565" t="s">
         <v>12</v>
       </c>
       <c r="G565">
         <v>166.0</v>
       </c>
       <c r="H565">
         <v>166.0</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>8</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="D566">
         <v>2016</v>
       </c>
       <c r="E566" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="F566" t="s">
         <v>12</v>
       </c>
       <c r="G566">
         <v>272.0</v>
       </c>
       <c r="H566">
         <v>272.0</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>8</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="D567">
         <v>2017</v>
       </c>
       <c r="E567" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="F567" t="s">
         <v>12</v>
       </c>
       <c r="G567">
         <v>232.0</v>
       </c>
       <c r="H567">
         <v>232.0</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>407</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D568">
         <v>2014</v>
       </c>
       <c r="E568" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="F568" t="s">
         <v>12</v>
       </c>
       <c r="G568">
         <v>272.0</v>
       </c>
       <c r="H568">
         <v>272.0</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>8</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D569">
         <v>2011</v>
       </c>
       <c r="E569" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="F569" t="s">
         <v>12</v>
       </c>
       <c r="G569">
         <v>306.0</v>
       </c>
       <c r="H569">
         <v>306.0</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>8</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="D570">
         <v>2019</v>
       </c>
       <c r="E570" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="F570" t="s">
         <v>12</v>
       </c>
       <c r="G570">
         <v>348.0</v>
       </c>
       <c r="H570">
         <v>348.0</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>8</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D571">
         <v>2008</v>
       </c>
       <c r="E571" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="F571" t="s">
         <v>12</v>
       </c>
       <c r="G571">
         <v>348.0</v>
       </c>
       <c r="H571">
         <v>348.0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>8</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="D572">
         <v>2020</v>
       </c>
       <c r="E572" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="F572" t="s">
         <v>12</v>
       </c>
       <c r="G572">
         <v>232.0</v>
       </c>
       <c r="H572">
         <v>232.0</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>8</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="D573">
         <v>2013</v>
       </c>
       <c r="E573" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F573" t="s">
         <v>12</v>
       </c>
       <c r="G573">
         <v>272.0</v>
       </c>
       <c r="H573">
         <v>272.0</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>8</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="D574">
         <v>2020</v>
       </c>
       <c r="E574" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="F574" t="s">
         <v>12</v>
       </c>
       <c r="G574">
         <v>272.0</v>
       </c>
       <c r="H574">
         <v>272.0</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>117</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="D575">
         <v>2015</v>
       </c>
       <c r="E575" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="F575" t="s">
         <v>12</v>
       </c>
       <c r="G575">
         <v>348.0</v>
       </c>
       <c r="H575">
         <v>348.0</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>8</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D576">
         <v>17</v>
       </c>
       <c r="E576" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="F576" t="s">
         <v>12</v>
       </c>
       <c r="G576">
         <v>225.0</v>
       </c>
       <c r="H576">
         <v>225.0</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>407</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D577">
         <v>2004</v>
       </c>
       <c r="E577" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="F577" t="s">
         <v>12</v>
       </c>
       <c r="G577">
         <v>166.0</v>
       </c>
       <c r="H577">
         <v>166.0</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
         <v>8</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="D578">
         <v>2021</v>
       </c>
       <c r="E578" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="F578" t="s">
         <v>12</v>
       </c>
       <c r="G578">
         <v>272.0</v>
       </c>
       <c r="H578">
         <v>272.0</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>8</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D579">
         <v>2017</v>
       </c>
       <c r="E579" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="F579" t="s">
         <v>12</v>
       </c>
       <c r="G579">
         <v>166.0</v>
       </c>
       <c r="H579">
         <v>166.0</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>8</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D580">
         <v>2006</v>
       </c>
       <c r="E580" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="F580" t="s">
         <v>12</v>
       </c>
       <c r="G580">
         <v>232.0</v>
       </c>
       <c r="H580">
         <v>232.0</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>8</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="D581">
         <v>2019</v>
       </c>
       <c r="E581" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="F581" t="s">
         <v>12</v>
       </c>
       <c r="G581">
         <v>272.0</v>
       </c>
       <c r="H581">
         <v>272.0</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>8</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="D582">
         <v>2012</v>
       </c>
       <c r="E582" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="F582" t="s">
         <v>12</v>
       </c>
       <c r="G582">
         <v>272.0</v>
       </c>
       <c r="H582">
         <v>272.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>