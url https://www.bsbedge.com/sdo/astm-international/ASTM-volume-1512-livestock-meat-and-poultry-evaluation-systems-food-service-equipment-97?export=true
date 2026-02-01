--- v0 (2025-10-30)
+++ v1 (2026-02-01)
@@ -44,75 +44,75 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ASTM</t>
   </si>
   <si>
+    <t>ASTM F1360 : 25a</t>
+  </si>
+  <si>
+    <t>Standard Specification for Ovens, Microwave, Electric</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>ASTM F857 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Hot Water and Chemical Sanitizing Commercial Dishwashing Machines, Stationary Rack Type</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>ASTM F2519 : 05(2025)</t>
   </si>
   <si>
     <t>Standard Test Method for Grease Particle Capture Efficiency of Commercial Kitchen Filters and Extractors</t>
   </si>
   <si>
     <t>ASTM F1021 : 25</t>
   </si>
   <si>
     <t>Standard Specification for  Feeders, Detergent, Rinse Agent, and Sanitizing Agent for Commercial  Dishwashing and Glasswashing Machines</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Specification for Ovens, Microwave, Electric</t>
   </si>
   <si>
     <t>ASTM F2800 : 25e1</t>
   </si>
   <si>
     <t>Standard Specification for Recirculating Hood System for Cooking Appliances</t>
   </si>
   <si>
     <t>ASTM F1023 : 12(2025)</t>
   </si>
   <si>
     <t>Standard Specification for  Dispensers, Powdered Iced Tea</t>
   </si>
   <si>
     <t>ASTM F2925 : 11(2025)</t>
   </si>
   <si>
     <t>Standard Specification for  Tenderness Marketing Claims Associated with Meat Cuts Derived  from Beef</t>
   </si>
   <si>
     <t>ASTM F2432 : 24</t>
   </si>
   <si>
     <t>Standard Specification for Ice Making Machines, Icemaker-Dispensers, and Ice Dispensing Equipment</t>
   </si>
@@ -1081,115 +1081,115 @@
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
         <v>72.0</v>
       </c>
       <c r="H2">
         <v>72.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>104.0</v>
+        <v>72.0</v>
       </c>
       <c r="H3">
-        <v>104.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
-        <v>2025</v>
+        <v>2005</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>64.0</v>
+        <v>104.0</v>
       </c>
       <c r="H4">
-        <v>64.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H5">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>64.0</v>
       </c>
       <c r="H6">