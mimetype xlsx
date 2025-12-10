--- v0 (2025-10-21)
+++ v1 (2025-12-10)
@@ -44,93 +44,93 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ASTM</t>
   </si>
   <si>
+    <t>ASTM D883 : 25b</t>
+  </si>
+  <si>
+    <t>Standard Terminology Relating to Plastics</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>ASTM D1505 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for Density of Plastics by the Density-Gradient Technique</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>ASTM D1204 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for Linear Dimensional Changes of Nonrigid Thermoplastic Sheeting or Film at Elevated Temperature</t>
   </si>
   <si>
     <t>ASTM D1248 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Polyethylene Plastics Extrusion Materials for Wire and Cable</t>
   </si>
   <si>
     <t>ASTM D2863 : 23e1</t>
   </si>
   <si>
     <t>Standard Test Method for Measuring the Minimum Oxygen Concentration to Support Candle-Like Combustion of Plastics (Oxygen Index)</t>
   </si>
   <si>
     <t>ASTM D2538 : 25</t>
   </si>
   <si>
     <t>Standard Practice for Fusion of Poly(Vinyl Chloride) (PVC) Compounds Using a Torque Rheometer</t>
   </si>
   <si>
     <t>ASTM D1784 : 25</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Specification for Rigid Poly(Vinyl Chloride) (PVC) Compounds and Chlorinated Poly(Vinyl Chloride) (CPVC) Compounds</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Terminology Relating to Plastics</t>
   </si>
   <si>
     <t>ASTM D1896/D1896M : 25</t>
   </si>
   <si>
     <t>Standard Practice for Transfer Molding Test Specimens of Thermosetting Compounds</t>
   </si>
   <si>
     <t>ASTM D3123 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for Spiral Flow of Low-Pressure Thermosetting Molding Compounds</t>
   </si>
   <si>
     <t>ASTM D2842 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for Water Absorption of Rigid Cellular Plastics</t>
   </si>
   <si>
     <t>ASTM D2583 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for Indentation Hardness of Rigid Plastics by Means of a Barcol Impressor</t>
   </si>
@@ -1184,210 +1184,210 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H2">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H3">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H4">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H5">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H6">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H7">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H8">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>64.0</v>
       </c>
       <c r="H9">