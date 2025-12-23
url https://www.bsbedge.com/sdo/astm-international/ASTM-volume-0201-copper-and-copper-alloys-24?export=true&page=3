--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -44,51 +44,51 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ASTM</t>
   </si>
   <si>
-    <t>ASTM B359/B359M : 25</t>
+    <t>ASTM B359/B359M : 25e1</t>
   </si>
   <si>
     <t>Standard Specification for Copper and Copper-Alloy Seamless Condenser and Heat Exchanger Tubes With Integral Fins</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>ASTM B251/B251M : 25</t>
   </si>
   <si>
     <t>Standard Specification for General Requirements for Wrought Seamless Copper and Copper-Alloy Tube</t>
   </si>
   <si>
     <t>ASTM B360 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Hard-Drawn Copper Capillary Tube for Restrictor Applications</t>
   </si>
   <si>
     <t>ASTM B42 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Seamless Copper Pipe, Standard Sizes</t>
   </si>