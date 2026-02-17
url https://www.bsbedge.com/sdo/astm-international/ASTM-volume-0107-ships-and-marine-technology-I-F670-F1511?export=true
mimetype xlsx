--- v0 (2025-11-14)
+++ v1 (2026-02-17)
@@ -140,51 +140,51 @@
   <si>
     <t>Standard Specification for  Letters and Numerals for Ships</t>
   </si>
   <si>
     <t>ASTM F707/F707M : 94(2024)</t>
   </si>
   <si>
     <t>Standard Specification for Modular Gauge Boards</t>
   </si>
   <si>
     <t>ASTM F1092 : 19(2024)</t>
   </si>
   <si>
     <t>Standard Specification for Fiberglass (GRP) Pultruded Open-Weather Storm and Guard, Square Railing Systems</t>
   </si>
   <si>
     <t>ASTM F1333 : 91(2024)</t>
   </si>
   <si>
     <t>Standard Specification for  Construction of Fire and Foam Station Cabinets</t>
   </si>
   <si>
     <t>ASTM F1155 : 10(2024)</t>
   </si>
   <si>
-    <t>Standard Practice for  Selection and Application of Piping System Materials</t>
+    <t>Standard Practice for Selection and Application of Piping System Materials</t>
   </si>
   <si>
     <t>ASTM F1245 : 19(2024)</t>
   </si>
   <si>
     <t>Standard Specification for  Faucets, Single and Double, Compression and Self-Closing Type,  Shipboard</t>
   </si>
   <si>
     <t>ASTM F1172 : 88(2024)</t>
   </si>
   <si>
     <t>Standard Specification for  Fuel Oil Meters of the Volumetric Positive Displacement Type</t>
   </si>
   <si>
     <t>ASTM F1139 : 88(2024)</t>
   </si>
   <si>
     <t>Standard Specification for  Steam Traps and Drains</t>
   </si>
   <si>
     <t>ASTM F1123 : 87(2024)</t>
   </si>
   <si>
     <t>Standard Specification for  Non-Metallic Expansion Joints</t>
   </si>