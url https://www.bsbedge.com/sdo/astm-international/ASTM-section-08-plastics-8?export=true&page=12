--- v0 (2025-11-03)
+++ v1 (2026-03-18)
@@ -12,91 +12,391 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1461">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1463">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ASTM</t>
   </si>
   <si>
+    <t>ASTM D4329 : 26</t>
+  </si>
+  <si>
+    <t>Standard Practice for Fluorescent Ultraviolet (UV) Lamp Apparatus Exposure of Plastics</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>ASTM D3678 : 26</t>
+  </si>
+  <si>
+    <t>Standard Specification for Rigid Poly(Vinyl Chloride) (PVC) Interior-Profile Extrusions</t>
+  </si>
+  <si>
+    <t>ASTM D3596 : 26</t>
+  </si>
+  <si>
+    <t>Standard Practice for Determination of Gels (Fisheyes) In General-Purpose Poly(Vinyl Chloride) (PVC) Resins</t>
+  </si>
+  <si>
+    <t>ASTM D3045 : 18(2026)</t>
+  </si>
+  <si>
+    <t>Standard Practice for Heat Aging of Plastics Without Load</t>
+  </si>
+  <si>
+    <t>ASTM F3525/F3525M : 26</t>
+  </si>
+  <si>
+    <t>Standard Specification Fabricated Fittings of Crosslinkable Polyethylene (CX-PE)</t>
+  </si>
+  <si>
+    <t>ASTM F3507 : 26</t>
+  </si>
+  <si>
+    <t>Standard Practice for Butt-Fusion Joining of Crosslinkable Polyethylene (CX-PE) Pipe and Tubing</t>
+  </si>
+  <si>
+    <t>ASTM F3373 : 26</t>
+  </si>
+  <si>
+    <t>Standard Specification for Polyethylene (PE) Electrofusion Fittings for Outside Diameter Controlled Crosslinked Polyethylene (PEX) Pipe or Tubing</t>
+  </si>
+  <si>
+    <t>ASTM F2905/F2905M : 25</t>
+  </si>
+  <si>
+    <t>Standard Specification for Crosslinked Polyethylene (PEX) Line Pipe For Oil and Gas Producing Applications</t>
+  </si>
+  <si>
+    <t>ASTM F1488 : 26</t>
+  </si>
+  <si>
+    <t>Standard Specification for Coextruded Composite Pipe</t>
+  </si>
+  <si>
+    <t>ASTM F512 : 25</t>
+  </si>
+  <si>
+    <t>Standard Specification for Smooth-Wall Poly(Vinyl Chloride) (PVC) Conduit and Fittings for Underground Installation</t>
+  </si>
+  <si>
+    <t>ASTM D3420 : 21(2026)</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Pendulum Impact Resistance of Plastic Film</t>
+  </si>
+  <si>
+    <t>ASTM D8069 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Determining Flexural Modulus of Full Section Pultruded Fiber Reinforced Polymer (FRP) Composite Members with Doubly Symmetric Cross Sections under Bending</t>
+  </si>
+  <si>
+    <t>ASTM D6980 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Determination of Moisture in Plastics by Loss in Weight</t>
+  </si>
+  <si>
+    <t>ASTM D5083 : 26</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Tensile Properties of Reinforced Thermosetting Plastics Using Straight-Sided Specimens</t>
+  </si>
+  <si>
+    <t>ASTM D5028 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Curing Properties of Pultrusion Resins by Thermal Analysis</t>
+  </si>
+  <si>
+    <t>ASTM D4275 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Determination of Butylated Hydroxy Toluene (BHT) in Polymers of Ethylene and Ethylene–Vinyl Acetate (EVA) Copolymers by Gas Chromatography</t>
+  </si>
+  <si>
+    <t>ASTM D4226 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Methods for Impact Resistance of Rigid Poly(Vinyl Chloride) (PVC) Building Products</t>
+  </si>
+  <si>
+    <t>ASTM D3753 : 25</t>
+  </si>
+  <si>
+    <t>Standard Specification for Fiberglass (Glass-Fiber-Reinforced Thermosetting-Resin) Manholes and Wetwells</t>
+  </si>
+  <si>
+    <t>ASTM D790 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Methods for Flexural Properties of Unreinforced and Reinforced Plastics and Electrical Insulating Materials</t>
+  </si>
+  <si>
+    <t>ASTM D1921 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Methods for Particle Size (Sieve Analysis) of Plastic Materials</t>
+  </si>
+  <si>
+    <t>ASTM F2786 : 26</t>
+  </si>
+  <si>
+    <t>Standard Practice for Field Leak Testing of Polyethylene (PE) Pressure Piping Systems Using Gaseous Testing Media Under Pressure (Pneumatic Leak Testing)</t>
+  </si>
+  <si>
+    <t>ASTM F1807 : 26</t>
+  </si>
+  <si>
+    <t>Standard Specification for Metal Insert Fittings Utilizing a Copper Crimp Ring, or Alternate Stainless Steel Clamps, for SDR9 Cross-linked Polyethylene (PEX) Tubing and SDR9 Polyethylene of Raised Temperature (PE-RT) Tubing</t>
+  </si>
+  <si>
+    <t>ASTM D2683 : 26</t>
+  </si>
+  <si>
+    <t>Standard Specification for Socket-Type Polyethylene Fittings for Outside Diameter-Controlled Polyethylene Pipe and Tubing</t>
+  </si>
+  <si>
+    <t>ASTM D8484 : 25</t>
+  </si>
+  <si>
+    <t>Standard Specification for Plastic Lumber Materials and Wood-Plastic Composite Materials  Used as Exterior Wall Coverings</t>
+  </si>
+  <si>
+    <t>ASTM D6869 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Coulometric and Volumetric Determination of Moisture in Plastics  Using the Karl Fischer Reaction (the Reaction of Iodine with Water)</t>
+  </si>
+  <si>
+    <t>ASTM D5685 : 25</t>
+  </si>
+  <si>
+    <t>Standard Specification for  “Fiberglass” (Glass-Fiber-Reinforced Thermosetting-Resin)  Pressure Pipe Fittings</t>
+  </si>
+  <si>
+    <t>ASTM F3058 : 16(2026)</t>
+  </si>
+  <si>
+    <t>Standard Practice for Preliminary Field Testing of Thermoplastic Pipe Joints for Gravity Flow (Non-Pressure) Sewer Lines</t>
+  </si>
+  <si>
+    <t>ASTM F2929 : 25a</t>
+  </si>
+  <si>
+    <t>Standard Specification for Crosslinked Polyethylene (PEX) Tubing of 0.070 in. Wall and Fittings for Radiant Heating Systems up to 75 psig</t>
+  </si>
+  <si>
+    <t>ASTM D2584 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Ignition Loss of Cured Reinforced Resins</t>
+  </si>
+  <si>
+    <t>ASTM D695 : 26</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Compressive Properties of Rigid Plastics</t>
+  </si>
+  <si>
+    <t>ASTM F3754 : 25</t>
+  </si>
+  <si>
+    <t>Standard Specification for Polypropylene (PP) Crate Stormwater Storage System</t>
+  </si>
+  <si>
+    <t>ASTM F1498 : 25</t>
+  </si>
+  <si>
+    <t>Standard Specification for Taper Pipe Threads 60° for Thermoplastic Pipe and Fittings</t>
+  </si>
+  <si>
+    <t>ASTM D8280 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Determination of the Blooming of Brominated Flame Retardants onto the Surface of Plastic Materials by Ion Chromatography</t>
+  </si>
+  <si>
+    <t>ASTM D4968 : 25a</t>
+  </si>
+  <si>
+    <t>Standard Practice for Review of Test Methods and Specifications for Plastics</t>
+  </si>
+  <si>
+    <t>ASTM F2922 : 25a</t>
+  </si>
+  <si>
+    <t>Standard Specification for Polyethylene (PE) Corrugated Wall Stormwater Collection Chambers</t>
+  </si>
+  <si>
+    <t>ASTM D2513 : 26</t>
+  </si>
+  <si>
+    <t>Standard Specification for Polyethylene (PE) Gas Pressure Pipe, Tubing, and Fittings</t>
+  </si>
+  <si>
+    <t>ASTM D2990 : 17(2025)</t>
+  </si>
+  <si>
+    <t>Standard Test Methods for Tensile, Compressive, and Flexural Creep and Creep-Rupture of Plastics</t>
+  </si>
+  <si>
+    <t>ASTM F2306/F2306M : 25a</t>
+  </si>
+  <si>
+    <t>Standard Specification for 300 mm to 1500 mm [12 in. to 60 in.] Annular Corrugated Profile-Wall Polyethylene (PE) Pipe and Fittings for Non-Pressure Gravity-Flow Storm Sewer and Subsurface Drainage Applications</t>
+  </si>
+  <si>
+    <t>ASTM F3777 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Applying External Loads and Deformations to Internal Replacement Pipe</t>
+  </si>
+  <si>
+    <t>ASTM F656 : 25</t>
+  </si>
+  <si>
+    <t>Standard Specification for Primers for Use in Solvent Cement Joints of Poly(Vinyl Chloride) (PVC) and Chlorinated Poly(Vinyl Chloride) (CPVC) Plastic Pipe and Fittings</t>
+  </si>
+  <si>
+    <t>ASTM F480 : 25</t>
+  </si>
+  <si>
+    <t>Standard Specification for Thermoplastic Well Casing Pipe and Couplings Made in Standard Dimension Ratios (SDR), SCH 40 and SCH 80</t>
+  </si>
+  <si>
+    <t>ASTM D2774 : 25</t>
+  </si>
+  <si>
+    <t>Standard Practice for Underground Installation of Thermoplastic Pressure Piping</t>
+  </si>
+  <si>
+    <t>ASTM D6865 : 17(2025)</t>
+  </si>
+  <si>
+    <t>Standard Classification System and Basis for Specifications for Acrylonitrile–Styrene–Acrylate (ASA) and Acrylonitrile–EPDM–Styrene (AES) Plastics and Alloys Molding and Extrusion Materials</t>
+  </si>
+  <si>
+    <t>ASTM D2732 : 14(2025)</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Unrestrained Linear Thermal Shrinkage of Plastic Film&lt;brk/&gt; and Sheeting</t>
+  </si>
+  <si>
+    <t>ASTM D8626/D8626M : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Compression Properties of Flexible Cellular Materials</t>
+  </si>
+  <si>
+    <t>ASTM D2290 : 25</t>
+  </si>
+  <si>
+    <t>Standard Test Method for Apparent Hoop Tensile Strength of Plastic or Reinforced Plastic Pipe</t>
+  </si>
+  <si>
+    <t>ASTM F3183 : 21(2025)</t>
+  </si>
+  <si>
+    <t>Standard Practice for Guided Side Bend Evaluation of Polyethylene Pipe Butt Fusion Joint</t>
+  </si>
+  <si>
+    <t>ASTM D6287 : 25</t>
+  </si>
+  <si>
+    <t>Standard Practice for Cutting Film and Sheeting Test Specimens</t>
+  </si>
+  <si>
+    <t>ASTM D4674 : 25</t>
+  </si>
+  <si>
+    <t>Standard Practice for Accelerated Testing for Color Stability of Plastics Exposed to Indoor Office Environments</t>
+  </si>
+  <si>
+    <t>ASTM D883 : 25b</t>
+  </si>
+  <si>
+    <t>Standard Terminology Relating to Plastics</t>
+  </si>
+  <si>
     <t>ASTM F2433 : 05(2025)</t>
   </si>
   <si>
     <t>Standard Test Method for Determining Thermoplastic Pipe Wall Stiffness</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>ASTM D7029/D7029M : 24</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Reactivity of Unsaturated Polyesters and Vinyl  Esters at 180.0°F [82.2°C]</t>
   </si>
   <si>
     <t>ASTM D1505 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for Density of Plastics by the Density-Gradient Technique</t>
   </si>
   <si>
     <t>ASTM F3778 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Poly(Vinyl Chloride) (PVC) Storm Sewer Basins for Gravity Flow</t>
   </si>
   <si>
     <t>ASTM F1962 : 25a</t>
   </si>
   <si>
     <t>Standard Guide for Use of Maxi-Horizontal Directional Drilling for Placement of Polyethylene Pipe or Conduit Under Obstacles, Including River Crossings</t>
   </si>
   <si>
     <t>ASTM D8036 : 25</t>
@@ -197,92 +497,80 @@
   <si>
     <t>ASTM D4203 : 25</t>
   </si>
   <si>
     <t>Standard Classification System for and Basis for Specifications for Styrene-Acrylonitrile (SAN) Molding and Extrusion Materials</t>
   </si>
   <si>
     <t>ASTM F2788/F2788M : 25</t>
   </si>
   <si>
     <t>Standard Specification for Metric and Inch-sized Crosslinked Polyethylene (PEX) Pipe</t>
   </si>
   <si>
     <t>ASTM F2623 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Polyethylene of Raised Temperature (PE-RT) Systems for Non-Potable Water Applications</t>
   </si>
   <si>
     <t>ASTM F877 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Crosslinked Polyethylene (PEX) Hot- and Cold-Water Distribution Systems</t>
   </si>
   <si>
-    <t>ASTM D2513 : 25</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM F3753 : 25e1</t>
   </si>
   <si>
     <t>Standard Classification for Suffixes to the PE Thermoplastic Pipe Material Designation (TPMD) Code for Polyethylene Pressure</t>
   </si>
   <si>
     <t>ASTM F2947/F2947M : 25</t>
   </si>
   <si>
     <t>Standard Specification for 150 mm to 1500 mm [6 in. to 60 in.] Annular Corrugated Profile-Wall Polyethylene (PE) Pipe and Fittings for Sanitary Sewer Applications</t>
   </si>
   <si>
     <t>ASTM F2435 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Steel Reinforced Polyethylene (PE) Corrugated Pipe</t>
   </si>
   <si>
     <t>ASTM F876 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Crosslinked Polyethylene (PEX) Tubing</t>
   </si>
   <si>
     <t>ASTM F412 : 25</t>
   </si>
   <si>
     <t>Standard Terminology Relating to Plastic Piping Systems</t>
   </si>
   <si>
-    <t>ASTM D4968 : 25</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D2737 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Polyethylene (PE) Plastic Tubing</t>
   </si>
   <si>
     <t>ASTM F2787 : 13(2025)</t>
   </si>
   <si>
     <t>Standard Practice for Structural Design of Thermoplastic Corrugated Wall Stormwater  Collection Chambers</t>
   </si>
   <si>
     <t>ASTM F1803 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Poly(Vinyl Chloride) (PVC) Closed Profile Gravity Pipe and Fittings Based on Controlled Inside Diameter</t>
   </si>
   <si>
     <t>ASTM F1057 : 21(2025)</t>
   </si>
   <si>
     <t>Standard Practice for Estimating the Quality of Extruded Poly (Vinyl Chloride) (PVC)  Pipe by the Heat Reversion Technique</t>
   </si>
   <si>
     <t>ASTM F1025 : 19(2025)</t>
@@ -365,56 +653,50 @@
   <si>
     <t>ASTM D3595 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Polychlorotrifluoroethylene (PCTFE) Extruded Plastic Film</t>
   </si>
   <si>
     <t>ASTM D3262 : 25</t>
   </si>
   <si>
     <t>Standard Specification for “Fiberglass” (Glass-Fiber-Reinforced Thermosetting-Resin) Sewer Pipe</t>
   </si>
   <si>
     <t>ASTM D2538 : 25</t>
   </si>
   <si>
     <t>Standard Practice for Fusion of Poly(Vinyl Chloride) (PVC) Compounds Using a Torque Rheometer</t>
   </si>
   <si>
     <t>ASTM D1784 : 25</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Specification for Rigid Poly(Vinyl Chloride) (PVC) Compounds and Chlorinated Poly(Vinyl Chloride) (CPVC) Compounds</t>
   </si>
   <si>
-    <t>ASTM D883 : 25a</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM F3708 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Aramid Fiber Reinforced Flexible Fabric-Reinforced Pipe (FFRP) for Loose-fit Non-Interactive Pressure Pipeline Rehabilitation</t>
   </si>
   <si>
     <t>ASTM D4441 : 20(2025)</t>
   </si>
   <si>
     <t>Standard Specification for Aqueous Dispersions of Polytetrafluoroethylene</t>
   </si>
   <si>
     <t>ASTM D7474 : 17(2025)</t>
   </si>
   <si>
     <t>Standard Practice for Determining Residual Stresses in Extruded or Molded Sulfone Plastic (SP) Parts by Immersion in Various Chemical Reagents</t>
   </si>
   <si>
     <t>ASTM D6867 : 19(2025)</t>
   </si>
   <si>
     <t>Standard Specification for Perfluoroalkoxy (PFA)-Fluoropolymer Tubing</t>
   </si>
   <si>
     <t>ASTM D5132 : 25</t>
@@ -461,56 +743,50 @@
   <si>
     <t>ASTM D3123 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for Spiral Flow of Low-Pressure Thermosetting Molding Compounds</t>
   </si>
   <si>
     <t>ASTM F905 : 25</t>
   </si>
   <si>
     <t>Standard Practice for Qualification of Polyethylene Saddle-Fused Joints</t>
   </si>
   <si>
     <t>ASTM F1973 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Factory Assembled Anodeless Risers and Transition Fittings in Polyethylene (PE) and Polyamide 11 (PA11) and Polyamide 12 (PA12) Fuel Gas Distribution Systems</t>
   </si>
   <si>
     <t>ASTM F1743 : 25</t>
   </si>
   <si>
     <t>Standard Practice for Rehabilitation of Existing Pipelines and Conduits by Pulled-in-Place  Installation of Cured-in-Place Thermosetting Resin Pipe (CIPP)</t>
   </si>
   <si>
-    <t>ASTM F1488 : 25</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D2321 : 25</t>
   </si>
   <si>
     <t>Standard Practice for Underground Installation of Thermoplastic Pipe for Sewers and  Other Gravity-Flow Applications</t>
   </si>
   <si>
     <t>ASTM F3430 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Closed-Cell Cellular Polypropylene (PP) Corrugated Wall Stormwater  Collection Chambers</t>
   </si>
   <si>
     <t>ASTM F1760 : 16(2025)</t>
   </si>
   <si>
     <t>Standard Specification for  Coextruded Poly(Vinyl Chloride) (PVC) Non-Pressure Plastic   Pipe Having Reprocessed-Recycled Content</t>
   </si>
   <si>
     <t>ASTM F1336 : 20(2025)</t>
   </si>
   <si>
     <t>Standard Specification for  Poly(Vinyl Chloride) (PVC) Gasketed Sewer Fittings</t>
   </si>
   <si>
     <t>ASTM D2842 : 25</t>
@@ -545,62 +821,50 @@
   <si>
     <t>ASTM F645 : 25</t>
   </si>
   <si>
     <t>Standard Guide for  Selection, Design, and Installation of Thermoplastic Water-  Pressure Piping Systems</t>
   </si>
   <si>
     <t>ASTM F2657 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for Outdoor Weathering Exposure of Crosslinked Polyethylene (PEX)  Tubing</t>
   </si>
   <si>
     <t>ASTM F3253 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Crosslinked Polyethylene (PEX) Tubing with Oxygen Barrier for Hot- and Cold-Water Hydronic Distribution Systems</t>
   </si>
   <si>
     <t>ASTM F2561 : 20(2025)</t>
   </si>
   <si>
     <t>Standard Practice for Rehabilitation of a Sewer Service Lateral and Its Connection  to the Main Using a One Piece Main and Lateral Cured-in-Place Liner</t>
   </si>
   <si>
-    <t>ASTM F2929 : 25</t>
-[...10 lines deleted...]
-  <si>
     <t>ASTM F2263 : 25</t>
   </si>
   <si>
     <t>Standard Test Method for Evaluating the Oxidative Resistance of Polyethylene (PE) Pipe  to Chlorinated Water</t>
   </si>
   <si>
     <t>ASTM F2418 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Polypropylene (PP) Corrugated Wall Stormwater Collection Chambers</t>
   </si>
   <si>
     <t>ASTM F714 : 25</t>
   </si>
   <si>
     <t>Standard Specification for Polyethylene (PE) Plastic Pipe (DR-PR) Based on Outside Diameter</t>
   </si>
   <si>
     <t>ASTM D2444 : 25</t>
   </si>
   <si>
     <t>Standard Practice for Determination of the Impact Resistance of Thermoplastic Pipe  and Fittings by Means of a Tup (Falling Weight)</t>
   </si>
   <si>
     <t>ASTM D3839 : 25</t>
@@ -845,56 +1109,50 @@
   <si>
     <t>ASTM F3288/F3288M : 24</t>
   </si>
   <si>
     <t>Standard Specification for MRS-Rated Metric- and Inch-sized Crosslinked Polyethylene (PEX) Pressure Pipe</t>
   </si>
   <si>
     <t>ASTM F3328 : 18(2024)</t>
   </si>
   <si>
     <t>Standard Practice for the One-Step (Solvent Cement Only) Method of Joining Poly (Vinyl  Chloride) (PVC) or Chlorinated Poly (Vinyl Chloride) (CPVC) Pipe and  Piping Components with Tapered Sockets</t>
   </si>
   <si>
     <t>ASTM D1709 : 24</t>
   </si>
   <si>
     <t>Standard Test Methods for Impact Resistance of Plastic Film by the Free-Falling Dart  Method</t>
   </si>
   <si>
     <t>ASTM F2968/F2968M : 24</t>
   </si>
   <si>
     <t>Standard Specification for Crosslinked Polyethylene (PEX) Pipe for Gas Distribution Applications</t>
   </si>
   <si>
-    <t>ASTM F2905/F2905M : 24a</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D5628 : 24</t>
   </si>
   <si>
     <t>Standard Test Method for Impact Resistance of Flat, Rigid Plastic Specimens by Means of a Falling Dart (Tup or Falling Mass)</t>
   </si>
   <si>
     <t>ASTM D5017 : 24</t>
   </si>
   <si>
     <t>Standard Test Method for Determination of Linear Low Density Polyethylene (LLDPE) Composition by Carbon-13 Nuclear Magnetic Resonance</t>
   </si>
   <si>
     <t>ASTM D2925 : 24</t>
   </si>
   <si>
     <t>Standard Test Method for Beam Deflection of “Fiberglass” (Glass-Fiber-Reinforced Thermosetting Resin) Pipe Under Full Bore Flow</t>
   </si>
   <si>
     <t>ASTM D3641 : 24</t>
   </si>
   <si>
     <t>Standard Practice for Injection Molding Test Specimens of Thermoplastic Molding and Extrusion Materials</t>
   </si>
   <si>
     <t>ASTM D1895 : 24</t>
@@ -1136,81 +1394,81 @@
   <si>
     <t>Standard Test Method for  Package Yield of Plastic Film</t>
   </si>
   <si>
     <t>ASTM D5947 : 24</t>
   </si>
   <si>
     <t>Standard Test Methods for  Physical Dimensions of Solid Plastics Specimens</t>
   </si>
   <si>
     <t>ASTM D4894 : 19(2024)</t>
   </si>
   <si>
     <t>Standard Specification for  Polytetrafluoroethylene (PTFE) Granular Molding and Ram Extrusion  Materials</t>
   </si>
   <si>
     <t>ASTM D4745 : 19(2024)</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Specification for Filled Polytetrafluoroethlyene (PTFE) Molding and Extrusion  Materials Using ASTM Methods</t>
   </si>
   <si>
     <t>ASTM D7445 : 24</t>
   </si>
   <si>
-    <t>Standard Specification for  Rigid Poly(Vinyl Chloride) (PVC) Siding with Foam Plastic Backing  (Backed Vinyl Siding)</t>
+    <t>Standard Specification for Rigid Poly(Vinyl Chloride) (PVC) Siding with Foam Plastic Backing (Backed Vinyl Siding)</t>
   </si>
   <si>
     <t>ASTM F2658 : 24</t>
   </si>
   <si>
     <t>Standard Specification for  Type PSM Poly(Vinyl Chloride) (PVC) SDR 51 and SDR 64 Sewer  Pipe and Fittings</t>
   </si>
   <si>
     <t>ASTM F1734 : 24</t>
   </si>
   <si>
     <t>Standard Practice for  Qualification of a Combination of Squeeze Tool, Pipe, and Squeeze-Off   Procedures to Avoid Long-Term Damage in Polyethylene (PE) Gas Pipe</t>
   </si>
   <si>
     <t>ASTM F1732 : 24</t>
   </si>
   <si>
     <t>Standard Specification for  Poly(Vinyl Chloride) (PVC) Sewer and Drain Pipe Containing   Recycled PVC Material</t>
   </si>
   <si>
     <t>ASTM D2609 : 24</t>
   </si>
   <si>
     <t>Standard Specification for  Plastic Insert Fittings for Polyethylene (PE) Plastic Pipe</t>
   </si>
   <si>
     <t>ASTM D5206 : 24</t>
   </si>
   <si>
-    <t>Standard Test Method for  Windload Resistance of Rigid Plastic Siding</t>
+    <t>Standard Test Method for Windload Resistance of Rigid Plastic Siding</t>
   </si>
   <si>
     <t>ASTM D7793 : 24</t>
   </si>
   <si>
     <t>Standard Specification for Insulated Vinyl Siding</t>
   </si>
   <si>
     <t>ASTM D4477 : 24</t>
   </si>
   <si>
     <t>Standard Specification for Rigid (Unplasticized) Poly(Vinyl Chloride) (PVC) Soffit</t>
   </si>
   <si>
     <t>ASTM D1824 : 24</t>
   </si>
   <si>
     <t>Standard Test Method for Apparent Viscosity of Plastisols and Organosols at Low Shear  Rates</t>
   </si>
   <si>
     <t>ASTM D1823 : 24</t>
   </si>
   <si>
     <t>Standard Test Method for  Apparent Viscosity of Plastisols and Organosols at High Shear  Rates by Extrusion Viscometer</t>
   </si>
@@ -1238,51 +1496,51 @@
   <si>
     <t>Standard Specification for  Aerospace Parts Machined from Polychlorotrifluoroethylene (PCTFE)</t>
   </si>
   <si>
     <t>ASTM D7471 : 19(2024)</t>
   </si>
   <si>
     <t>Standard Specification for CPT-Fluoropolymer Molding and Extrusion Materials</t>
   </si>
   <si>
     <t>ASTM D7472 : 19(2024)</t>
   </si>
   <si>
     <t>Standard Specification for EFEP-Fluoropolymer Molding and Extrusion Materials</t>
   </si>
   <si>
     <t>ASTM D5205 : 24</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Specification for  Polyetherimide (PEI) Molding and Extrusion Materials</t>
   </si>
   <si>
     <t>ASTM D4726 : 24</t>
   </si>
   <si>
-    <t>Standard Specification for  Rigid Poly(Vinyl Chloride) (PVC) Exterior-Profile Extrusions  Used for Assembled Windows and Doors</t>
+    <t>Standard Specification for Rigid Poly(Vinyl Chloride) (PVC) Exterior-Profile Extrusions Used for Assembled Windows and Doors</t>
   </si>
   <si>
     <t>ASTM D5364 : 14(2024)</t>
   </si>
   <si>
     <t>Standard Guide for  Design, Fabrication, and Erection of Fiberglass Reinforced  (FRP) Plastic Chimney Liners with Coal-Fired Units</t>
   </si>
   <si>
     <t>ASTM F2831 : 19(2024)</t>
   </si>
   <si>
     <t>Standard Practice for   Internal Non Structural Epoxy Barrier Coating Material Used   In Rehabilitation of Metallic Pressurized Piping Systems</t>
   </si>
   <si>
     <t>ASTM F2618 : 24</t>
   </si>
   <si>
     <t>Standard Specification for  Chlorinated Poly (Vinyl Chloride) (CPVC) Pipe and Fittings   for Chemical Waste Drainage Systems</t>
   </si>
   <si>
     <t>ASTM D2846/D2846M : 24</t>
   </si>
   <si>
     <t>Standard Specification for Chlorinated Poly(Vinyl Chloride) (CPVC) Plastic Hot- and Cold-Water   Distribution Systems</t>
   </si>
@@ -1298,51 +1556,51 @@
   <si>
     <t>Standard Specification for  Threaded Chlorinated Poly(Vinyl Chloride) (CPVC) Plastic Pipe  Fittings, Schedule 80</t>
   </si>
   <si>
     <t>ASTM D3981 : 09a(2024)e1</t>
   </si>
   <si>
     <t>Standard Specification for  Polyethylene Films Made from Medium-Density Polyethylene for  General Use and Packaging Applications</t>
   </si>
   <si>
     <t>ASTM D3261 : 24</t>
   </si>
   <si>
     <t>Standard Specification for  Butt Heat Fusion Polyethylene (PE) Plastic Fittings for Polyethylene  (PE) Plastic Pipe and Tubing</t>
   </si>
   <si>
     <t>ASTM D4101 : 24</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Specification for Polypropylene Injection and Extrusion Materials</t>
   </si>
   <si>
     <t>ASTM F894 : 24</t>
   </si>
   <si>
-    <t>Standard Specification for  Polyethylene (PE) Large Diameter Profile Wall Sewer and Drain  Pipe</t>
+    <t>Standard Specification for Polyethylene (PE) Large Diameter Profile Wall Sewer and Drain Pipe</t>
   </si>
   <si>
     <t>ASTM F2562/F2562M : 24</t>
   </si>
   <si>
     <t>Specification for  Steel Reinforced Thermoplastic Ribbed Pipe and Fittings for  Non-Pressure   Drainage and Sewerage</t>
   </si>
   <si>
     <t>ASTM D6111 : 24</t>
   </si>
   <si>
     <t>Standard Test Method for Bulk Density And Specific Gravity of Plastic Lumber and Shapes  by Displacement</t>
   </si>
   <si>
     <t>ASTM D6109 : 24</t>
   </si>
   <si>
     <t>Standard Test Methods for  Flexural Properties of Unreinforced and Reinforced Plastic  Lumber and Related Products</t>
   </si>
   <si>
     <t>ASTM D6108 : 24</t>
   </si>
   <si>
     <t>Standard Test Method for  Compressive Properties of Plastic Lumber and Shapes</t>
   </si>
@@ -1364,51 +1622,51 @@
   <si>
     <t>Standard Test Method for  Polyurethane Raw Materials: Determination of Water Content  of Polyols</t>
   </si>
   <si>
     <t>ASTM F3346 : 24</t>
   </si>
   <si>
     <t>Standard Specification for Polyethylene of Raised Temperature/Aluminum/Polyethylene of  Raised Temperature (PE-RT/AL/PE-RT) Composite Pressure Pipe</t>
   </si>
   <si>
     <t>ASTM D7487 : 24</t>
   </si>
   <si>
     <t>Standard Practice for  Polyurethane Raw Materials: Polyurethane Foam Cup Test</t>
   </si>
   <si>
     <t>ASTM D2924 : 24</t>
   </si>
   <si>
     <t>Standard Test Method for External Pressure Resistance of “Fiberglass”&lt;brk  /&gt; (Glass-Fiber-Reinforced Thermosetting-Resin) Pipe</t>
   </si>
   <si>
     <t>ASTM D4803 : 24</t>
   </si>
   <si>
-    <t>Standard Test Method for  Predicting Heat Buildup in PVC Building Products</t>
+    <t>Standard Test Method for Predicting Heat Buildup in PVC Building Products</t>
   </si>
   <si>
     <t>ASTM D7436 : 17(2024)</t>
   </si>
   <si>
     <t>Standard Classification System for  Unfilled Polyethylene Plastics Molding and Extrusion Materials  with a Fractional Melt Index Using ISO Protocol and Methodology</t>
   </si>
   <si>
     <t>ASTM D4875 : 24</t>
   </si>
   <si>
     <t>Standard Test Methods of Polyurethane Raw Materials: Determination of the Polymerized  Ethylene Oxide Content of Polyether Polyols</t>
   </si>
   <si>
     <t>ASTM D6979 : 24</t>
   </si>
   <si>
     <t>Standard Test Method for  Polyurethane Raw Materials: Determination of Basicity in Polyols,  Expressed as Percent Nitrogen</t>
   </si>
   <si>
     <t>ASTM D2765 : 16(2024)</t>
   </si>
   <si>
     <t>Standard Test Methods for Determination of Gel Content and Swell Ratio of Crosslinked  Ethylene Plastics</t>
   </si>
@@ -1451,56 +1709,50 @@
   <si>
     <t>ASTM F2769 : 24</t>
   </si>
   <si>
     <t>Standard Specification for  Polyethylene of Raised Temperature (PE-RT) Plastic Hot and   Cold-Water Tubing and Distribution Systems</t>
   </si>
   <si>
     <t>ASTM D5857 : 17(2024)</t>
   </si>
   <si>
     <t>Standard Specification for  Polypropylene Injection and Extrusion Materials Using ISO Protocol  and Methodology</t>
   </si>
   <si>
     <t>ASTM D5492 : 17(2024)</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Xylene Solubles in Propylene Plastics</t>
   </si>
   <si>
     <t>ASTM F1733 : 24</t>
   </si>
   <si>
     <t>Standard Specification for  Butt Heat Fusion Polyamide(PA) Plastic Fitting for Polyamide(PA)   Plastic Pipe and Tubing</t>
   </si>
   <si>
-    <t>ASTM F512 : 19(2024)</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D7992/D7992M : 23</t>
   </si>
   <si>
     <t>Standard Practice for Elevated Temperature and Moisture Conditioning of Pultruded  Fiber Reinforced Polymer (FRP) Composites Used in Structural Designs</t>
   </si>
   <si>
     <t>ASTM D7792/D7792M : 23</t>
   </si>
   <si>
     <t>Standard Practice for Freeze/Thaw Conditioning of Pultruded Fiber Reinforced Polymer  (FRP) Composites Used in Structural Designs</t>
   </si>
   <si>
     <t>ASTM D6954 : 24</t>
   </si>
   <si>
     <t>Standard Guide for Exposing and Testing Plastics that Degrade in the Environment  by a Combination of Oxidation and Biodegradation</t>
   </si>
   <si>
     <t>ASTM D6042 : 23</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Phenolic Antioxidants and Erucamide Slip Additives  in Polypropylene Homopolymer Formulations Using Liquid Chromatography  (LC)</t>
   </si>
   <si>
     <t>ASTM D2103 : 23a</t>
@@ -1775,56 +2027,50 @@
   <si>
     <t>ASTM D2463 : 23</t>
   </si>
   <si>
     <t>Standard Test Method for Drop Impact Resistance of Blow-Molded Thermoplastic Containers</t>
   </si>
   <si>
     <t>ASTM F2896 : 23</t>
   </si>
   <si>
     <t>Standard Specification for  Reinforced Polyethylene Composite Pipe For The Transport Of   Oil And Gas And Hazardous Liquids</t>
   </si>
   <si>
     <t>ASTM D6835 : 23</t>
   </si>
   <si>
     <t>Standard Classification System for  Thermoplastic Elastomer-Ether-Ester Molding and Extrusion Materials  (TEEE)</t>
   </si>
   <si>
     <t>ASTM D6262 : 23</t>
   </si>
   <si>
     <t>Standard Specification for Extruded, Compression Molded, and Injection Molded Basic Shapes  of Poly(aryl ether ketone) (PAEK)</t>
   </si>
   <si>
-    <t>ASTM D695 : 23</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D3489 : 23</t>
   </si>
   <si>
     <t>Standard Test Methods for  Microcellular Urethane Materials</t>
   </si>
   <si>
     <t>ASTM D6041 : 23</t>
   </si>
   <si>
     <t>Standard Specification for  Contact-Molded “Fiberglass” (Glass-Fiber-Reinforced  Thermosetting Resin) Corrosion Resistant Pipe and Fittings</t>
   </si>
   <si>
     <t>ASTM D2343 : 17(2023)</t>
   </si>
   <si>
     <t>Standard Test Method for Tensile Properties of Glass Fiber Strands, Yarns, and Rovings  Used in Reinforced Plastics</t>
   </si>
   <si>
     <t>ASTM F3203 : 19(2023)</t>
   </si>
   <si>
     <t>Standard Test Method for Determination of Gel Content of Crosslinked Polyethylene (PEX)  Pipes and Tubing</t>
   </si>
   <si>
     <t>ASTM F3181 : 16(2023)</t>
@@ -1919,56 +2165,50 @@
   <si>
     <t>ASTM D1623 : 17(2023)</t>
   </si>
   <si>
     <t>Standard Test Method for  Tensile and Tensile Adhesion Properties of Rigid Cellular Plastics</t>
   </si>
   <si>
     <t>ASTM D3275 : 18(2023)</t>
   </si>
   <si>
     <t>Standard Classification System for E-CTFE-Fluoroplastic Molding, Extrusion, and Coating Materials</t>
   </si>
   <si>
     <t>ASTM F2648/F2648M : 23</t>
   </si>
   <si>
     <t>Standard Specification for 50 mm to 1500 mm [2 in. to 60 in.] Annular Corrugated  Profile Wall  Polyethylene  (PE) Pipe and Fittings for Land Drainage  Applications</t>
   </si>
   <si>
     <t>ASTM D1922 : 23</t>
   </si>
   <si>
     <t>Standard Test Method for Propagation Tear Resistance of Plastic Film and Thin Sheeting  by Pendulum Method</t>
   </si>
   <si>
-    <t>ASTM D8484 : 23</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D7211 : 23</t>
   </si>
   <si>
     <t>Standard Specification for  Parts Machined from Polychlorotrifluoroethylene (PCTFE) and  Intended for General Use</t>
   </si>
   <si>
     <t>ASTM D4878 : 23</t>
   </si>
   <si>
     <t>Standard Test Methods for Polyurethane Raw Materials: Determination of Viscosity of Polyols</t>
   </si>
   <si>
     <t>ASTM D5421 : 23</t>
   </si>
   <si>
     <t>Standard Specification for  Contact Molded “Fiberglass” (Glass-Fiber-Reinforced  Thermosetting Resin) Flanges</t>
   </si>
   <si>
     <t>ASTM F3128 : 23</t>
   </si>
   <si>
     <t>Standard Specification for Poly(Vinyl Chloride) (PVC) Schedule 40 Drain, Waste, and Vent  Pipe with a Cellular Core</t>
   </si>
   <si>
     <t>ASTM F3524/F3524M : 23</t>
@@ -2189,56 +2429,50 @@
   <si>
     <t>ASTM D2578 : 23</t>
   </si>
   <si>
     <t>Standard Test Method for  Wetting Tension of Polyethylene and Polypropylene Films</t>
   </si>
   <si>
     <t>ASTM F1483 : 23</t>
   </si>
   <si>
     <t>Standard Specification for  Oriented Poly(Vinyl Chloride), PVCO, Pressure Pipe</t>
   </si>
   <si>
     <t>ASTM F2806 : 23</t>
   </si>
   <si>
     <t>Standard Specification for Acrylonitrile-Butadiene-Styrene (ABS) Plastic Pipe (Metric  SDR-PR)</t>
   </si>
   <si>
     <t>ASTM D2657 : 07(2023)</t>
   </si>
   <si>
     <t>Standard Practice for  Heat Fusion Joining of Polyolefin Pipe and Fittings</t>
   </si>
   <si>
-    <t>ASTM F1807 : 23</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM F2080 : 23</t>
   </si>
   <si>
     <t>Standard Specification for  Cold-Expansion Fittings with Metal Compression-Sleeves for   Crosslinked Polyethylene (PEX) Pipe and SDR9 Polyethylene of Raised  Temperature (PE-RT) Pipe</t>
   </si>
   <si>
     <t>ASTM F3347 : 23</t>
   </si>
   <si>
     <t>Standard Specification for  Metal Press Insert Fittings with Factory Assembled Stainless  Steel Press Sleeve for SDR9 Cross-linked Polyethylene (PEX) Tubing  and SDR9 Polyethylene of Raised Temperature (PE-RT) Tubing</t>
   </si>
   <si>
     <t>ASTM D4673 : 23</t>
   </si>
   <si>
     <t>Standard Classification System for and Basis for Specification for Acrylonitrile–Butadiene–Styrene (ABS) Plastics  and Alloys Molding and Extrusion Materials</t>
   </si>
   <si>
     <t>ASTM D3916 : 22</t>
   </si>
   <si>
     <t>Standard Test Method for  Tensile Properties of Pultruded Glass-Fiber-Reinforced&lt;brk  /&gt; Plastic Rod</t>
   </si>
   <si>
     <t>ASTM F2928 : 18(2023)</t>
@@ -2288,51 +2522,51 @@
   <si>
     <t>Standard Specification for  Polyethylene (PE) Plastic Pipe (DR-PR) Based on Controlled   Outside Diameter</t>
   </si>
   <si>
     <t>ASTM D2291/D2291M : 22</t>
   </si>
   <si>
     <t>Standard Practice for  Fabrication of Ring Test Specimens for Glass-Resin Composites</t>
   </si>
   <si>
     <t>ASTM D5204 : 22</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Specification for Polyamide-Imide (PAI) Molding and Extrusion Materials</t>
   </si>
   <si>
     <t>ASTM D1494 : 22</t>
   </si>
   <si>
     <t>Standard Test Method for Diffuse Light Transmission Factor of Reinforced Plastics Panels</t>
   </si>
   <si>
     <t>ASTM D5319 : 22</t>
   </si>
   <si>
-    <t>Standard Specification for  Glass-Fiber Reinforced Polyester Wall and Ceiling Panels</t>
+    <t>Standard Specification for Glass-Fiber Reinforced Polyester Wall and Ceiling Panels</t>
   </si>
   <si>
     <t>ASTM F1055 : 16a(2022)</t>
   </si>
   <si>
     <t>Standard Specification for  Electrofusion Type Polyethylene Fittings for Outside Diameter   Controlled Polyethylene and Crosslinked Polyethylene (PEX) Pipe and   Tubing</t>
   </si>
   <si>
     <t>ASTM D5045 : 14(2022)</t>
   </si>
   <si>
     <t>Standard Test Methods for  Plane-Strain Fracture Toughness and Strain Energy Release Rate  of Plastic Materials</t>
   </si>
   <si>
     <t>ASTM D4350 : 16(2022)</t>
   </si>
   <si>
     <t>Standard Test Method for  Corrosivity Index of Plastics and Fillers</t>
   </si>
   <si>
     <t>ASTM C1147 : 14(2022)</t>
   </si>
   <si>
     <t>Standard Practice for Determining the Short Term Tensile Weld Strength of Chemical-Resistant  Thermoplastics</t>
   </si>
@@ -2426,51 +2660,51 @@
   <si>
     <t>Standard Test Method for  Determining Logarithmic Viscosity Number of Poly(Vinyl Chloride)  (PVC) in Formulated Compounds</t>
   </si>
   <si>
     <t>ASTM D4396 : 22</t>
   </si>
   <si>
     <t>Standard Specification for  Rigid Poly(Vinyl Chloride) (PVC) and Chlorinated Poly(Vinyl  Chloride) (CPVC) Compounds for Plastic Pipe and Fittings Used in Nonpressure  Applications</t>
   </si>
   <si>
     <t>ASTM D1239 : 22a</t>
   </si>
   <si>
     <t>Standard Test Method for Resistance of Plastic Films to Extraction by Chemicals</t>
   </si>
   <si>
     <t>ASTM D1593 : 22</t>
   </si>
   <si>
     <t>Standard Specification for Nonrigid Vinyl Chloride Plastic Film and Sheeting</t>
   </si>
   <si>
     <t>ASTM D4551 : 22</t>
   </si>
   <si>
-    <t>Standard Specification for  Poly(Vinyl Chloride) (PVC) Plastic Flexible Concealed Water-Containment  Membrane</t>
+    <t>Standard Specification for Poly(Vinyl Chloride) (PVC) Plastic Flexible Concealed Water-Containment Membrane</t>
   </si>
   <si>
     <t>ASTM D542 : 22</t>
   </si>
   <si>
     <t>Standard Test Method for  Index of Refraction of Transparent Organic Plastics</t>
   </si>
   <si>
     <t>ASTM D2122 : 22</t>
   </si>
   <si>
     <t>Standard Test Method for  Determining Dimensions of Thermoplastic Pipe and Fittings</t>
   </si>
   <si>
     <t>ASTM F1901 : 22</t>
   </si>
   <si>
     <t>Standard Specification for  Polyethylene (PE) Pipe and Fittings for Roof Drain Systems</t>
   </si>
   <si>
     <t>ASTM F1499 : 22</t>
   </si>
   <si>
     <t>Standard Specification for  Coextruded Composite Drain, Waste, and Vent Pipe (DWV)</t>
   </si>
@@ -2678,51 +2912,51 @@
   <si>
     <t>Standard Specification for  Unsintered Pigmented Polytetrafluoroethylene (PTFE) Extruded  Film or Tape</t>
   </si>
   <si>
     <t>ASTM D3308 : 12(2022)</t>
   </si>
   <si>
     <t>Standard Specification for  PTFE Resin Skived Tape</t>
   </si>
   <si>
     <t>ASTM D4969 : 17(2022)</t>
   </si>
   <si>
     <t>Standard Specification for Polytetrafluoroethylene–(PTFE) Coated Glass Fabric</t>
   </si>
   <si>
     <t>ASTM D6585 : 17(2022)</t>
   </si>
   <si>
     <t>Standard Specification for  Unsintered Polytetrafluoroethylene (PTFE) Extruded Film or  Tape</t>
   </si>
   <si>
     <t>ASTM F3371 : 22</t>
   </si>
   <si>
-    <t>Standard Specification for Polyolefin Pipe and Fittings for Drainage, Waste, and Vent  Applications</t>
+    <t>Standard Specification for Polyolefin Pipe and Fittings for Drainage, Waste, and Vent Applications</t>
   </si>
   <si>
     <t>ASTM F3564 : 22</t>
   </si>
   <si>
     <t>Standard Practice for Determining Allowable Tensile Load for Polyamide-12 (PA12)  Gas Pipe During Pull-In Installation</t>
   </si>
   <si>
     <t>ASTM F1802 : 22</t>
   </si>
   <si>
     <t>Standard Test Method for  Performance Testing of Excess Flow Valves</t>
   </si>
   <si>
     <t>ASTM D6662 : 22</t>
   </si>
   <si>
     <t>Standard Specification for  Polyolefin-Based Plastic Lumber Decking Boards</t>
   </si>
   <si>
     <t>ASTM F3378/F3378M : 22</t>
   </si>
   <si>
     <t>Standard Specification for Crosslinkable Polyethylene (CX-PE) Pipe</t>
   </si>
@@ -2762,51 +2996,51 @@
   <si>
     <t>Standard Classification System for Polychlorotrifluoroethylene (PCTFE) Plastics</t>
   </si>
   <si>
     <t>ASTM D3768 : 22</t>
   </si>
   <si>
     <t>Standard Test Method for  Microcellular Urethanes—Flexural Recovery</t>
   </si>
   <si>
     <t>ASTM D7253 : 22</t>
   </si>
   <si>
     <t>Standard Test Method for  Polyurethane Raw Materials: Determination of Acidity as Acid  Number for Polyether Polyols</t>
   </si>
   <si>
     <t>ASTM D6436 : 14(2022)</t>
   </si>
   <si>
     <t>Standard Guide for Reporting Properties for Plastics and Thermoplastic Elastomers</t>
   </si>
   <si>
     <t>ASTM D4068 : 17(2022)</t>
   </si>
   <si>
-    <t>Standard Specification for Chlorinated Polyethylene (CPE) Sheeting for Concealed Water-Containment  Membrane</t>
+    <t>Standard Specification for Chlorinated Polyethylene (CPE) Sheeting for Concealed Water-Containment Membrane</t>
   </si>
   <si>
     <t>ASTM D3851 : 17(2022)</t>
   </si>
   <si>
     <t>Standard Specification for Microcellular Polyurethane Shoe Soling Materials</t>
   </si>
   <si>
     <t>ASTM D3368 : 17(2022)</t>
   </si>
   <si>
     <t>Standard Specification for FEP Sheet and Film</t>
   </si>
   <si>
     <t>ASTM D2673 : 14(2022)</t>
   </si>
   <si>
     <t>Standard Specification for Oriented Polypropylene Film</t>
   </si>
   <si>
     <t>ASTM F2510/F2510M : 22</t>
   </si>
   <si>
     <t>Standard Specification for Resilient Connectors Between Reinforced Concrete Manhole Structures  and Corrugated Dual- and Triple-Wall Polyethylene and Polypropylene  Pipes</t>
   </si>
@@ -2837,108 +3071,96 @@
   <si>
     <t>ASTM F2135 : 01(2022)</t>
   </si>
   <si>
     <t>Standard Specification for Molded Drain, Waste, and Vent (DWV) Short-Pattern Plastic Fittings</t>
   </si>
   <si>
     <t>ASTM F2021 : 17(2022)</t>
   </si>
   <si>
     <t>Standard Guide for  Design and Installation of Plastic Siphonic Roof Drainage Systems</t>
   </si>
   <si>
     <t>ASTM F1675 : 13(2022)</t>
   </si>
   <si>
     <t>Standard Practice for  Life-Cycle Cost Analysis of Plastic Pipe Used for Culverts,  Storm Sewers, and Other Buried Conduits</t>
   </si>
   <si>
     <t>ASTM F1429 : 99(2022)</t>
   </si>
   <si>
     <t>Standard Test Method for  Assembly Force of Plastic Underground Conduit Joints That Use  Flexible Elastomeric Seals Located in the Bell</t>
   </si>
   <si>
-    <t>ASTM F480 : 14(2022)</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM F3123 : 22</t>
   </si>
   <si>
     <t>Standard Specification for Metric Outside Diameter Polyethylene (PE) Plastic Pipe (DR-PN)</t>
   </si>
   <si>
     <t>ASTM F3536 : 22</t>
   </si>
   <si>
     <t>Standard Specification for PE and PP Mechanical Fittings for use on NPS 3 or Smaller Cold-water  Service Polyethylene (PE) or Crosslinked Polyethylene (PEX) Pipe or  Tubing</t>
   </si>
   <si>
     <t>ASTM D4364 : 13(2022)e1</t>
   </si>
   <si>
     <t>Standard Practice for  Performing Outdoor Accelerated Weathering Tests of Plastics  Using Concentrated Sunlight</t>
   </si>
   <si>
     <t>ASTM D1201 : 13(2022)e1</t>
   </si>
   <si>
     <t>Standard Specification for  Thermosetting Polyester Molding Compounds</t>
   </si>
   <si>
     <t>ASTM F2487 : 21</t>
   </si>
   <si>
     <t>Standard Practice for  Infiltration and Exfiltration Acceptance Testing of Installed  Corrugated   High Density Polyethylene and Polypropylene Pipelines</t>
   </si>
   <si>
     <t>ASTM F3034 : 21</t>
   </si>
   <si>
     <t>Standard Specification for Billets made by Winding Molten Extruded Stress-Rated High Density  Polyethylene (HDPE)</t>
   </si>
   <si>
-    <t>ASTM F3183 : 21</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM F3497 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for Evaluating the Oxidative Resistance of Polypropylene (PP) Piping  Systems to Hot Chlorinated Water</t>
   </si>
   <si>
     <t>ASTM D4495 : 21</t>
   </si>
   <si>
-    <t>Standard Test Method for  Impact Resistance of Poly(Vinyl Chloride) (PVC) Rigid Profiles  by Means of a Falling Weight</t>
+    <t>Standard Test Method for Impact Resistance of Poly(Vinyl Chloride) (PVC) Rigid Profiles by Means of a Falling Weight</t>
   </si>
   <si>
     <t>ASTM F2023 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for Evaluating the Oxidative Resistance of Crosslinked Polyethylene   (PEX) Pipe, Tubing and Systems to Hot Chlorinated Water</t>
   </si>
   <si>
     <t>ASTM F2880 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Lap-Joint Type Flange Adapters for Polyethylene Pressure Pipe  in Nominal Pipe Sizes &lt;fraction&gt;&lt;num&gt;3&lt;/num&gt;&lt;den&gt;4&lt;/den&gt;&lt;/fraction  &gt; in. to 65 in.</t>
   </si>
   <si>
     <t>ASTM F2306/F2306M : 21</t>
   </si>
   <si>
     <t>Standard Specification for 300 mm to 1500 mm [12 in. to 60 in.] Annular Corrugated Profile-Wall   Polyethylene (PE) Pipe and Fittings for Non-Pressure Gravity-Flow  Storm Sewer and  Subsurface Drainage Applications</t>
   </si>
   <si>
     <t>ASTM D7611/D7611M : 21</t>
   </si>
   <si>
     <t>Standard Practice for Coding Plastic Manufactured Articles for Resin Identification</t>
   </si>
@@ -2954,101 +3176,95 @@
   <si>
     <t>Standard Classification System and Basis for Specification for Polycarbonate (PC) Unfilled and Reinforced Material</t>
   </si>
   <si>
     <t>ASTM F2634 : 15(2021)</t>
   </si>
   <si>
     <t>Standard Test Method for  Laboratory Testing of Polyethylene (PE) Butt Fusion Joints   using Tensile-Impact Method</t>
   </si>
   <si>
     <t>ASTM D543 : 21</t>
   </si>
   <si>
     <t>Standard Practices for Evaluating the Resistance of Plastics to Chemical Reagents</t>
   </si>
   <si>
     <t>ASTM D3354 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Blocking Load of Plastic Film by the Parallel Plate Method</t>
   </si>
   <si>
     <t>ASTM D7254 : 21</t>
   </si>
   <si>
-    <t>Standard Specification for  Polypropylene (PP) Siding</t>
+    <t>Standard Specification for Polypropylene (PP) Siding</t>
   </si>
   <si>
     <t>ASTM F3508 : 21a</t>
   </si>
   <si>
     <t>Standard Guide for In-Situ Pipeline Renovation As Dual-Wall Composite Pipeline  by Push/Pull Installation of Compressed-Fit Shape-Memory-Polymer Tubular  (SMPT)</t>
   </si>
   <si>
     <t>ASTM D5272 : 08(2021)</t>
   </si>
   <si>
     <t>Standard Practice for  Outdoor Exposure Testing of Photodegradable Plastics</t>
   </si>
   <si>
     <t>ASTM D5071 : 06(2021)</t>
   </si>
   <si>
     <t>Standard Practice for  Exposure of Photodegradable Plastics in a Xenon Arc Apparatus</t>
   </si>
   <si>
     <t>ASTM D6248 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Vinyl and Trans Unsaturation in Polyethylene by Infrared Spectrophotometry</t>
   </si>
   <si>
     <t>ASTM D3138 : 21</t>
   </si>
   <si>
     <t>Standard Specification for Solvent Cements for Transition Joints Between Acrylonitrile-Butadiene-Styrene   (ABS) and Poly(Vinyl Chloride) (PVC) Non-Pressure Piping Components</t>
   </si>
   <si>
     <t>ASTM D3122 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Solvent Cements for Styrene-Rubber (SR) Plastic Pipe and Fittings</t>
   </si>
   <si>
     <t>ASTM D2729 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Poly(Vinyl Chloride) (PVC) Sewer Pipe and Fittings</t>
   </si>
   <si>
-    <t>ASTM F3525/F3525M : 21</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM F3535 : 21</t>
   </si>
   <si>
     <t>Standard Practice for Field Leak Testing of Polyamide-12 (PA12) Pressure Piping Systems  Using Gaseous Testing Media Under Pressure (Pneumatic Leak Testing)</t>
   </si>
   <si>
     <t>ASTM D6988 : 21</t>
   </si>
   <si>
     <t>Standard Guide for  Determination of Thickness of Plastic Film Test Specimens</t>
   </si>
   <si>
     <t>ASTM D8349 : 21</t>
   </si>
   <si>
     <t>Standard Classification System for and Basis of Specifications for Thermoplastic Joining Interface Materials for Creation of Joints  Between Different Materials for the Production of End Items or Parts  that are Intended to be Disassembled and/or Reassembled</t>
   </si>
   <si>
     <t>ASTM D1822 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Determining the Tensile-Impact Resistance of Plastics</t>
   </si>
   <si>
     <t>ASTM D4092 : 21</t>
@@ -3101,56 +3317,50 @@
   <si>
     <t>ASTM D1693 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Environmental Stress-Cracking of Ethylene Plastics</t>
   </si>
   <si>
     <t>ASTM D4167 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Fiber-Reinforced Plastic Fans and Blowers</t>
   </si>
   <si>
     <t>ASTM D1710 : 15(2021)</t>
   </si>
   <si>
     <t>Standard Specification for Extruded Polytetrafluoroethylene (PTFE) Rod, Heavy Walled Tubing  and Basic Shapes</t>
   </si>
   <si>
     <t>ASTM D1785 : 21a</t>
   </si>
   <si>
     <t>Standard Specification for  Poly(Vinyl Chloride) (PVC) Plastic Pipe, Schedules 40, 80,   and 120</t>
   </si>
   <si>
-    <t>ASTM D2774 : 21a</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D7310 : 21</t>
   </si>
   <si>
     <t>Standard Practice for Defect Detection and Rating of Plastic Films Using Optical  Sensors</t>
   </si>
   <si>
     <t>ASTM D3418 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Transition Temperatures and Enthalpies of Fusion and Crystallization  of Polymers by Differential Scanning Calorimetry</t>
   </si>
   <si>
     <t>ASTM D3222 : 21</t>
   </si>
   <si>
     <t>Standard Specification for Unmodified Poly(Vinylidene Fluoride) (PVDF) Molding Extrusion  and Coating Materials</t>
   </si>
   <si>
     <t>ASTM D3307 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Perfluoroalkoxy (PFA) Resin Molding and Extrusion Materials</t>
   </si>
   <si>
     <t>ASTM D5419 : 21</t>
@@ -3185,56 +3395,50 @@
   <si>
     <t>ASTM D1998 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Polyethylene Upright Storage Tanks</t>
   </si>
   <si>
     <t>ASTM F2164 : 21</t>
   </si>
   <si>
     <t>Standard Practice for  Field Leak Testing of Polyethylene (PE) and Crosslinked Polyethylene  (PEX) Pressure Piping Systems  Using Hydrostatic Pressure</t>
   </si>
   <si>
     <t>ASTM F2390 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Poly(Vinyl Chloride) (PVC) Plastic Drain, Waste, and Vent (DWV)   Pipe  and Fittings Having Post-Industrial Recycle Content</t>
   </si>
   <si>
     <t>ASTM D1636 : 21</t>
   </si>
   <si>
     <t>Standard Specification for Allyl Molding Compounds</t>
   </si>
   <si>
-    <t>ASTM F3507 : 21</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D5279 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Plastics: Dynamic Mechanical Properties: In Torsion</t>
   </si>
   <si>
     <t>ASTM F3033 : 16(2021)</t>
   </si>
   <si>
     <t>Standard Practice for Installation of a Single-Sized, Cured-In-Place Liner Utilizing  an Inflatable Bladder for Resurfacing Manhole Walls of Various  Shapes  and Sizes&lt;rangeref&gt;&lt;/rangeref  &gt;</t>
   </si>
   <si>
     <t>ASTM F2785 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Polyamide 12 Gas Pressure Pipe, Tubing, and Fittings</t>
   </si>
   <si>
     <t>ASTM D5227 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Measurement of Hexane Extractable Content of Polyolefins</t>
   </si>
   <si>
     <t>ASTM F1804 : 21</t>
@@ -3242,71 +3446,65 @@
   <si>
     <t>Standard Practice for  Determining Allowable Tensile Load for Polyethylene (PE) Gas   Pipe During Pull-In Installation</t>
   </si>
   <si>
     <t>ASTM D618 : 21</t>
   </si>
   <si>
     <t>Standard Practice for  Conditioning Plastics for Testing</t>
   </si>
   <si>
     <t>ASTM D4819 : 13(2021)e1</t>
   </si>
   <si>
     <t>Standard Specification for  Flexible Cellular Materials Made From Polyolefin Plastics</t>
   </si>
   <si>
     <t>ASTM D3465 : 21</t>
   </si>
   <si>
     <t>Standard Guide for Purity of Monomeric Plasticizers by Gas Chromatography</t>
   </si>
   <si>
     <t>ASTM D7856 : 21</t>
   </si>
   <si>
-    <t>Standard Specification for Color and Appearance Retention of Solid and Variegated Color  Plastic Siding Products using CIELab Color Space</t>
+    <t>Standard Specification for Color and Appearance Retention of Solid and Variegated Color Plastic Siding Products using CIELab Color Space</t>
   </si>
   <si>
     <t>ASTM D1786 : 21</t>
   </si>
   <si>
     <t>Standard Specification for Toluene Diisocyanate</t>
   </si>
   <si>
     <t>ASTM D4671 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for Polyurethane Raw Materials: Determination of Unsaturation of  Polyols</t>
   </si>
   <si>
-    <t>ASTM D4329 : 21</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D4475 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Apparent Horizontal Shear Strength of Pultruded Reinforced  Plastic Rods By the Short-Beam Method</t>
   </si>
   <si>
     <t>ASTM D6360 : 15(2021)</t>
   </si>
   <si>
     <t>Standard Practice for Enclosed Carbon-Arc Exposures of Plastics</t>
   </si>
   <si>
     <t>ASTM D4549 : 15(2021)</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Specification for  Polystyrene and Rubber-Modified Polystyrene Molding and Extrusion  Materials (PS)</t>
   </si>
   <si>
     <t>ASTM D4473 : 08(2021)</t>
   </si>
   <si>
     <t>Standard Test Method for  Plastics: Dynamic Mechanical Properties: Cure Behavior</t>
   </si>
   <si>
     <t>ASTM D3013 : 13(2021)</t>
@@ -3371,140 +3569,116 @@
   <si>
     <t>ASTM D2997 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Centrifugally Cast “Fiberglass” (Glass-Fiber-Reinforced  Thermosetting-Resin) Pipe</t>
   </si>
   <si>
     <t>ASTM D955 : 21</t>
   </si>
   <si>
     <t>Standard Test Method of  Measuring Shrinkage from Mold Dimensions of Thermoplastics</t>
   </si>
   <si>
     <t>ASTM F2331 : 11(2021)</t>
   </si>
   <si>
     <t>Standard Test Method for Determining Chemical Compatibility of Substances in Contact   with Thermoplastic Pipe and Fittings Materials</t>
   </si>
   <si>
     <t>ASTM F2854 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Push-Fit Crosslinked Polyethylene (PEX) Mechanical Fittings   for Crosslinked Polyethylene (PEX) Tubing</t>
   </si>
   <si>
-    <t>ASTM D3420 : 21</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D2582 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for Puncture-Propagation Tear Resistance of Plastic Film and Thin  Sheeting</t>
   </si>
   <si>
     <t>ASTM D7082 : 21</t>
   </si>
   <si>
-    <t>Standard Specification for Polyethylene Stay In Place Form System for End Walls for Drainage  Pipe</t>
+    <t>Standard Specification for Polyethylene Stay In Place Form System for End Walls for Drainage Pipe</t>
   </si>
   <si>
     <t>ASTM D3841 : 21</t>
   </si>
   <si>
-    <t>Standard Specification for  Glass-Fiber-Reinforced Polyester Plastic Panels</t>
+    <t>Standard Specification for Glass-Fiber-Reinforced Polyester Plastic Panels</t>
   </si>
   <si>
     <t>ASTM D5507 : 21a</t>
   </si>
   <si>
     <t>Standard Test Method for Determination of Trace Organic Impurities in Monomer Grade  Vinyl Chloride by Capillary Column/Multidimensional Gas Chromatography</t>
   </si>
   <si>
     <t>ASTM D6394 : 21a</t>
   </si>
   <si>
     <t>Standard Classification System for and Basis for Specification for Sulfone Plastics (SP)</t>
   </si>
   <si>
     <t>ASTM F2829/F2829M : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Metric- and Inch-Sized Fittings for Crosslinked Polyethylene  (PEX) Pipe</t>
   </si>
   <si>
-    <t>ASTM F3373 : 21</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM F913 : 02(2021)</t>
   </si>
   <si>
     <t>Standard Specification for Thermoplastic Elastomeric Seals (Gaskets) for Joining&lt;brk/&gt; Plastic   Pipe</t>
   </si>
   <si>
     <t>ASTM F3190 : 21</t>
   </si>
   <si>
     <t>Standard Practice for  Heat Fusion Equipment (HFE) Operator Qualification on Polyethylene  (PE) and Polyamide (PA) Pipe and Fittings</t>
   </si>
   <si>
     <t>ASTM D7990 : 21</t>
   </si>
   <si>
-    <t>Standard Test Method for Using Reflectance Spectra to Produce an Index of Temperature  Rise in Polymeric Siding</t>
+    <t>Standard Test Method for Using Reflectance Spectra to Produce an Index of Temperature Rise in Polymeric Siding</t>
   </si>
   <si>
     <t>ASTM D3982 : 21</t>
   </si>
   <si>
     <t>Standard Specification for  Contact Molded “Fiberglass” (Glass Fiber Reinforced  Thermosetting Resin) Ducts</t>
   </si>
   <si>
     <t>ASTM D2143 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Cyclic Pressure Strength of Reinforced, Thermosetting Plastic  Pipe</t>
   </si>
   <si>
-    <t>ASTM F3058 : 16(2021)</t>
-[...10 lines deleted...]
-  <si>
     <t>ASTM F610/F610M : 21</t>
   </si>
   <si>
     <t>Standard Practice for Evaluating the Quality of Molded Poly(Vinyl Chloride) (PVC)   Plastic Pipe Fittings by the Heat Reversion Technique</t>
   </si>
   <si>
     <t>ASTM F794 : 21</t>
   </si>
   <si>
     <t>Standard Specification for Poly(Vinyl Chloride) (PVC) Profile Gravity Sewer Pipe and Fittings   Based on Controlled Inside Diameter</t>
   </si>
   <si>
     <t>ASTM F667/F667M : 16(2021)</t>
   </si>
   <si>
     <t>Standard Specification for  3 through 24 in. Corrugated Polyethylene Pipe and Fittings</t>
   </si>
   <si>
     <t>ASTM F585 : 16(2021)</t>
   </si>
   <si>
     <t>Standard Guide for  Insertion of Flexible Polyethylene Pipe Into Existing Sewers</t>
   </si>
   <si>
     <t>ASTM D7473/D7473M : 21</t>
@@ -3515,56 +3689,50 @@
   <si>
     <t>ASTM F1735 : 21</t>
   </si>
   <si>
     <t>Standard Specification for Poly (Vinyl Chloride) (PVC) Profile Strip for PVC Liners for  Rehabilitation of Existing Man-Entry Sewers and Conduits</t>
   </si>
   <si>
     <t>ASTM D2412 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of External Loading Characteristics of Plastic   Pipe by Parallel-Plate Loading</t>
   </si>
   <si>
     <t>ASTM D6226 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for Open Cell Content of Rigid Cellular Plastics</t>
   </si>
   <si>
     <t>ASTM D1004 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Tear Resistance (Graves Tear) of Plastic Film and Sheeting</t>
   </si>
   <si>
-    <t>ASTM F2786 : 16(2021)</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D2672 : 20e1</t>
   </si>
   <si>
     <t>Standard Specification for  Joints for IPS PVC Pipe Using Solvent Cement</t>
   </si>
   <si>
     <t>ASTM D5420 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Impact Resistance of Flat, Rigid Plastic Specimen by Means  of a Striker Impacted by a Falling Weight (Gardner Impact)</t>
   </si>
   <si>
     <t>ASTM D1790 : 21</t>
   </si>
   <si>
     <t>Standard Test Method for  Brittleness Temperature of Plastic Sheeting by Impact</t>
   </si>
   <si>
     <t>ASTM D6868 : 21</t>
   </si>
   <si>
     <t>Standard Specification for Labeling of End Items that Incorporate Plastics and Polymers  as Coatings or Additives with Paper and Other Substrates Designed  to be Aerobically Composted in Municipal or Industrial Facilities</t>
   </si>
   <si>
     <t>ASTM D5226 : 21</t>
@@ -3617,104 +3785,86 @@
   <si>
     <t>ASTM D5338 : 15(2021)</t>
   </si>
   <si>
     <t>Standard Test Method for Determining Aerobic Biodegradation of Plastic Materials Under  Controlled Composting Conditions, Incorporating Thermophilic Temperatures</t>
   </si>
   <si>
     <t>ASTM D957 : 21</t>
   </si>
   <si>
     <t>Standard Practice for  Determining Surface Temperature of Molds for Plastics</t>
   </si>
   <si>
     <t>ASTM D3295 : 20</t>
   </si>
   <si>
     <t>Standard Specification for  PTFE Tubing, Miniature Beading and Spiral Cut Tubing</t>
   </si>
   <si>
     <t>ASTM D2396 : 20</t>
   </si>
   <si>
     <t>Standard Test Methods for  Powder-Mix Time of Poly(Vinyl Chloride) (PVC) Resins Using  a Torque Rheometer</t>
   </si>
   <si>
-    <t>ASTM D3753 : 20</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D5207 : 20</t>
   </si>
   <si>
     <t>Standard Practice for Confirmation of 20-mm (50-W) and 125-mm (500-W) Test Flames  for Small-Scale Burning Tests on Plastic Materials</t>
   </si>
   <si>
     <t>ASTM D5948 : 05(2020)</t>
   </si>
   <si>
     <t>Standard Specification for Molding Compounds, Thermosetting</t>
   </si>
   <si>
     <t>ASTM D4976 : 12a(2020)</t>
   </si>
   <si>
     <t>Standard Specification for  Polyethylene Plastics Molding and Extrusion Materials</t>
   </si>
   <si>
     <t>ASTM D5436 : 15(2020)</t>
   </si>
   <si>
     <t>Standard Specification for  Cast Poly(Methyl Methacrylate) Plastic Rods, Tubes, and Shapes</t>
   </si>
   <si>
     <t>ASTM D705 : 99(2020)</t>
   </si>
   <si>
     <t>Standard Specification for  Urea-Formaldehyde Molding Compounds</t>
   </si>
   <si>
     <t>ASTM D704 : 99(2020)</t>
   </si>
   <si>
     <t>Standard Specification for Melamine-Formaldehyde Molding Compounds</t>
   </si>
   <si>
-    <t>ASTM D2683 : 20</t>
-[...10 lines deleted...]
-  <si>
     <t>ASTM D1056 : 20</t>
   </si>
   <si>
     <t>Standard Specification for  Flexible Cellular Materials&amp;#x2014;Sponge or Expanded Rubber</t>
   </si>
   <si>
     <t>ASTM D1435 : 20</t>
   </si>
   <si>
     <t>Standard Practice for Outdoor Weathering of Plastics</t>
   </si>
   <si>
     <t>ASTM F2969 : 12(2020)</t>
   </si>
   <si>
     <t>Standard Specification for Acrylonitrile-Butadiene-Styrene (ABS) IPS Dimensioned Pressure  Pipe</t>
   </si>
   <si>
     <t>ASTM D7027 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for  Evaluation of Scratch Resistance of Polymeric Coatings and  Plastics Using an Instrumented Scratch Machine</t>
   </si>
   <si>
     <t>ASTM D4065 : 20</t>
@@ -3737,56 +3887,50 @@
   <si>
     <t>ASTM F2720/F2720M : 20</t>
   </si>
   <si>
     <t>Standard Specification for  Glass Fiber Reinforced Polyethylene (PE-GF) Spiral Wound Large   Diameter Pipe</t>
   </si>
   <si>
     <t>ASTM D3453 : 20</t>
   </si>
   <si>
     <t>Standard Specification for Flexible Cellular Materials&amp;#x2014;Urethane for Furniture and  Automotive Cushioning, Bedding, and Similar Applications</t>
   </si>
   <si>
     <t>ASTM D5990 : 20a</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Polyketone Injection Molding and Extrusion Materials (PK)</t>
   </si>
   <si>
     <t>ASTM F1041 : 20</t>
   </si>
   <si>
     <t>Standard Guide for  Squeeze-Off of Polyolefin Gas Pressure Pipe and Tubing</t>
   </si>
   <si>
-    <t>ASTM D4226 : 19e1</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D706 : 20</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Specifications for Cellulose Acetate Molding and Extrusion Compounds (CA)</t>
   </si>
   <si>
     <t>ASTM D1622 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for  Apparent Density of Rigid Cellular Plastics</t>
   </si>
   <si>
     <t>ASTM F3372 : 20</t>
   </si>
   <si>
     <t>Standard Practice for Butt Fusion Joining of PA12 Pipe and Fittings</t>
   </si>
   <si>
     <t>ASTM D792 : 20</t>
   </si>
   <si>
     <t>Standard Test Methods for  Density and Specific Gravity (Relative Density) of Plastics  by Displacement</t>
   </si>
   <si>
     <t>ASTM D6576 : 20</t>
@@ -3827,68 +3971,56 @@
   <si>
     <t>ASTM F1533 : 20</t>
   </si>
   <si>
     <t>Standard Specification for  Deformed Polyethylene (PE) Liner</t>
   </si>
   <si>
     <t>ASTM F2619/F2619M : 20</t>
   </si>
   <si>
     <t>Standard Specification for  High-Density Polyethylene (PE) Line Pipe</t>
   </si>
   <si>
     <t>ASTM D6474 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for Determining Molecular Weight Distribution and Molecular Weight  Averages of Polyolefins by High Temperature Gel Permeation Chromatography</t>
   </si>
   <si>
     <t>ASTM D3795 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for Thermal Flow, Cure, and Behavior Properties of Pourable Thermosetting  Materials by Torque Rheometer</t>
   </si>
   <si>
-    <t>ASTM D8280 : 20a</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D5025 : 20a</t>
   </si>
   <si>
     <t>Standard Specification for  Laboratory Burner Used for Small-Scale Burning Tests on Plastic  Materials</t>
   </si>
   <si>
-    <t>ASTM D2732 : 14(2020)</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D4218 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for Determination of Carbon Black Content in Polyethylene Compounds  by the Muffle-Furnace Technique</t>
   </si>
   <si>
     <t>ASTM D1603 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for  Carbon Black Content in Olefin Plastics</t>
   </si>
   <si>
     <t>ASTM D7823 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for Determination of Low Level Phthalates in Poly (Vinyl Chloride)  Plastics by Thermal Desorption&amp;#x2014;Gas Chromatography/Mass Spectrometry</t>
   </si>
   <si>
     <t>ASTM D3575 : 20</t>
   </si>
   <si>
     <t>Standard Test Methods for Flexible Cellular Materials Made from Olefin Polymers</t>
   </si>
   <si>
     <t>ASTM C581 : 20</t>
@@ -3905,134 +4037,104 @@
   <si>
     <t>ASTM D7192 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for  High Speed Puncture Properties of Plastic Films Using Load  and Displacement Sensors</t>
   </si>
   <si>
     <t>ASTM D7475 : 20</t>
   </si>
   <si>
     <t>Standard Test Method for  Determining the Aerobic Degradation and Anaerobic Biodegradation  of Plastic Materials under Accelerated Bioreactor Landfill Conditions</t>
   </si>
   <si>
     <t>ASTM F1948 : 20</t>
   </si>
   <si>
     <t>Standard Specification for  Metallic Mechanical Fittings for Use on Outside Diameter Controlled   Thermoplastic Gas Distribution Pipe and Tubing</t>
   </si>
   <si>
     <t>ASTM D7745 : 19</t>
   </si>
   <si>
     <t>Standard Practice for  Testing Pultruded Composites</t>
   </si>
   <si>
-    <t>ASTM D3678 : 19</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D5296 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for  Molecular Weight Averages and Molecular Weight Distribution  of Polystyrene by High Performance Size-Exclusion Chromatography</t>
   </si>
   <si>
     <t>ASTM D953 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for  Pin-Bearing Strength of Plastics</t>
   </si>
   <si>
     <t>ASTM D2287 : 19</t>
   </si>
   <si>
     <t>Standard Classification System and Basis for Specification for  Nonrigid Vinyl Chloride Polymer and Copolymer Molding and Extrusion  Compounds</t>
   </si>
   <si>
     <t>ASTM F1606 : 19</t>
   </si>
   <si>
     <t>Standard Practice for  Rehabilitation of Existing Sewers and Conduits with Deformed  Polyethylene  (PE) Liner</t>
   </si>
   <si>
     <t>ASTM D4385 : 19</t>
   </si>
   <si>
     <t>Standard Practice for  Classifying Visual Defects in Thermosetting Reinforced Plastic  Pultruded Products</t>
   </si>
   <si>
-    <t>ASTM F2434 : 19</t>
-[...10 lines deleted...]
-  <si>
     <t>ASTM D5748 : 95(2019)</t>
   </si>
   <si>
     <t>Standard Test Method for  Protrusion Puncture Resistance of Stretch Wrap Film</t>
   </si>
   <si>
     <t>ASTM F1588 : 96(2019)</t>
   </si>
   <si>
     <t>Standard Test Method for Constant Tensile Load Joint Test (CTLJT)</t>
   </si>
   <si>
-    <t>ASTM D494 : 11(2019)</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D2383 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for Testing Plasticizer Compatibility in Poly(Vinyl Chloride) (PVC)  Compounds Under Humid Conditions</t>
   </si>
   <si>
     <t>ASTM D1045 : 19</t>
   </si>
   <si>
     <t>Standard Test Methods for Sampling and Testing Plasticizers Used in Plastics</t>
   </si>
   <si>
-    <t>ASTM D2290 : 19a</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D7293 : 19</t>
   </si>
   <si>
     <t>Standard Specification for  Extruded and Compression-Molded Shapes Made from Polyetherimide  (PEI)</t>
   </si>
   <si>
     <t>ASTM D789 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for Determination of Relative Viscosity of Concentrated Polyamide  (PA) Solutions</t>
   </si>
   <si>
     <t>ASTM F1924 : 19</t>
   </si>
   <si>
     <t>Standard Specification for  Plastic Mechanical Fittings for Use on Outside Diameter Controlled   Polyethylene Gas Distribution Pipe and Tubing</t>
   </si>
   <si>
     <t>ASTM D7993 : 15(2019)</t>
   </si>
   <si>
     <t>Standard Guide for Analyzing Complex Phthalates</t>
   </si>
   <si>
     <t>ASTM D4097 : 19</t>
@@ -4067,218 +4169,188 @@
   <si>
     <t>ASTM D5224 : 12(2019)</t>
   </si>
   <si>
     <t>Standard Practice for  Compression Molding Test Specimens of Thermosetting Molding  Compounds</t>
   </si>
   <si>
     <t>ASTM D6289 : 13(2019)</t>
   </si>
   <si>
     <t>Standard Test Method for  Measuring Shrinkage from Mold Dimensions of Molded Thermosetting  Plastics</t>
   </si>
   <si>
     <t>ASTM D3419 : 12(2019)</t>
   </si>
   <si>
     <t>Standard Practice for  In-Line Screw-Injection Molding Test Specimens From Thermosetting  Compounds</t>
   </si>
   <si>
     <t>ASTM D3364 : 99(2019)</t>
   </si>
   <si>
     <t>Standard Test Method for  Flow Rates for Poly(Vinyl Chloride) with Molecular Structural  Implications</t>
   </si>
   <si>
-    <t>ASTM D5685 : 19</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D1938 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for  Tear-Propagation Resistance (Trouser Tear) of Plastic Film  and Thin Sheeting by a Single-Tear Method</t>
   </si>
   <si>
     <t>ASTM D7132 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for Determination of Retained Blowing Agent in Extruded Polystyrene  Foam</t>
   </si>
   <si>
     <t>ASTM D3749 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for  Residual Vinyl Chloride Monomer in Poly(Vinyl Chloride) Resins  by Gas Chromatographic Headspace Technique</t>
   </si>
   <si>
-    <t>ASTM D3596 : 19</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D3012 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for  Thermal-Oxidative Stability of Polypropylene Using a Specimen  Rotator Within an Oven</t>
   </si>
   <si>
     <t>ASTM D5577 : 19</t>
   </si>
   <si>
     <t>Standard Guide for Techniques to Separate and Identify Contaminants in Recycled  Plastics</t>
   </si>
   <si>
     <t>ASTM D4443 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for  Determining Residual Vinyl Chloride Monomer Content in PPB  Range in Vinyl Chloride Homo- and Co-Polymers by Headspace Gas Chromatography</t>
   </si>
   <si>
     <t>ASTM D6339 : 11(2019)</t>
   </si>
   <si>
     <t>Standard Classification System for and Basis for Specifications for  Syndiotactic Polystyrene Molding and Extrusion (SPS)</t>
   </si>
   <si>
     <t>ASTM D2222 : 19</t>
   </si>
   <si>
     <t>Standard Test Method for  Methanol Extract of Vinyl Chloride Resins</t>
   </si>
   <si>
-    <t>ASTM D4674 : 19</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM F1290 : 19</t>
   </si>
   <si>
     <t>Standard Practice for  Electrofusion Joining Polyolefin Pipe and Fittings</t>
   </si>
   <si>
     <t>ASTM F1674 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for  Joint Restraint Products for Use with PVC Pipe</t>
   </si>
   <si>
     <t>ASTM D3826 : 18</t>
   </si>
   <si>
     <t>Standard Practice for  Determining Degradation End Point in Degradable Polyethylene  and Polypropylene Using a Tensile Test</t>
   </si>
   <si>
     <t>ASTM D6953 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for  Determination of Antioxidants and Erucamide Slip Additives  in Polyethylene Using Liquid Chromatography (LC)</t>
   </si>
   <si>
     <t>ASTM D4883 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for  Density of Polyethylene by the Ultrasound Technique</t>
   </si>
   <si>
     <t>ASTM D3016 : 97(2018)</t>
   </si>
   <si>
     <t>Standard Practice for  Use of Liquid Exclusion Chromatography Terms and Relationships</t>
   </si>
   <si>
     <t>ASTM D6645 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for Methyl (Comonomer) Content in Polyethylene by Infrared Spectrophotometry</t>
   </si>
   <si>
     <t>ASTM D7444 : 18a</t>
   </si>
   <si>
     <t>Standard Practice for  Heat and Humidity Aging of Oxidatively Degradable Plastics</t>
   </si>
   <si>
-    <t>ASTM D2584 : 18</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D6068 : 10(2018)</t>
   </si>
   <si>
     <t>Standard Test Method for  Determining &lt;emph type="bdit"&gt;J-R &lt;/emph&gt;Curves of Plastic  Materials</t>
   </si>
   <si>
     <t>ASTM D1708 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for Tensile Properties of Plastics by Use of Microtensile Specimens</t>
   </si>
   <si>
     <t>ASTM E1863 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for  Analysis of Acrylonitrile by Gas Chromatography</t>
   </si>
   <si>
     <t>ASTM D4020 : 18</t>
   </si>
   <si>
     <t>Standard Specification for Ultra-High-Molecular-Weight Polyethylene Molding and Extrusion  Materials</t>
   </si>
   <si>
     <t>ASTM D5477 : 18</t>
   </si>
   <si>
     <t>Standard Practice for  Identification of Polymer Layers or Inclusions by Fourier Transform  Infrared Microspectroscopy (FT-IR)</t>
   </si>
   <si>
     <t>ASTM D7292 : 18</t>
   </si>
   <si>
     <t>Standard Specification for  Extruded, Compression-Molded, and Injection-Molded Basic Shapes  of Polyamide-Imide (PAI)</t>
   </si>
   <si>
     <t>ASTM D5989 : 18</t>
   </si>
   <si>
     <t>Standard Specification for  Extruded and Monomer Cast Shapes Made from Nylon (PA)</t>
   </si>
   <si>
-    <t>ASTM D3045 : 18</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D882 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for  Tensile Properties of Thin Plastic Sheeting</t>
   </si>
   <si>
     <t>ASTM D6456 : 10(2018)</t>
   </si>
   <si>
     <t>Standard Specification for Finished Parts Made from Polyimide Resin</t>
   </si>
   <si>
     <t>ASTM F402 : 18</t>
   </si>
   <si>
     <t>Standard Practice for  Safe Handling of Solvent Cements, Primers, and Cleaners Used   for Joining Thermoplastic Pipe and Fittings</t>
   </si>
   <si>
     <t>ASTM F1697 : 18</t>
   </si>
   <si>
     <t>Standard Specification for Poly(Vinyl Chloride) (PVC) Profile Strip for Machine Spiral-Wound   Liner Pipe Rehabilitation of Existing Sewers and Conduit</t>
   </si>
   <si>
     <t>ASTM D4603 : 18</t>
@@ -4307,132 +4379,66 @@
   <si>
     <t>ASTM D2838 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for Shrink Tension and Orientation Release Stress of Plastic Film  and Thin Sheeting</t>
   </si>
   <si>
     <t>ASTM D6110 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for Determining the Charpy Impact Resistance of Notched Specimens  of Plastics</t>
   </si>
   <si>
     <t>ASTM D7399 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for Determination of the Amount of Polypropylene in Polypropylene/Low  Density Polyethylene Mixtures Using Infrared Spectrophotometry</t>
   </si>
   <si>
     <t>ASTM D648 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for Deflection Temperature of Plastics Under Flexural Load in the  Edgewise Position</t>
   </si>
   <si>
-    <t>ASTM D1921 : 18</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D5592 : 94(2018)</t>
   </si>
   <si>
     <t>Standard Guide for  Material Properties Needed in Engineering Design Using Plastics</t>
   </si>
   <si>
     <t>ASTM D5511 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for  Determining Anaerobic Biodegradation of Plastic Materials Under  High-Solids Anaerobic-Digestion Conditions</t>
   </si>
   <si>
-    <t>ASTM D6287 : 17</t>
-[...34 lines deleted...]
-  <si>
     <t>ASTM D3574 : 17</t>
   </si>
   <si>
     <t>Standard Test Methods for  Flexible Cellular Materials&amp;#x2014;Slab, Bonded, and Molded  Urethane Foams</t>
-  </si>
-[...22 lines deleted...]
-    <t>Standard Test Method for Determination of Butylated Hydroxy Toluene (BHT) in Polymers  of Ethylene and Ethylene&amp;#x2013;Vinyl Acetate (EVA) Copolymers by  Gas Chromatography</t>
   </si>
   <si>
     <t xml:space="preserve">ASTM R0077 : </t>
   </si>
   <si>
     <t>ISO Standards and Recommendations on Plastic Pipe Prepared by ISO/TC 138 (This is not an ASTM standard; available as PDF, only)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -4742,434 +4748,434 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H726"/>
+  <dimension ref="A1:H727"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2005</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
         <v>72.0</v>
       </c>
       <c r="H2">
         <v>72.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H3">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H4">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
         <v>72.0</v>
       </c>
       <c r="H5">
         <v>72.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H6">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H7">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H8">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>80.0</v>
       </c>
       <c r="H9">
         <v>80.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H10">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
         <v>72.0</v>
       </c>
       <c r="H11">
         <v>72.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H12">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H13">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
         <v>72.0</v>
       </c>
       <c r="H14">
         <v>72.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
         <v>72.0</v>
       </c>
       <c r="H15">
         <v>72.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
@@ -5186,54 +5192,54 @@
       </c>
       <c r="H16">
         <v>64.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H17">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
         <v>72.0</v>
       </c>
       <c r="H18">
@@ -5264,340 +5270,340 @@
       </c>
       <c r="H19">
         <v>72.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2025</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H20">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21">
         <v>2025</v>
       </c>
       <c r="E21" t="s">
         <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
         <v>72.0</v>
       </c>
       <c r="H21">
         <v>72.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
         <v>72.0</v>
       </c>
       <c r="H22">
         <v>72.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>53</v>
       </c>
       <c r="D23">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
         <v>72.0</v>
       </c>
       <c r="H23">
         <v>72.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>55</v>
       </c>
       <c r="D24">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H24">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25">
         <v>2025</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H25">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26">
         <v>2025</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H26">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
         <v>62</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H27">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>63</v>
       </c>
       <c r="D28">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="E28" t="s">
         <v>64</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
         <v>64.0</v>
       </c>
       <c r="H28">
         <v>64.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>65</v>
       </c>
       <c r="D29">
         <v>2025</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H29">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>67</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
         <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H30">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H31">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32">
         <v>2025</v>
       </c>
       <c r="E32" t="s">
         <v>72</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
         <v>80.0</v>
       </c>
       <c r="H32">
@@ -5645,921 +5651,921 @@
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
         <v>72.0</v>
       </c>
       <c r="H34">
         <v>72.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>77</v>
       </c>
       <c r="D35">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="E35" t="s">
         <v>78</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
       <c r="H35">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>79</v>
       </c>
       <c r="D36">
         <v>2025</v>
       </c>
       <c r="E36" t="s">
         <v>80</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
         <v>72.0</v>
       </c>
       <c r="H36">
         <v>72.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>81</v>
       </c>
       <c r="D37">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="E37" t="s">
         <v>82</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H37">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>83</v>
       </c>
       <c r="D38">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E38" t="s">
         <v>84</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>64.0</v>
+        <v>104.0</v>
       </c>
       <c r="H38">
-        <v>64.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E39" t="s">
         <v>86</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H39">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>87</v>
       </c>
       <c r="D40">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="E40" t="s">
         <v>88</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H40">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>89</v>
       </c>
       <c r="D41">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E41" t="s">
         <v>90</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H41">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>91</v>
       </c>
       <c r="D42">
         <v>2025</v>
       </c>
       <c r="E42" t="s">
         <v>92</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
       <c r="H42">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>93</v>
       </c>
       <c r="D43">
         <v>2025</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
         <v>72.0</v>
       </c>
       <c r="H43">
         <v>72.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="E44" t="s">
         <v>96</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
         <v>72.0</v>
       </c>
       <c r="H44">
         <v>72.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45">
-        <v>2025</v>
+        <v>2014</v>
       </c>
       <c r="E45" t="s">
         <v>98</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H45">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46">
         <v>2025</v>
       </c>
       <c r="E46" t="s">
         <v>100</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
         <v>72.0</v>
       </c>
       <c r="H46">
         <v>72.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47">
         <v>2025</v>
       </c>
       <c r="E47" t="s">
         <v>102</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H47">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H48">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
         <v>2025</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
         <v>64.0</v>
       </c>
       <c r="H49">
         <v>64.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="D50">
         <v>2025</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H50">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>109</v>
       </c>
       <c r="D51">
         <v>2025</v>
       </c>
       <c r="E51" t="s">
         <v>110</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H51">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52">
-        <v>2025</v>
+        <v>2005</v>
       </c>
       <c r="E52" t="s">
         <v>112</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
         <v>72.0</v>
       </c>
       <c r="H52">
         <v>72.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
         <v>72.0</v>
       </c>
       <c r="H53">
         <v>72.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
         <v>2025</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H54">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55">
         <v>2025</v>
       </c>
       <c r="E55" t="s">
         <v>118</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H55">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56">
         <v>2025</v>
       </c>
       <c r="E56" t="s">
         <v>120</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H56">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E57" t="s">
         <v>122</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H57">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="E58" t="s">
         <v>124</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H58">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="E59" t="s">
         <v>126</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H59">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H60">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>129</v>
       </c>
       <c r="D61">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="E61" t="s">
         <v>130</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H61">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
         <v>2025</v>
       </c>
       <c r="E62" t="s">
         <v>132</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H62">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>133</v>
       </c>
       <c r="D63">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H63">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64">
         <v>2025</v>
       </c>
       <c r="E64" t="s">
         <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
         <v>72.0</v>
       </c>
       <c r="H64">
         <v>72.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>137</v>
       </c>
       <c r="D65">
         <v>2025</v>
       </c>
       <c r="E65" t="s">
         <v>138</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H65">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66">
-        <v>2002</v>
+        <v>2025</v>
       </c>
       <c r="E66" t="s">
         <v>140</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H66">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>141</v>
       </c>
       <c r="D67">
         <v>2025</v>
       </c>
       <c r="E67" t="s">
         <v>142</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H67">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>143</v>
       </c>
       <c r="D68">
         <v>2025</v>
       </c>
       <c r="E68" t="s">
         <v>144</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H68">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>145</v>
       </c>
       <c r="D69">
         <v>2025</v>
       </c>
       <c r="E69" t="s">
         <v>146</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
         <v>72.0</v>
       </c>
       <c r="H69">
@@ -6590,158 +6596,158 @@
       </c>
       <c r="H70">
         <v>72.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>149</v>
       </c>
       <c r="D71">
         <v>2025</v>
       </c>
       <c r="E71" t="s">
         <v>150</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H71">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>151</v>
       </c>
       <c r="D72">
         <v>2025</v>
       </c>
       <c r="E72" t="s">
         <v>152</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H72">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>153</v>
       </c>
       <c r="D73">
         <v>2025</v>
       </c>
       <c r="E73" t="s">
         <v>154</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
         <v>72.0</v>
       </c>
       <c r="H73">
         <v>72.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>155</v>
       </c>
       <c r="D74">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="E74" t="s">
         <v>156</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H74">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>157</v>
       </c>
       <c r="D75">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E75" t="s">
         <v>158</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H75">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>159</v>
       </c>
       <c r="D76">
         <v>2025</v>
       </c>
       <c r="E76" t="s">
         <v>160</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
         <v>72.0</v>
       </c>
       <c r="H76">
@@ -6893,207 +6899,207 @@
       </c>
       <c r="E82" t="s">
         <v>172</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
         <v>72.0</v>
       </c>
       <c r="H82">
         <v>72.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>173</v>
       </c>
       <c r="D83">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="E83" t="s">
         <v>174</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>80.0</v>
+        <v>104.0</v>
       </c>
       <c r="H83">
-        <v>80.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>175</v>
       </c>
       <c r="D84">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E84" t="s">
         <v>176</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
         <v>72.0</v>
       </c>
       <c r="H84">
         <v>72.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>177</v>
       </c>
       <c r="D85">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="E85" t="s">
         <v>178</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H85">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>179</v>
       </c>
       <c r="D86">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="E86" t="s">
         <v>180</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H86">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="E87" t="s">
         <v>182</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H87">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>183</v>
       </c>
       <c r="D88">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="E88" t="s">
         <v>184</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H88">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>185</v>
       </c>
       <c r="D89">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="E89" t="s">
         <v>186</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
         <v>72.0</v>
       </c>
       <c r="H89">
         <v>72.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>187</v>
       </c>
       <c r="D90">
@@ -7110,1692 +7116,1692 @@
       </c>
       <c r="H90">
         <v>72.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>189</v>
       </c>
       <c r="D91">
         <v>2025</v>
       </c>
       <c r="E91" t="s">
         <v>190</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H91">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92">
         <v>2025</v>
       </c>
       <c r="E92" t="s">
         <v>192</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
         <v>72.0</v>
       </c>
       <c r="H92">
         <v>72.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>193</v>
       </c>
       <c r="D93">
         <v>2025</v>
       </c>
       <c r="E93" t="s">
         <v>194</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H93">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>195</v>
       </c>
       <c r="D94">
         <v>2025</v>
       </c>
       <c r="E94" t="s">
         <v>196</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
         <v>72.0</v>
       </c>
       <c r="H94">
         <v>72.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>197</v>
       </c>
       <c r="D95">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="E95" t="s">
         <v>198</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
         <v>64.0</v>
       </c>
       <c r="H95">
         <v>64.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>199</v>
       </c>
       <c r="D96">
-        <v>2004</v>
+        <v>2025</v>
       </c>
       <c r="E96" t="s">
         <v>200</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
         <v>64.0</v>
       </c>
       <c r="H96">
         <v>64.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>201</v>
       </c>
       <c r="D97">
         <v>2025</v>
       </c>
       <c r="E97" t="s">
         <v>202</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H97">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>203</v>
       </c>
       <c r="D98">
         <v>2025</v>
       </c>
       <c r="E98" t="s">
         <v>204</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
         <v>80.0</v>
       </c>
       <c r="H98">
         <v>80.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>205</v>
       </c>
       <c r="D99">
         <v>2025</v>
       </c>
       <c r="E99" t="s">
         <v>206</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H99">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>207</v>
       </c>
       <c r="D100">
         <v>2025</v>
       </c>
       <c r="E100" t="s">
         <v>208</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
         <v>72.0</v>
       </c>
       <c r="H100">
         <v>72.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>209</v>
       </c>
       <c r="D101">
         <v>2025</v>
       </c>
       <c r="E101" t="s">
         <v>210</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H101">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>211</v>
       </c>
       <c r="D102">
         <v>2025</v>
       </c>
       <c r="E102" t="s">
         <v>212</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
         <v>64.0</v>
       </c>
       <c r="H102">
         <v>64.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>213</v>
       </c>
       <c r="D103">
         <v>2025</v>
       </c>
       <c r="E103" t="s">
         <v>214</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H103">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>215</v>
       </c>
       <c r="D104">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="E104" t="s">
         <v>216</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H104">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>217</v>
       </c>
       <c r="D105">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E105" t="s">
         <v>218</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H105">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>219</v>
       </c>
       <c r="D106">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="E106" t="s">
         <v>220</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H106">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>221</v>
       </c>
       <c r="D107">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E107" t="s">
         <v>222</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
         <v>72.0</v>
       </c>
       <c r="H107">
         <v>72.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>223</v>
       </c>
       <c r="D108">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E108" t="s">
         <v>224</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H108">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>225</v>
       </c>
       <c r="D109">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E109" t="s">
         <v>226</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H109">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>227</v>
       </c>
       <c r="D110">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="E110" t="s">
         <v>228</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H110">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>229</v>
       </c>
       <c r="D111">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E111" t="s">
         <v>230</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
         <v>72.0</v>
       </c>
       <c r="H111">
         <v>72.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>231</v>
       </c>
       <c r="D112">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E112" t="s">
         <v>232</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H112">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>233</v>
       </c>
       <c r="D113">
-        <v>2024</v>
+        <v>2002</v>
       </c>
       <c r="E113" t="s">
         <v>234</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
         <v>72.0</v>
       </c>
       <c r="H113">
         <v>72.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>235</v>
       </c>
       <c r="D114">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E114" t="s">
         <v>236</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H114">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>237</v>
       </c>
       <c r="D115">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E115" t="s">
         <v>238</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H115">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>239</v>
       </c>
       <c r="D116">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E116" t="s">
         <v>240</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H116">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>241</v>
       </c>
       <c r="D117">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E117" t="s">
         <v>242</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H117">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>243</v>
       </c>
       <c r="D118">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E118" t="s">
         <v>244</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H118">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>245</v>
       </c>
       <c r="D119">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E119" t="s">
         <v>246</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H119">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>247</v>
       </c>
       <c r="D120">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="E120" t="s">
         <v>248</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H120">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>249</v>
       </c>
       <c r="D121">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="E121" t="s">
         <v>250</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H121">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>251</v>
       </c>
       <c r="D122">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E122" t="s">
         <v>252</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
         <v>72.0</v>
       </c>
       <c r="H122">
         <v>72.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>253</v>
       </c>
       <c r="D123">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="E123" t="s">
         <v>254</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H123">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>255</v>
       </c>
       <c r="D124">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E124" t="s">
         <v>256</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
         <v>72.0</v>
       </c>
       <c r="H124">
         <v>72.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>257</v>
       </c>
       <c r="D125">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E125" t="s">
         <v>258</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
         <v>72.0</v>
       </c>
       <c r="H125">
         <v>72.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>259</v>
       </c>
       <c r="D126">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E126" t="s">
         <v>260</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H126">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>261</v>
       </c>
       <c r="D127">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E127" t="s">
         <v>262</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H127">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>263</v>
       </c>
       <c r="D128">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E128" t="s">
         <v>264</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>104.0</v>
+        <v>72.0</v>
       </c>
       <c r="H128">
-        <v>104.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>265</v>
       </c>
       <c r="D129">
-        <v>2003</v>
+        <v>2025</v>
       </c>
       <c r="E129" t="s">
         <v>266</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H129">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>267</v>
       </c>
       <c r="D130">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="E130" t="s">
         <v>268</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
         <v>72.0</v>
       </c>
       <c r="H130">
         <v>72.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>269</v>
       </c>
       <c r="D131">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E131" t="s">
         <v>270</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H131">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>271</v>
       </c>
       <c r="D132">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E132" t="s">
         <v>272</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
         <v>72.0</v>
       </c>
       <c r="H132">
         <v>72.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>273</v>
       </c>
       <c r="D133">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E133" t="s">
         <v>274</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
         <v>72.0</v>
       </c>
       <c r="H133">
         <v>72.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>275</v>
       </c>
       <c r="D134">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E134" t="s">
         <v>276</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H134">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>277</v>
       </c>
       <c r="D135">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E135" t="s">
         <v>278</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
         <v>80.0</v>
       </c>
       <c r="H135">
         <v>80.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>279</v>
       </c>
       <c r="D136">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E136" t="s">
         <v>280</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
         <v>72.0</v>
       </c>
       <c r="H136">
         <v>72.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>281</v>
       </c>
       <c r="D137">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E137" t="s">
         <v>282</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H137">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>283</v>
       </c>
       <c r="D138">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E138" t="s">
         <v>284</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H138">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>8</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>285</v>
       </c>
       <c r="D139">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="E139" t="s">
         <v>286</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H139">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>287</v>
       </c>
       <c r="D140">
-        <v>2024</v>
+        <v>2004</v>
       </c>
       <c r="E140" t="s">
         <v>288</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H140">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>289</v>
       </c>
       <c r="D141">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E141" t="s">
         <v>290</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
         <v>72.0</v>
       </c>
       <c r="H141">
         <v>72.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>8</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>291</v>
       </c>
       <c r="D142">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E142" t="s">
         <v>292</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H142">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>8</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>293</v>
       </c>
       <c r="D143">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E143" t="s">
         <v>294</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
         <v>72.0</v>
       </c>
       <c r="H143">
         <v>72.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>295</v>
       </c>
       <c r="D144">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E144" t="s">
         <v>296</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
         <v>72.0</v>
       </c>
       <c r="H144">
         <v>72.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>297</v>
       </c>
       <c r="D145">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E145" t="s">
         <v>298</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H145">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>8</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>299</v>
       </c>
       <c r="D146">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E146" t="s">
         <v>300</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
         <v>64.0</v>
       </c>
       <c r="H146">
         <v>64.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>8</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>301</v>
       </c>
       <c r="D147">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E147" t="s">
         <v>302</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H147">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>8</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>303</v>
       </c>
       <c r="D148">
         <v>2024</v>
       </c>
       <c r="E148" t="s">
         <v>304</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H148">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>8</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>305</v>
       </c>
       <c r="D149">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="E149" t="s">
         <v>306</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H149">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>307</v>
       </c>
       <c r="D150">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E150" t="s">
         <v>308</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
         <v>72.0</v>
       </c>
       <c r="H150">
         <v>72.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>8</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>309</v>
       </c>
       <c r="D151">
         <v>2024</v>
       </c>
       <c r="E151" t="s">
         <v>310</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H151">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>8</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>311</v>
       </c>
       <c r="D152">
         <v>2024</v>
       </c>
       <c r="E152" t="s">
         <v>312</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
         <v>72.0</v>
       </c>
       <c r="H152">
         <v>72.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>8</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>313</v>
       </c>
       <c r="D153">
         <v>2024</v>
       </c>
       <c r="E153" t="s">
         <v>314</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H153">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>8</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>315</v>
       </c>
       <c r="D154">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="E154" t="s">
         <v>316</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H154">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>317</v>
       </c>
       <c r="D155">
         <v>2024</v>
       </c>
       <c r="E155" t="s">
         <v>318</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
         <v>72.0</v>
       </c>
       <c r="H155">
@@ -8817,337 +8823,337 @@
       </c>
       <c r="E156" t="s">
         <v>320</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
         <v>72.0</v>
       </c>
       <c r="H156">
         <v>72.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>8</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>321</v>
       </c>
       <c r="D157">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E157" t="s">
         <v>322</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H157">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>323</v>
       </c>
       <c r="D158">
-        <v>1997</v>
+        <v>2024</v>
       </c>
       <c r="E158" t="s">
         <v>324</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
         <v>80.0</v>
       </c>
       <c r="H158">
         <v>80.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>325</v>
       </c>
       <c r="D159">
         <v>2024</v>
       </c>
       <c r="E159" t="s">
         <v>326</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H159">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>8</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>327</v>
       </c>
       <c r="D160">
         <v>2024</v>
       </c>
       <c r="E160" t="s">
         <v>328</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H160">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>329</v>
       </c>
       <c r="D161">
         <v>2024</v>
       </c>
       <c r="E161" t="s">
         <v>330</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
       <c r="H161">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>331</v>
       </c>
       <c r="D162">
         <v>2024</v>
       </c>
       <c r="E162" t="s">
         <v>332</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
         <v>72.0</v>
       </c>
       <c r="H162">
         <v>72.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>8</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>333</v>
       </c>
       <c r="D163">
         <v>2024</v>
       </c>
       <c r="E163" t="s">
         <v>334</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H163">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>8</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>335</v>
       </c>
       <c r="D164">
         <v>2024</v>
       </c>
       <c r="E164" t="s">
         <v>336</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H164">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>8</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>337</v>
       </c>
       <c r="D165">
         <v>2024</v>
       </c>
       <c r="E165" t="s">
         <v>338</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H165">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>8</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>339</v>
       </c>
       <c r="D166">
         <v>2024</v>
       </c>
       <c r="E166" t="s">
         <v>340</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H166">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>8</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>341</v>
       </c>
       <c r="D167">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E167" t="s">
         <v>342</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
         <v>72.0</v>
       </c>
       <c r="H167">
         <v>72.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>8</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>343</v>
       </c>
       <c r="D168">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E168" t="s">
         <v>344</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168">
         <v>72.0</v>
       </c>
       <c r="H168">
         <v>72.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>8</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>345</v>
       </c>
       <c r="D169">
@@ -9216,68 +9222,68 @@
       </c>
       <c r="H171">
         <v>72.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>351</v>
       </c>
       <c r="D172">
         <v>2024</v>
       </c>
       <c r="E172" t="s">
         <v>352</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
       <c r="H172">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>8</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>353</v>
       </c>
       <c r="D173">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="E173" t="s">
         <v>354</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
         <v>64.0</v>
       </c>
       <c r="H173">
         <v>64.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>8</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>355</v>
       </c>
       <c r="D174">
@@ -9311,479 +9317,479 @@
       </c>
       <c r="E175" t="s">
         <v>358</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175">
         <v>80.0</v>
       </c>
       <c r="H175">
         <v>80.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>8</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>359</v>
       </c>
       <c r="D176">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="E176" t="s">
         <v>360</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H176">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>8</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>361</v>
       </c>
       <c r="D177">
         <v>2024</v>
       </c>
       <c r="E177" t="s">
         <v>362</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H177">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>8</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>363</v>
       </c>
       <c r="D178">
         <v>2024</v>
       </c>
       <c r="E178" t="s">
         <v>364</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H178">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>8</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>365</v>
       </c>
       <c r="D179">
         <v>2024</v>
       </c>
       <c r="E179" t="s">
         <v>366</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H179">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>8</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>367</v>
       </c>
       <c r="D180">
         <v>2024</v>
       </c>
       <c r="E180" t="s">
         <v>368</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180">
         <v>72.0</v>
       </c>
       <c r="H180">
         <v>72.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>8</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>369</v>
       </c>
       <c r="D181">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E181" t="s">
         <v>370</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H181">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>8</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>371</v>
       </c>
       <c r="D182">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E182" t="s">
         <v>372</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
         <v>72.0</v>
       </c>
       <c r="H182">
         <v>72.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>373</v>
       </c>
       <c r="D183">
         <v>2024</v>
       </c>
       <c r="E183" t="s">
         <v>374</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H183">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>8</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>375</v>
       </c>
       <c r="D184">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="E184" t="s">
         <v>376</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
         <v>72.0</v>
       </c>
       <c r="H184">
         <v>72.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>377</v>
       </c>
       <c r="D185">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="E185" t="s">
         <v>378</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
         <v>72.0</v>
       </c>
       <c r="H185">
         <v>72.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>8</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>379</v>
       </c>
       <c r="D186">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="E186" t="s">
         <v>380</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186">
         <v>72.0</v>
       </c>
       <c r="H186">
         <v>72.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>8</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>381</v>
       </c>
       <c r="D187">
         <v>2024</v>
       </c>
       <c r="E187" t="s">
         <v>382</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H187">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>8</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>383</v>
       </c>
       <c r="D188">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="E188" t="s">
         <v>384</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188">
         <v>64.0</v>
       </c>
       <c r="H188">
         <v>64.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>8</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>385</v>
       </c>
       <c r="D189">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="E189" t="s">
         <v>386</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H189">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>387</v>
       </c>
       <c r="D190">
         <v>2024</v>
       </c>
       <c r="E190" t="s">
         <v>388</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H190">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>389</v>
       </c>
       <c r="D191">
         <v>2024</v>
       </c>
       <c r="E191" t="s">
         <v>390</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H191">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>391</v>
       </c>
       <c r="D192">
         <v>2024</v>
       </c>
       <c r="E192" t="s">
         <v>392</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H192">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>393</v>
       </c>
       <c r="D193">
         <v>2024</v>
       </c>
       <c r="E193" t="s">
         <v>394</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
         <v>72.0</v>
       </c>
       <c r="H193">
@@ -9805,297 +9811,297 @@
       </c>
       <c r="E194" t="s">
         <v>396</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
         <v>64.0</v>
       </c>
       <c r="H194">
         <v>64.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>8</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>397</v>
       </c>
       <c r="D195">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E195" t="s">
         <v>398</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
         <v>72.0</v>
       </c>
       <c r="H195">
         <v>72.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>8</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>399</v>
       </c>
       <c r="D196">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E196" t="s">
         <v>400</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
         <v>72.0</v>
       </c>
       <c r="H196">
         <v>72.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>8</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>401</v>
       </c>
       <c r="D197">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E197" t="s">
         <v>402</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
         <v>64.0</v>
       </c>
       <c r="H197">
         <v>64.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>8</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>403</v>
       </c>
       <c r="D198">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E198" t="s">
         <v>404</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H198">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>405</v>
       </c>
       <c r="D199">
         <v>2024</v>
       </c>
       <c r="E199" t="s">
         <v>406</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
         <v>72.0</v>
       </c>
       <c r="H199">
         <v>72.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>8</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>407</v>
       </c>
       <c r="D200">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="E200" t="s">
         <v>408</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
         <v>80.0</v>
       </c>
       <c r="H200">
         <v>80.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>8</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>409</v>
       </c>
       <c r="D201">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="E201" t="s">
         <v>410</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
       <c r="H201">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>411</v>
       </c>
       <c r="D202">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E202" t="s">
         <v>412</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H202">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>413</v>
       </c>
       <c r="D203">
         <v>2024</v>
       </c>
       <c r="E203" t="s">
         <v>414</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
         <v>72.0</v>
       </c>
       <c r="H203">
         <v>72.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>415</v>
       </c>
       <c r="D204">
         <v>2024</v>
       </c>
       <c r="E204" t="s">
         <v>416</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>80.0</v>
+        <v>104.0</v>
       </c>
       <c r="H204">
-        <v>80.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>417</v>
       </c>
       <c r="D205">
         <v>2024</v>
       </c>
       <c r="E205" t="s">
         <v>418</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
         <v>72.0</v>
       </c>
       <c r="H205">
@@ -10117,51 +10123,51 @@
       </c>
       <c r="E206" t="s">
         <v>420</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206">
         <v>72.0</v>
       </c>
       <c r="H206">
         <v>72.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>421</v>
       </c>
       <c r="D207">
-        <v>2009</v>
+        <v>2024</v>
       </c>
       <c r="E207" t="s">
         <v>422</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207">
         <v>72.0</v>
       </c>
       <c r="H207">
         <v>72.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>423</v>
       </c>
       <c r="D208">
@@ -10178,94 +10184,94 @@
       </c>
       <c r="H208">
         <v>72.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>425</v>
       </c>
       <c r="D209">
         <v>2024</v>
       </c>
       <c r="E209" t="s">
         <v>426</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H209">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>8</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>427</v>
       </c>
       <c r="D210">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="E210" t="s">
         <v>428</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H210">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>429</v>
       </c>
       <c r="D211">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E211" t="s">
         <v>430</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
         <v>72.0</v>
       </c>
       <c r="H211">
         <v>72.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>8</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>431</v>
       </c>
       <c r="D212">
@@ -10334,1758 +10340,1758 @@
       </c>
       <c r="H214">
         <v>72.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>437</v>
       </c>
       <c r="D215">
         <v>2024</v>
       </c>
       <c r="E215" t="s">
         <v>438</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H215">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>439</v>
       </c>
       <c r="D216">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="E216" t="s">
         <v>440</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
         <v>64.0</v>
       </c>
       <c r="H216">
         <v>64.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>441</v>
       </c>
       <c r="D217">
         <v>2024</v>
       </c>
       <c r="E217" t="s">
         <v>442</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H217">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>443</v>
       </c>
       <c r="D218">
         <v>2024</v>
       </c>
       <c r="E218" t="s">
         <v>444</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H218">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>8</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>445</v>
       </c>
       <c r="D219">
         <v>2024</v>
       </c>
       <c r="E219" t="s">
         <v>446</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H219">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>447</v>
       </c>
       <c r="D220">
         <v>2024</v>
       </c>
       <c r="E220" t="s">
         <v>448</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
         <v>64.0</v>
       </c>
       <c r="H220">
         <v>64.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>449</v>
       </c>
       <c r="D221">
         <v>2024</v>
       </c>
       <c r="E221" t="s">
         <v>450</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H221">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>451</v>
       </c>
       <c r="D222">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="E222" t="s">
         <v>452</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H222">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>453</v>
       </c>
       <c r="D223">
         <v>2024</v>
       </c>
       <c r="E223" t="s">
         <v>454</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
         <v>72.0</v>
       </c>
       <c r="H223">
         <v>72.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>455</v>
       </c>
       <c r="D224">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E224" t="s">
         <v>456</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H224">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>457</v>
       </c>
       <c r="D225">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="E225" t="s">
         <v>458</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
         <v>72.0</v>
       </c>
       <c r="H225">
         <v>72.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>459</v>
       </c>
       <c r="D226">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E226" t="s">
         <v>460</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H226">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>461</v>
       </c>
       <c r="D227">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="E227" t="s">
         <v>462</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H227">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>463</v>
       </c>
       <c r="D228">
         <v>2024</v>
       </c>
       <c r="E228" t="s">
         <v>464</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228">
         <v>72.0</v>
       </c>
       <c r="H228">
         <v>72.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>8</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>465</v>
       </c>
       <c r="D229">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E229" t="s">
         <v>466</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229">
         <v>72.0</v>
       </c>
       <c r="H229">
         <v>72.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>8</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>467</v>
       </c>
       <c r="D230">
-        <v>2002</v>
+        <v>2024</v>
       </c>
       <c r="E230" t="s">
         <v>468</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230">
         <v>64.0</v>
       </c>
       <c r="H230">
         <v>64.0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>8</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>469</v>
       </c>
       <c r="D231">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E231" t="s">
         <v>470</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H231">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>8</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>471</v>
       </c>
       <c r="D232">
         <v>2024</v>
       </c>
       <c r="E232" t="s">
         <v>472</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
         <v>80.0</v>
       </c>
       <c r="H232">
         <v>80.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>473</v>
       </c>
       <c r="D233">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="E233" t="s">
         <v>474</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H233">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>475</v>
       </c>
       <c r="D234">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="E234" t="s">
         <v>476</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H234">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>477</v>
       </c>
       <c r="D235">
         <v>2024</v>
       </c>
       <c r="E235" t="s">
         <v>478</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H235">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>479</v>
       </c>
       <c r="D236">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E236" t="s">
         <v>480</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236">
         <v>72.0</v>
       </c>
       <c r="H236">
         <v>72.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>481</v>
       </c>
       <c r="D237">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E237" t="s">
         <v>482</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
         <v>64.0</v>
       </c>
       <c r="H237">
         <v>64.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>483</v>
       </c>
       <c r="D238">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="E238" t="s">
         <v>484</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H238">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>485</v>
       </c>
       <c r="D239">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E239" t="s">
         <v>486</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239">
         <v>72.0</v>
       </c>
       <c r="H239">
         <v>72.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>487</v>
       </c>
       <c r="D240">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E240" t="s">
         <v>488</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H240">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>8</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>489</v>
       </c>
       <c r="D241">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E241" t="s">
         <v>490</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H241">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>491</v>
       </c>
       <c r="D242">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E242" t="s">
         <v>492</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242">
         <v>72.0</v>
       </c>
       <c r="H242">
         <v>72.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>493</v>
       </c>
       <c r="D243">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E243" t="s">
         <v>494</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H243">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>8</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>495</v>
       </c>
       <c r="D244">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="E244" t="s">
         <v>496</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
       <c r="H244">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>497</v>
       </c>
       <c r="D245">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E245" t="s">
         <v>498</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
         <v>72.0</v>
       </c>
       <c r="H245">
         <v>72.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>499</v>
       </c>
       <c r="D246">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E246" t="s">
         <v>500</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H246">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>501</v>
       </c>
       <c r="D247">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E247" t="s">
         <v>502</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
       <c r="H247">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>503</v>
       </c>
       <c r="D248">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E248" t="s">
         <v>504</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
         <v>72.0</v>
       </c>
       <c r="H248">
         <v>72.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>505</v>
       </c>
       <c r="D249">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E249" t="s">
         <v>506</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H249">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>507</v>
       </c>
       <c r="D250">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="E250" t="s">
         <v>508</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H250">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>509</v>
       </c>
       <c r="D251">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E251" t="s">
         <v>510</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
         <v>72.0</v>
       </c>
       <c r="H251">
         <v>72.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>511</v>
       </c>
       <c r="D252">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E252" t="s">
         <v>512</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H252">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>513</v>
       </c>
       <c r="D253">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E253" t="s">
         <v>514</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H253">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>515</v>
       </c>
       <c r="D254">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E254" t="s">
         <v>516</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H254">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>517</v>
       </c>
       <c r="D255">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E255" t="s">
         <v>518</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H255">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>8</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>519</v>
       </c>
       <c r="D256">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E256" t="s">
         <v>520</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H256">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>8</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>521</v>
       </c>
       <c r="D257">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E257" t="s">
         <v>522</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257">
         <v>72.0</v>
       </c>
       <c r="H257">
         <v>72.0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>523</v>
       </c>
       <c r="D258">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E258" t="s">
         <v>524</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258">
         <v>64.0</v>
       </c>
       <c r="H258">
         <v>64.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>525</v>
       </c>
       <c r="D259">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E259" t="s">
         <v>526</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259">
         <v>64.0</v>
       </c>
       <c r="H259">
         <v>64.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>527</v>
       </c>
       <c r="D260">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E260" t="s">
         <v>528</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260">
         <v>64.0</v>
       </c>
       <c r="H260">
         <v>64.0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>529</v>
       </c>
       <c r="D261">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E261" t="s">
         <v>530</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H261">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>531</v>
       </c>
       <c r="D262">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E262" t="s">
         <v>532</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H262">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>533</v>
       </c>
       <c r="D263">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E263" t="s">
         <v>534</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263">
         <v>64.0</v>
       </c>
       <c r="H263">
         <v>64.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>8</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>535</v>
       </c>
       <c r="D264">
-        <v>2009</v>
+        <v>2024</v>
       </c>
       <c r="E264" t="s">
         <v>536</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H264">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>537</v>
       </c>
       <c r="D265">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="E265" t="s">
         <v>538</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265">
         <v>72.0</v>
       </c>
       <c r="H265">
         <v>72.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>8</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>539</v>
       </c>
       <c r="D266">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="E266" t="s">
         <v>540</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H266">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>541</v>
       </c>
       <c r="D267">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="E267" t="s">
         <v>542</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H267">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>8</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>543</v>
       </c>
       <c r="D268">
         <v>2016</v>
       </c>
       <c r="E268" t="s">
         <v>544</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268">
         <v>72.0</v>
       </c>
       <c r="H268">
         <v>72.0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>8</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>545</v>
       </c>
       <c r="D269">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E269" t="s">
         <v>546</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269">
         <v>64.0</v>
       </c>
       <c r="H269">
         <v>64.0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>8</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>547</v>
       </c>
       <c r="D270">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E270" t="s">
         <v>548</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H270">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>8</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>549</v>
       </c>
       <c r="D271">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="E271" t="s">
         <v>550</v>
       </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
       <c r="G271">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H271">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>8</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>551</v>
       </c>
       <c r="D272">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E272" t="s">
         <v>552</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H272">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>8</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>553</v>
       </c>
       <c r="D273">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="E273" t="s">
         <v>554</v>
       </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
       <c r="G273">
         <v>64.0</v>
       </c>
       <c r="H273">
         <v>64.0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>8</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>555</v>
       </c>
       <c r="D274">
         <v>2018</v>
       </c>
       <c r="E274" t="s">
         <v>556</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H274">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>8</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
         <v>557</v>
       </c>
       <c r="D275">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E275" t="s">
         <v>558</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
       <c r="G275">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H275">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>8</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
         <v>559</v>
       </c>
       <c r="D276">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="E276" t="s">
         <v>560</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
       <c r="G276">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
       <c r="H276">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>8</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
         <v>561</v>
       </c>
       <c r="D277">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="E277" t="s">
         <v>562</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H277">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>8</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>563</v>
       </c>
       <c r="D278">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E278" t="s">
         <v>564</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278">
         <v>72.0</v>
       </c>
       <c r="H278">
         <v>72.0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>8</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
         <v>565</v>
       </c>
       <c r="D279">
         <v>2023</v>
       </c>
       <c r="E279" t="s">
         <v>566</v>
       </c>
       <c r="F279" t="s">
         <v>12</v>
       </c>
       <c r="G279">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H279">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>8</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>567</v>
       </c>
       <c r="D280">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E280" t="s">
         <v>568</v>
       </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
       <c r="G280">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H280">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>8</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
         <v>569</v>
       </c>
       <c r="D281">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E281" t="s">
         <v>570</v>
       </c>
       <c r="F281" t="s">
         <v>12</v>
       </c>
       <c r="G281">
         <v>72.0</v>
       </c>
       <c r="H281">
         <v>72.0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>8</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
         <v>571</v>
       </c>
       <c r="D282">
@@ -12119,51 +12125,51 @@
       </c>
       <c r="E283" t="s">
         <v>574</v>
       </c>
       <c r="F283" t="s">
         <v>12</v>
       </c>
       <c r="G283">
         <v>72.0</v>
       </c>
       <c r="H283">
         <v>72.0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>8</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
         <v>575</v>
       </c>
       <c r="D284">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E284" t="s">
         <v>576</v>
       </c>
       <c r="F284" t="s">
         <v>12</v>
       </c>
       <c r="G284">
         <v>72.0</v>
       </c>
       <c r="H284">
         <v>72.0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>8</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
         <v>577</v>
       </c>
       <c r="D285">
@@ -12232,80 +12238,80 @@
       </c>
       <c r="H287">
         <v>72.0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>8</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>583</v>
       </c>
       <c r="D288">
         <v>2023</v>
       </c>
       <c r="E288" t="s">
         <v>584</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H288">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>8</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>585</v>
       </c>
       <c r="D289">
         <v>2023</v>
       </c>
       <c r="E289" t="s">
         <v>586</v>
       </c>
       <c r="F289" t="s">
         <v>12</v>
       </c>
       <c r="G289">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
       <c r="H289">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>8</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>587</v>
       </c>
       <c r="D290">
         <v>2023</v>
       </c>
       <c r="E290" t="s">
         <v>588</v>
       </c>
       <c r="F290" t="s">
         <v>12</v>
       </c>
       <c r="G290">
         <v>72.0</v>
       </c>
       <c r="H290">
@@ -12336,848 +12342,848 @@
       </c>
       <c r="H291">
         <v>64.0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>8</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>591</v>
       </c>
       <c r="D292">
         <v>2023</v>
       </c>
       <c r="E292" t="s">
         <v>592</v>
       </c>
       <c r="F292" t="s">
         <v>12</v>
       </c>
       <c r="G292">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H292">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>8</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
         <v>593</v>
       </c>
       <c r="D293">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E293" t="s">
         <v>594</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293">
         <v>72.0</v>
       </c>
       <c r="H293">
         <v>72.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>595</v>
       </c>
       <c r="D294">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E294" t="s">
         <v>596</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H294">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>597</v>
       </c>
       <c r="D295">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E295" t="s">
         <v>598</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H295">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>599</v>
       </c>
       <c r="D296">
-        <v>2010</v>
+        <v>2023</v>
       </c>
       <c r="E296" t="s">
         <v>600</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H296">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>8</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>601</v>
       </c>
       <c r="D297">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="E297" t="s">
         <v>602</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H297">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
         <v>603</v>
       </c>
       <c r="D298">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="E298" t="s">
         <v>604</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
-        <v>104.0</v>
+        <v>64.0</v>
       </c>
       <c r="H298">
-        <v>104.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>8</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
         <v>605</v>
       </c>
       <c r="D299">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="E299" t="s">
         <v>606</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299">
         <v>72.0</v>
       </c>
       <c r="H299">
         <v>72.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>607</v>
       </c>
       <c r="D300">
         <v>2023</v>
       </c>
       <c r="E300" t="s">
         <v>608</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H300">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>8</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>609</v>
       </c>
       <c r="D301">
         <v>2023</v>
       </c>
       <c r="E301" t="s">
         <v>610</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H301">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>8</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
         <v>611</v>
       </c>
       <c r="D302">
         <v>2023</v>
       </c>
       <c r="E302" t="s">
         <v>612</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
         <v>64.0</v>
       </c>
       <c r="H302">
         <v>64.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>8</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>613</v>
       </c>
       <c r="D303">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="E303" t="s">
         <v>614</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H303">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>615</v>
       </c>
       <c r="D304">
         <v>2023</v>
       </c>
       <c r="E304" t="s">
         <v>616</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H304">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>617</v>
       </c>
       <c r="D305">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E305" t="s">
         <v>618</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H305">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>619</v>
       </c>
       <c r="D306">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="E306" t="s">
         <v>620</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
         <v>72.0</v>
       </c>
       <c r="H306">
         <v>72.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>621</v>
       </c>
       <c r="D307">
         <v>2023</v>
       </c>
       <c r="E307" t="s">
         <v>622</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H307">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>623</v>
       </c>
       <c r="D308">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E308" t="s">
         <v>624</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H308">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>8</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>625</v>
       </c>
       <c r="D309">
         <v>2016</v>
       </c>
       <c r="E309" t="s">
         <v>626</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H309">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>627</v>
       </c>
       <c r="D310">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E310" t="s">
         <v>628</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
         <v>72.0</v>
       </c>
       <c r="H310">
         <v>72.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>629</v>
       </c>
       <c r="D311">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E311" t="s">
         <v>630</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
         <v>64.0</v>
       </c>
       <c r="H311">
         <v>64.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>631</v>
       </c>
       <c r="D312">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="E312" t="s">
         <v>632</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
         <v>72.0</v>
       </c>
       <c r="H312">
         <v>72.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>633</v>
       </c>
       <c r="D313">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="E313" t="s">
         <v>634</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H313">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>635</v>
       </c>
       <c r="D314">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="E314" t="s">
         <v>636</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H314">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>8</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>637</v>
       </c>
       <c r="D315">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="E315" t="s">
         <v>638</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
         <v>64.0</v>
       </c>
       <c r="H315">
         <v>64.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>639</v>
       </c>
       <c r="D316">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="E316" t="s">
         <v>640</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H316">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>641</v>
       </c>
       <c r="D317">
         <v>2023</v>
       </c>
       <c r="E317" t="s">
         <v>642</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H317">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>8</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>643</v>
       </c>
       <c r="D318">
         <v>2023</v>
       </c>
       <c r="E318" t="s">
         <v>644</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
       <c r="H318">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>645</v>
       </c>
       <c r="D319">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E319" t="s">
         <v>646</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H319">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>647</v>
       </c>
       <c r="D320">
         <v>2023</v>
       </c>
       <c r="E320" t="s">
         <v>648</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H320">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>649</v>
       </c>
       <c r="D321">
-        <v>1991</v>
+        <v>2023</v>
       </c>
       <c r="E321" t="s">
         <v>650</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H321">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>8</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>651</v>
       </c>
       <c r="D322">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="E322" t="s">
         <v>652</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322">
         <v>72.0</v>
       </c>
       <c r="H322">
         <v>72.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>653</v>
       </c>
       <c r="D323">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="E323" t="s">
         <v>654</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323">
         <v>72.0</v>
       </c>
       <c r="H323">
         <v>72.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>8</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>655</v>
       </c>
       <c r="D324">
@@ -13289,401 +13295,401 @@
       </c>
       <c r="E328" t="s">
         <v>664</v>
       </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328">
         <v>72.0</v>
       </c>
       <c r="H328">
         <v>72.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>8</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>665</v>
       </c>
       <c r="D329">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="E329" t="s">
         <v>666</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H329">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>8</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>667</v>
       </c>
       <c r="D330">
         <v>2023</v>
       </c>
       <c r="E330" t="s">
         <v>668</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
-        <v>104.0</v>
+        <v>72.0</v>
       </c>
       <c r="H330">
-        <v>104.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>669</v>
       </c>
       <c r="D331">
         <v>2023</v>
       </c>
       <c r="E331" t="s">
         <v>670</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H331">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>8</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>671</v>
       </c>
       <c r="D332">
         <v>2023</v>
       </c>
       <c r="E332" t="s">
         <v>672</v>
       </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H332">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>673</v>
       </c>
       <c r="D333">
         <v>2023</v>
       </c>
       <c r="E333" t="s">
         <v>674</v>
       </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
         <v>72.0</v>
       </c>
       <c r="H333">
         <v>72.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>8</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>675</v>
       </c>
       <c r="D334">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="E334" t="s">
         <v>676</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
         <v>72.0</v>
       </c>
       <c r="H334">
         <v>72.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>8</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>677</v>
       </c>
       <c r="D335">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E335" t="s">
         <v>678</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
         <v>80.0</v>
       </c>
       <c r="H335">
         <v>80.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
         <v>679</v>
       </c>
       <c r="D336">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E336" t="s">
         <v>680</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
         <v>72.0</v>
       </c>
       <c r="H336">
         <v>72.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>8</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>681</v>
       </c>
       <c r="D337">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E337" t="s">
         <v>682</v>
       </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H337">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>8</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>683</v>
       </c>
       <c r="D338">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="E338" t="s">
         <v>684</v>
       </c>
       <c r="F338" t="s">
         <v>12</v>
       </c>
       <c r="G338">
         <v>72.0</v>
       </c>
       <c r="H338">
         <v>72.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>685</v>
       </c>
       <c r="D339">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="E339" t="s">
         <v>686</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
       <c r="H339">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>8</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>687</v>
       </c>
       <c r="D340">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="E340" t="s">
         <v>688</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340">
         <v>72.0</v>
       </c>
       <c r="H340">
         <v>72.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>8</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>689</v>
       </c>
       <c r="D341">
         <v>2023</v>
       </c>
       <c r="E341" t="s">
         <v>690</v>
       </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H341">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>8</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>691</v>
       </c>
       <c r="D342">
         <v>2023</v>
       </c>
       <c r="E342" t="s">
         <v>692</v>
       </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H342">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>8</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>693</v>
       </c>
       <c r="D343">
         <v>2023</v>
       </c>
       <c r="E343" t="s">
         <v>694</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343">
         <v>64.0</v>
       </c>
       <c r="H343">
@@ -13766,224 +13772,224 @@
       </c>
       <c r="H346">
         <v>72.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>8</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>701</v>
       </c>
       <c r="D347">
         <v>2023</v>
       </c>
       <c r="E347" t="s">
         <v>702</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H347">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>8</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>703</v>
       </c>
       <c r="D348">
         <v>2023</v>
       </c>
       <c r="E348" t="s">
         <v>704</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H348">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>8</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
         <v>705</v>
       </c>
       <c r="D349">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="E349" t="s">
         <v>706</v>
       </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H349">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>8</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>707</v>
       </c>
       <c r="D350">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="E350" t="s">
         <v>708</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H350">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>8</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>709</v>
       </c>
       <c r="D351">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="E351" t="s">
         <v>710</v>
       </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
         <v>72.0</v>
       </c>
       <c r="H351">
         <v>72.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>8</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
         <v>711</v>
       </c>
       <c r="D352">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="E352" t="s">
         <v>712</v>
       </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H352">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>8</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>713</v>
       </c>
       <c r="D353">
         <v>2023</v>
       </c>
       <c r="E353" t="s">
         <v>714</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353">
         <v>72.0</v>
       </c>
       <c r="H353">
         <v>72.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>8</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>715</v>
       </c>
       <c r="D354">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E354" t="s">
         <v>716</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354">
         <v>72.0</v>
       </c>
       <c r="H354">
         <v>72.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>8</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>717</v>
       </c>
       <c r="D355">
@@ -14043,51 +14049,51 @@
       </c>
       <c r="E357" t="s">
         <v>722</v>
       </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357">
         <v>72.0</v>
       </c>
       <c r="H357">
         <v>72.0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>8</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>723</v>
       </c>
       <c r="D358">
-        <v>2007</v>
+        <v>2023</v>
       </c>
       <c r="E358" t="s">
         <v>724</v>
       </c>
       <c r="F358" t="s">
         <v>12</v>
       </c>
       <c r="G358">
         <v>72.0</v>
       </c>
       <c r="H358">
         <v>72.0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>8</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
         <v>725</v>
       </c>
       <c r="D359">
@@ -14104,1108 +14110,1108 @@
       </c>
       <c r="H359">
         <v>72.0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>8</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>727</v>
       </c>
       <c r="D360">
         <v>2023</v>
       </c>
       <c r="E360" t="s">
         <v>728</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H360">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>8</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>729</v>
       </c>
       <c r="D361">
-        <v>2023</v>
+        <v>1991</v>
       </c>
       <c r="E361" t="s">
         <v>730</v>
       </c>
       <c r="F361" t="s">
         <v>12</v>
       </c>
       <c r="G361">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H361">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>8</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>731</v>
       </c>
       <c r="D362">
         <v>2023</v>
       </c>
       <c r="E362" t="s">
         <v>732</v>
       </c>
       <c r="F362" t="s">
         <v>12</v>
       </c>
       <c r="G362">
         <v>72.0</v>
       </c>
       <c r="H362">
         <v>72.0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>8</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>733</v>
       </c>
       <c r="D363">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E363" t="s">
         <v>734</v>
       </c>
       <c r="F363" t="s">
         <v>12</v>
       </c>
       <c r="G363">
         <v>72.0</v>
       </c>
       <c r="H363">
         <v>72.0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>8</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>735</v>
       </c>
       <c r="D364">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="E364" t="s">
         <v>736</v>
       </c>
       <c r="F364" t="s">
         <v>12</v>
       </c>
       <c r="G364">
         <v>72.0</v>
       </c>
       <c r="H364">
         <v>72.0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>8</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>737</v>
       </c>
       <c r="D365">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="E365" t="s">
         <v>738</v>
       </c>
       <c r="F365" t="s">
         <v>12</v>
       </c>
       <c r="G365">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H365">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>8</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
         <v>739</v>
       </c>
       <c r="D366">
         <v>2023</v>
       </c>
       <c r="E366" t="s">
         <v>740</v>
       </c>
       <c r="F366" t="s">
         <v>12</v>
       </c>
       <c r="G366">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H366">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>8</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
         <v>741</v>
       </c>
       <c r="D367">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E367" t="s">
         <v>742</v>
       </c>
       <c r="F367" t="s">
         <v>12</v>
       </c>
       <c r="G367">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H367">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>8</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
         <v>743</v>
       </c>
       <c r="D368">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E368" t="s">
         <v>744</v>
       </c>
       <c r="F368" t="s">
         <v>12</v>
       </c>
       <c r="G368">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H368">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>8</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
         <v>745</v>
       </c>
       <c r="D369">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="E369" t="s">
         <v>746</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
       <c r="G369">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H369">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>8</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
         <v>747</v>
       </c>
       <c r="D370">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E370" t="s">
         <v>748</v>
       </c>
       <c r="F370" t="s">
         <v>12</v>
       </c>
       <c r="G370">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
       <c r="H370">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>8</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
         <v>749</v>
       </c>
       <c r="D371">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E371" t="s">
         <v>750</v>
       </c>
       <c r="F371" t="s">
         <v>12</v>
       </c>
       <c r="G371">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H371">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>8</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
         <v>751</v>
       </c>
       <c r="D372">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E372" t="s">
         <v>752</v>
       </c>
       <c r="F372" t="s">
         <v>12</v>
       </c>
       <c r="G372">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H372">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>8</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
         <v>753</v>
       </c>
       <c r="D373">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E373" t="s">
         <v>754</v>
       </c>
       <c r="F373" t="s">
         <v>12</v>
       </c>
       <c r="G373">
         <v>72.0</v>
       </c>
       <c r="H373">
         <v>72.0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>8</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
         <v>755</v>
       </c>
       <c r="D374">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E374" t="s">
         <v>756</v>
       </c>
       <c r="F374" t="s">
         <v>12</v>
       </c>
       <c r="G374">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H374">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>8</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
         <v>757</v>
       </c>
       <c r="D375">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E375" t="s">
         <v>758</v>
       </c>
       <c r="F375" t="s">
         <v>12</v>
       </c>
       <c r="G375">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H375">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>8</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
         <v>759</v>
       </c>
       <c r="D376">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E376" t="s">
         <v>760</v>
       </c>
       <c r="F376" t="s">
         <v>12</v>
       </c>
       <c r="G376">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H376">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>8</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
         <v>761</v>
       </c>
       <c r="D377">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E377" t="s">
         <v>762</v>
       </c>
       <c r="F377" t="s">
         <v>12</v>
       </c>
       <c r="G377">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H377">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>8</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
         <v>763</v>
       </c>
       <c r="D378">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E378" t="s">
         <v>764</v>
       </c>
       <c r="F378" t="s">
         <v>12</v>
       </c>
       <c r="G378">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H378">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>8</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
         <v>765</v>
       </c>
       <c r="D379">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="E379" t="s">
         <v>766</v>
       </c>
       <c r="F379" t="s">
         <v>12</v>
       </c>
       <c r="G379">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H379">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>8</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
         <v>767</v>
       </c>
       <c r="D380">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E380" t="s">
         <v>768</v>
       </c>
       <c r="F380" t="s">
         <v>12</v>
       </c>
       <c r="G380">
         <v>72.0</v>
       </c>
       <c r="H380">
         <v>72.0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>8</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
         <v>769</v>
       </c>
       <c r="D381">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E381" t="s">
         <v>770</v>
       </c>
       <c r="F381" t="s">
         <v>12</v>
       </c>
       <c r="G381">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H381">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>8</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
         <v>771</v>
       </c>
       <c r="D382">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E382" t="s">
         <v>772</v>
       </c>
       <c r="F382" t="s">
         <v>12</v>
       </c>
       <c r="G382">
-        <v>104.0</v>
+        <v>64.0</v>
       </c>
       <c r="H382">
-        <v>104.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>8</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
         <v>773</v>
       </c>
       <c r="D383">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="E383" t="s">
         <v>774</v>
       </c>
       <c r="F383" t="s">
         <v>12</v>
       </c>
       <c r="G383">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H383">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>8</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
         <v>775</v>
       </c>
       <c r="D384">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="E384" t="s">
         <v>776</v>
       </c>
       <c r="F384" t="s">
         <v>12</v>
       </c>
       <c r="G384">
         <v>72.0</v>
       </c>
       <c r="H384">
         <v>72.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>8</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>777</v>
       </c>
       <c r="D385">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E385" t="s">
         <v>778</v>
       </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H385">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>8</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
         <v>779</v>
       </c>
       <c r="D386">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E386" t="s">
         <v>780</v>
       </c>
       <c r="F386" t="s">
         <v>12</v>
       </c>
       <c r="G386">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H386">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>8</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
         <v>781</v>
       </c>
       <c r="D387">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E387" t="s">
         <v>782</v>
       </c>
       <c r="F387" t="s">
         <v>12</v>
       </c>
       <c r="G387">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H387">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>8</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
         <v>783</v>
       </c>
       <c r="D388">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E388" t="s">
         <v>784</v>
       </c>
       <c r="F388" t="s">
         <v>12</v>
       </c>
       <c r="G388">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H388">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>8</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
         <v>785</v>
       </c>
       <c r="D389">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E389" t="s">
         <v>786</v>
       </c>
       <c r="F389" t="s">
         <v>12</v>
       </c>
       <c r="G389">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H389">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>8</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
         <v>787</v>
       </c>
       <c r="D390">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E390" t="s">
         <v>788</v>
       </c>
       <c r="F390" t="s">
         <v>12</v>
       </c>
       <c r="G390">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H390">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>8</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
         <v>789</v>
       </c>
       <c r="D391">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E391" t="s">
         <v>790</v>
       </c>
       <c r="F391" t="s">
         <v>12</v>
       </c>
       <c r="G391">
         <v>72.0</v>
       </c>
       <c r="H391">
         <v>72.0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>8</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
         <v>791</v>
       </c>
       <c r="D392">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E392" t="s">
         <v>792</v>
       </c>
       <c r="F392" t="s">
         <v>12</v>
       </c>
       <c r="G392">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H392">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>8</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
         <v>793</v>
       </c>
       <c r="D393">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E393" t="s">
         <v>794</v>
       </c>
       <c r="F393" t="s">
         <v>12</v>
       </c>
       <c r="G393">
         <v>72.0</v>
       </c>
       <c r="H393">
         <v>72.0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>8</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
         <v>795</v>
       </c>
       <c r="D394">
         <v>2022</v>
       </c>
       <c r="E394" t="s">
         <v>796</v>
       </c>
       <c r="F394" t="s">
         <v>12</v>
       </c>
       <c r="G394">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H394">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>8</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
         <v>797</v>
       </c>
       <c r="D395">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E395" t="s">
         <v>798</v>
       </c>
       <c r="F395" t="s">
         <v>12</v>
       </c>
       <c r="G395">
         <v>64.0</v>
       </c>
       <c r="H395">
         <v>64.0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>8</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
         <v>799</v>
       </c>
       <c r="D396">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E396" t="s">
         <v>800</v>
       </c>
       <c r="F396" t="s">
         <v>12</v>
       </c>
       <c r="G396">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H396">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>8</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
         <v>801</v>
       </c>
       <c r="D397">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E397" t="s">
         <v>802</v>
       </c>
       <c r="F397" t="s">
         <v>12</v>
       </c>
       <c r="G397">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H397">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>8</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
         <v>803</v>
       </c>
       <c r="D398">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="E398" t="s">
         <v>804</v>
       </c>
       <c r="F398" t="s">
         <v>12</v>
       </c>
       <c r="G398">
         <v>72.0</v>
       </c>
       <c r="H398">
         <v>72.0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>8</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
         <v>805</v>
       </c>
       <c r="D399">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E399" t="s">
         <v>806</v>
       </c>
       <c r="F399" t="s">
         <v>12</v>
       </c>
       <c r="G399">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H399">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>8</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
         <v>807</v>
       </c>
       <c r="D400">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E400" t="s">
         <v>808</v>
       </c>
       <c r="F400" t="s">
         <v>12</v>
       </c>
       <c r="G400">
         <v>72.0</v>
       </c>
       <c r="H400">
         <v>72.0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>8</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
         <v>809</v>
       </c>
       <c r="D401">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E401" t="s">
         <v>810</v>
       </c>
       <c r="F401" t="s">
         <v>12</v>
       </c>
       <c r="G401">
         <v>72.0</v>
       </c>
       <c r="H401">
         <v>72.0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>8</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
         <v>811</v>
       </c>
       <c r="D402">
@@ -15213,167 +15219,167 @@
       </c>
       <c r="E402" t="s">
         <v>812</v>
       </c>
       <c r="F402" t="s">
         <v>12</v>
       </c>
       <c r="G402">
         <v>72.0</v>
       </c>
       <c r="H402">
         <v>72.0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>8</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
         <v>813</v>
       </c>
       <c r="D403">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E403" t="s">
         <v>814</v>
       </c>
       <c r="F403" t="s">
         <v>12</v>
       </c>
       <c r="G403">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H403">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>8</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
         <v>815</v>
       </c>
       <c r="D404">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E404" t="s">
         <v>816</v>
       </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
       <c r="G404">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H404">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>8</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
         <v>817</v>
       </c>
       <c r="D405">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E405" t="s">
         <v>818</v>
       </c>
       <c r="F405" t="s">
         <v>12</v>
       </c>
       <c r="G405">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H405">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>8</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
         <v>819</v>
       </c>
       <c r="D406">
         <v>2022</v>
       </c>
       <c r="E406" t="s">
         <v>820</v>
       </c>
       <c r="F406" t="s">
         <v>12</v>
       </c>
       <c r="G406">
         <v>64.0</v>
       </c>
       <c r="H406">
         <v>64.0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>8</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
         <v>821</v>
       </c>
       <c r="D407">
         <v>2022</v>
       </c>
       <c r="E407" t="s">
         <v>822</v>
       </c>
       <c r="F407" t="s">
         <v>12</v>
       </c>
       <c r="G407">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H407">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>8</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
         <v>823</v>
       </c>
       <c r="D408">
         <v>2022</v>
       </c>
       <c r="E408" t="s">
         <v>824</v>
       </c>
       <c r="F408" t="s">
         <v>12</v>
       </c>
       <c r="G408">
         <v>72.0</v>
       </c>
       <c r="H408">
@@ -15395,271 +15401,271 @@
       </c>
       <c r="E409" t="s">
         <v>826</v>
       </c>
       <c r="F409" t="s">
         <v>12</v>
       </c>
       <c r="G409">
         <v>72.0</v>
       </c>
       <c r="H409">
         <v>72.0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>8</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
         <v>827</v>
       </c>
       <c r="D410">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="E410" t="s">
         <v>828</v>
       </c>
       <c r="F410" t="s">
         <v>12</v>
       </c>
       <c r="G410">
         <v>72.0</v>
       </c>
       <c r="H410">
         <v>72.0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>8</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
         <v>829</v>
       </c>
       <c r="D411">
         <v>2022</v>
       </c>
       <c r="E411" t="s">
         <v>830</v>
       </c>
       <c r="F411" t="s">
         <v>12</v>
       </c>
       <c r="G411">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H411">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>8</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
         <v>831</v>
       </c>
       <c r="D412">
         <v>2022</v>
       </c>
       <c r="E412" t="s">
         <v>832</v>
       </c>
       <c r="F412" t="s">
         <v>12</v>
       </c>
       <c r="G412">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H412">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>8</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
         <v>833</v>
       </c>
       <c r="D413">
         <v>2022</v>
       </c>
       <c r="E413" t="s">
         <v>834</v>
       </c>
       <c r="F413" t="s">
         <v>12</v>
       </c>
       <c r="G413">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H413">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>8</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
         <v>835</v>
       </c>
       <c r="D414">
         <v>2022</v>
       </c>
       <c r="E414" t="s">
         <v>836</v>
       </c>
       <c r="F414" t="s">
         <v>12</v>
       </c>
       <c r="G414">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H414">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>8</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
         <v>837</v>
       </c>
       <c r="D415">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E415" t="s">
         <v>838</v>
       </c>
       <c r="F415" t="s">
         <v>12</v>
       </c>
       <c r="G415">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H415">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>8</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
         <v>839</v>
       </c>
       <c r="D416">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="E416" t="s">
         <v>840</v>
       </c>
       <c r="F416" t="s">
         <v>12</v>
       </c>
       <c r="G416">
         <v>72.0</v>
       </c>
       <c r="H416">
         <v>72.0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>8</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
         <v>841</v>
       </c>
       <c r="D417">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E417" t="s">
         <v>842</v>
       </c>
       <c r="F417" t="s">
         <v>12</v>
       </c>
       <c r="G417">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H417">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>8</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
         <v>843</v>
       </c>
       <c r="D418">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="E418" t="s">
         <v>844</v>
       </c>
       <c r="F418" t="s">
         <v>12</v>
       </c>
       <c r="G418">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H418">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>8</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
         <v>845</v>
       </c>
       <c r="D419">
         <v>2022</v>
       </c>
       <c r="E419" t="s">
         <v>846</v>
       </c>
       <c r="F419" t="s">
         <v>12</v>
       </c>
       <c r="G419">
         <v>72.0</v>
       </c>
       <c r="H419">
@@ -15681,141 +15687,141 @@
       </c>
       <c r="E420" t="s">
         <v>848</v>
       </c>
       <c r="F420" t="s">
         <v>12</v>
       </c>
       <c r="G420">
         <v>72.0</v>
       </c>
       <c r="H420">
         <v>72.0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>8</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
         <v>849</v>
       </c>
       <c r="D421">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E421" t="s">
         <v>850</v>
       </c>
       <c r="F421" t="s">
         <v>12</v>
       </c>
       <c r="G421">
-        <v>64.0</v>
+        <v>104.0</v>
       </c>
       <c r="H421">
-        <v>64.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>8</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
         <v>851</v>
       </c>
       <c r="D422">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E422" t="s">
         <v>852</v>
       </c>
       <c r="F422" t="s">
         <v>12</v>
       </c>
       <c r="G422">
         <v>72.0</v>
       </c>
       <c r="H422">
         <v>72.0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>8</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
         <v>853</v>
       </c>
       <c r="D423">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E423" t="s">
         <v>854</v>
       </c>
       <c r="F423" t="s">
         <v>12</v>
       </c>
       <c r="G423">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H423">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>8</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
         <v>855</v>
       </c>
       <c r="D424">
         <v>2022</v>
       </c>
       <c r="E424" t="s">
         <v>856</v>
       </c>
       <c r="F424" t="s">
         <v>12</v>
       </c>
       <c r="G424">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H424">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>8</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
         <v>857</v>
       </c>
       <c r="D425">
         <v>2022</v>
       </c>
       <c r="E425" t="s">
         <v>858</v>
       </c>
       <c r="F425" t="s">
         <v>12</v>
       </c>
       <c r="G425">
         <v>64.0</v>
       </c>
       <c r="H425">
@@ -15872,54 +15878,54 @@
       </c>
       <c r="H427">
         <v>72.0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>8</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
         <v>863</v>
       </c>
       <c r="D428">
         <v>2022</v>
       </c>
       <c r="E428" t="s">
         <v>864</v>
       </c>
       <c r="F428" t="s">
         <v>12</v>
       </c>
       <c r="G428">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H428">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>8</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
         <v>865</v>
       </c>
       <c r="D429">
         <v>2022</v>
       </c>
       <c r="E429" t="s">
         <v>866</v>
       </c>
       <c r="F429" t="s">
         <v>12</v>
       </c>
       <c r="G429">
         <v>72.0</v>
       </c>
       <c r="H429">
@@ -15993,375 +15999,375 @@
       </c>
       <c r="E432" t="s">
         <v>872</v>
       </c>
       <c r="F432" t="s">
         <v>12</v>
       </c>
       <c r="G432">
         <v>72.0</v>
       </c>
       <c r="H432">
         <v>72.0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>8</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
         <v>873</v>
       </c>
       <c r="D433">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="E433" t="s">
         <v>874</v>
       </c>
       <c r="F433" t="s">
         <v>12</v>
       </c>
       <c r="G433">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H433">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>8</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
         <v>875</v>
       </c>
       <c r="D434">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E434" t="s">
         <v>876</v>
       </c>
       <c r="F434" t="s">
         <v>12</v>
       </c>
       <c r="G434">
         <v>64.0</v>
       </c>
       <c r="H434">
         <v>64.0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>8</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
         <v>877</v>
       </c>
       <c r="D435">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="E435" t="s">
         <v>878</v>
       </c>
       <c r="F435" t="s">
         <v>12</v>
       </c>
       <c r="G435">
         <v>64.0</v>
       </c>
       <c r="H435">
         <v>64.0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>8</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
         <v>879</v>
       </c>
       <c r="D436">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E436" t="s">
         <v>880</v>
       </c>
       <c r="F436" t="s">
         <v>12</v>
       </c>
       <c r="G436">
         <v>64.0</v>
       </c>
       <c r="H436">
         <v>64.0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>8</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
         <v>881</v>
       </c>
       <c r="D437">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="E437" t="s">
         <v>882</v>
       </c>
       <c r="F437" t="s">
         <v>12</v>
       </c>
       <c r="G437">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H437">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>8</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
         <v>883</v>
       </c>
       <c r="D438">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E438" t="s">
         <v>884</v>
       </c>
       <c r="F438" t="s">
         <v>12</v>
       </c>
       <c r="G438">
         <v>64.0</v>
       </c>
       <c r="H438">
         <v>64.0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>8</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
         <v>885</v>
       </c>
       <c r="D439">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E439" t="s">
         <v>886</v>
       </c>
       <c r="F439" t="s">
         <v>12</v>
       </c>
       <c r="G439">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H439">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>8</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
         <v>887</v>
       </c>
       <c r="D440">
         <v>2022</v>
       </c>
       <c r="E440" t="s">
         <v>888</v>
       </c>
       <c r="F440" t="s">
         <v>12</v>
       </c>
       <c r="G440">
         <v>72.0</v>
       </c>
       <c r="H440">
         <v>72.0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>8</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
         <v>889</v>
       </c>
       <c r="D441">
         <v>2022</v>
       </c>
       <c r="E441" t="s">
         <v>890</v>
       </c>
       <c r="F441" t="s">
         <v>12</v>
       </c>
       <c r="G441">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H441">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>8</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
         <v>891</v>
       </c>
       <c r="D442">
         <v>2022</v>
       </c>
       <c r="E442" t="s">
         <v>892</v>
       </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H442">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>8</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
         <v>893</v>
       </c>
       <c r="D443">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E443" t="s">
         <v>894</v>
       </c>
       <c r="F443" t="s">
         <v>12</v>
       </c>
       <c r="G443">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H443">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>8</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
         <v>895</v>
       </c>
       <c r="D444">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E444" t="s">
         <v>896</v>
       </c>
       <c r="F444" t="s">
         <v>12</v>
       </c>
       <c r="G444">
         <v>72.0</v>
       </c>
       <c r="H444">
         <v>72.0</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>8</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
         <v>897</v>
       </c>
       <c r="D445">
         <v>2022</v>
       </c>
       <c r="E445" t="s">
         <v>898</v>
       </c>
       <c r="F445" t="s">
         <v>12</v>
       </c>
       <c r="G445">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H445">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>8</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
         <v>899</v>
       </c>
       <c r="D446">
         <v>2022</v>
       </c>
       <c r="E446" t="s">
         <v>900</v>
       </c>
       <c r="F446" t="s">
         <v>12</v>
       </c>
       <c r="G446">
         <v>64.0</v>
       </c>
       <c r="H446">
@@ -16392,1718 +16398,1718 @@
       </c>
       <c r="H447">
         <v>72.0</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>8</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
         <v>903</v>
       </c>
       <c r="D448">
         <v>2022</v>
       </c>
       <c r="E448" t="s">
         <v>904</v>
       </c>
       <c r="F448" t="s">
         <v>12</v>
       </c>
       <c r="G448">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H448">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>8</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
         <v>905</v>
       </c>
       <c r="D449">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="E449" t="s">
         <v>906</v>
       </c>
       <c r="F449" t="s">
         <v>12</v>
       </c>
       <c r="G449">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H449">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>8</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
         <v>907</v>
       </c>
       <c r="D450">
         <v>2022</v>
       </c>
       <c r="E450" t="s">
         <v>908</v>
       </c>
       <c r="F450" t="s">
         <v>12</v>
       </c>
       <c r="G450">
         <v>72.0</v>
       </c>
       <c r="H450">
         <v>72.0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>8</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
         <v>909</v>
       </c>
       <c r="D451">
         <v>2022</v>
       </c>
       <c r="E451" t="s">
         <v>910</v>
       </c>
       <c r="F451" t="s">
         <v>12</v>
       </c>
       <c r="G451">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H451">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>8</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
         <v>911</v>
       </c>
       <c r="D452">
         <v>2022</v>
       </c>
       <c r="E452" t="s">
         <v>912</v>
       </c>
       <c r="F452" t="s">
         <v>12</v>
       </c>
       <c r="G452">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H452">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>8</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
         <v>913</v>
       </c>
       <c r="D453">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="E453" t="s">
         <v>914</v>
       </c>
       <c r="F453" t="s">
         <v>12</v>
       </c>
       <c r="G453">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H453">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>8</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
         <v>915</v>
       </c>
       <c r="D454">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E454" t="s">
         <v>916</v>
       </c>
       <c r="F454" t="s">
         <v>12</v>
       </c>
       <c r="G454">
         <v>72.0</v>
       </c>
       <c r="H454">
         <v>72.0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>8</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
         <v>917</v>
       </c>
       <c r="D455">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E455" t="s">
         <v>918</v>
       </c>
       <c r="F455" t="s">
         <v>12</v>
       </c>
       <c r="G455">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H455">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>8</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
         <v>919</v>
       </c>
       <c r="D456">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E456" t="s">
         <v>920</v>
       </c>
       <c r="F456" t="s">
         <v>12</v>
       </c>
       <c r="G456">
         <v>72.0</v>
       </c>
       <c r="H456">
         <v>72.0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>8</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
         <v>921</v>
       </c>
       <c r="D457">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="E457" t="s">
         <v>922</v>
       </c>
       <c r="F457" t="s">
         <v>12</v>
       </c>
       <c r="G457">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H457">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>8</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
         <v>923</v>
       </c>
       <c r="D458">
         <v>2022</v>
       </c>
       <c r="E458" t="s">
         <v>924</v>
       </c>
       <c r="F458" t="s">
         <v>12</v>
       </c>
       <c r="G458">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H458">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>8</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
         <v>925</v>
       </c>
       <c r="D459">
         <v>2022</v>
       </c>
       <c r="E459" t="s">
         <v>926</v>
       </c>
       <c r="F459" t="s">
         <v>12</v>
       </c>
       <c r="G459">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H459">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>8</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
         <v>927</v>
       </c>
       <c r="D460">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E460" t="s">
         <v>928</v>
       </c>
       <c r="F460" t="s">
         <v>12</v>
       </c>
       <c r="G460">
         <v>64.0</v>
       </c>
       <c r="H460">
         <v>64.0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>8</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
         <v>929</v>
       </c>
       <c r="D461">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E461" t="s">
         <v>930</v>
       </c>
       <c r="F461" t="s">
         <v>12</v>
       </c>
       <c r="G461">
         <v>72.0</v>
       </c>
       <c r="H461">
         <v>72.0</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>8</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
         <v>931</v>
       </c>
       <c r="D462">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E462" t="s">
         <v>932</v>
       </c>
       <c r="F462" t="s">
         <v>12</v>
       </c>
       <c r="G462">
         <v>64.0</v>
       </c>
       <c r="H462">
         <v>64.0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>8</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
         <v>933</v>
       </c>
       <c r="D463">
-        <v>2001</v>
+        <v>2022</v>
       </c>
       <c r="E463" t="s">
         <v>934</v>
       </c>
       <c r="F463" t="s">
         <v>12</v>
       </c>
       <c r="G463">
         <v>72.0</v>
       </c>
       <c r="H463">
         <v>72.0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>8</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
         <v>935</v>
       </c>
       <c r="D464">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E464" t="s">
         <v>936</v>
       </c>
       <c r="F464" t="s">
         <v>12</v>
       </c>
       <c r="G464">
         <v>64.0</v>
       </c>
       <c r="H464">
         <v>64.0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>8</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
         <v>937</v>
       </c>
       <c r="D465">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="E465" t="s">
         <v>938</v>
       </c>
       <c r="F465" t="s">
         <v>12</v>
       </c>
       <c r="G465">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H465">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>8</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
         <v>939</v>
       </c>
       <c r="D466">
-        <v>1999</v>
+        <v>2022</v>
       </c>
       <c r="E466" t="s">
         <v>940</v>
       </c>
       <c r="F466" t="s">
         <v>12</v>
       </c>
       <c r="G466">
         <v>72.0</v>
       </c>
       <c r="H466">
         <v>72.0</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>8</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
         <v>941</v>
       </c>
       <c r="D467">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="E467" t="s">
         <v>942</v>
       </c>
       <c r="F467" t="s">
         <v>12</v>
       </c>
       <c r="G467">
-        <v>104.0</v>
+        <v>64.0</v>
       </c>
       <c r="H467">
-        <v>104.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>8</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
         <v>943</v>
       </c>
       <c r="D468">
         <v>2022</v>
       </c>
       <c r="E468" t="s">
         <v>944</v>
       </c>
       <c r="F468" t="s">
         <v>12</v>
       </c>
       <c r="G468">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H468">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>8</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
         <v>945</v>
       </c>
       <c r="D469">
         <v>2022</v>
       </c>
       <c r="E469" t="s">
         <v>946</v>
       </c>
       <c r="F469" t="s">
         <v>12</v>
       </c>
       <c r="G469">
         <v>72.0</v>
       </c>
       <c r="H469">
         <v>72.0</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>8</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
         <v>947</v>
       </c>
       <c r="D470">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="E470" t="s">
         <v>948</v>
       </c>
       <c r="F470" t="s">
         <v>12</v>
       </c>
       <c r="G470">
         <v>72.0</v>
       </c>
       <c r="H470">
         <v>72.0</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>8</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
         <v>949</v>
       </c>
       <c r="D471">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="E471" t="s">
         <v>950</v>
       </c>
       <c r="F471" t="s">
         <v>12</v>
       </c>
       <c r="G471">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H471">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>8</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
         <v>951</v>
       </c>
       <c r="D472">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E472" t="s">
         <v>952</v>
       </c>
       <c r="F472" t="s">
         <v>12</v>
       </c>
       <c r="G472">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H472">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>8</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
         <v>953</v>
       </c>
       <c r="D473">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E473" t="s">
         <v>954</v>
       </c>
       <c r="F473" t="s">
         <v>12</v>
       </c>
       <c r="G473">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H473">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>8</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
         <v>955</v>
       </c>
       <c r="D474">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="E474" t="s">
         <v>956</v>
       </c>
       <c r="F474" t="s">
         <v>12</v>
       </c>
       <c r="G474">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H474">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>8</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
         <v>957</v>
       </c>
       <c r="D475">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E475" t="s">
         <v>958</v>
       </c>
       <c r="F475" t="s">
         <v>12</v>
       </c>
       <c r="G475">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H475">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>8</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
         <v>959</v>
       </c>
       <c r="D476">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="E476" t="s">
         <v>960</v>
       </c>
       <c r="F476" t="s">
         <v>12</v>
       </c>
       <c r="G476">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H476">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>8</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
         <v>961</v>
       </c>
       <c r="D477">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E477" t="s">
         <v>962</v>
       </c>
       <c r="F477" t="s">
         <v>12</v>
       </c>
       <c r="G477">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H477">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>8</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
         <v>963</v>
       </c>
       <c r="D478">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E478" t="s">
         <v>964</v>
       </c>
       <c r="F478" t="s">
         <v>12</v>
       </c>
       <c r="G478">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H478">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>8</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
         <v>965</v>
       </c>
       <c r="D479">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E479" t="s">
         <v>966</v>
       </c>
       <c r="F479" t="s">
         <v>12</v>
       </c>
       <c r="G479">
         <v>72.0</v>
       </c>
       <c r="H479">
         <v>72.0</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>8</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
         <v>967</v>
       </c>
       <c r="D480">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E480" t="s">
         <v>968</v>
       </c>
       <c r="F480" t="s">
         <v>12</v>
       </c>
       <c r="G480">
         <v>64.0</v>
       </c>
       <c r="H480">
         <v>64.0</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>8</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
         <v>969</v>
       </c>
       <c r="D481">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E481" t="s">
         <v>970</v>
       </c>
       <c r="F481" t="s">
         <v>12</v>
       </c>
       <c r="G481">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H481">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>8</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
         <v>971</v>
       </c>
       <c r="D482">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E482" t="s">
         <v>972</v>
       </c>
       <c r="F482" t="s">
         <v>12</v>
       </c>
       <c r="G482">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H482">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>8</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
         <v>973</v>
       </c>
       <c r="D483">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="E483" t="s">
         <v>974</v>
       </c>
       <c r="F483" t="s">
         <v>12</v>
       </c>
       <c r="G483">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H483">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>8</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
         <v>975</v>
       </c>
       <c r="D484">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E484" t="s">
         <v>976</v>
       </c>
       <c r="F484" t="s">
         <v>12</v>
       </c>
       <c r="G484">
         <v>72.0</v>
       </c>
       <c r="H484">
         <v>72.0</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>8</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
         <v>977</v>
       </c>
       <c r="D485">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E485" t="s">
         <v>978</v>
       </c>
       <c r="F485" t="s">
         <v>12</v>
       </c>
       <c r="G485">
         <v>64.0</v>
       </c>
       <c r="H485">
         <v>64.0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>8</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
         <v>979</v>
       </c>
       <c r="D486">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E486" t="s">
         <v>980</v>
       </c>
       <c r="F486" t="s">
         <v>12</v>
       </c>
       <c r="G486">
         <v>72.0</v>
       </c>
       <c r="H486">
         <v>72.0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>8</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
         <v>981</v>
       </c>
       <c r="D487">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E487" t="s">
         <v>982</v>
       </c>
       <c r="F487" t="s">
         <v>12</v>
       </c>
       <c r="G487">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H487">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>8</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
         <v>983</v>
       </c>
       <c r="D488">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="E488" t="s">
         <v>984</v>
       </c>
       <c r="F488" t="s">
         <v>12</v>
       </c>
       <c r="G488">
         <v>64.0</v>
       </c>
       <c r="H488">
         <v>64.0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>8</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
         <v>985</v>
       </c>
       <c r="D489">
-        <v>2006</v>
+        <v>2022</v>
       </c>
       <c r="E489" t="s">
         <v>986</v>
       </c>
       <c r="F489" t="s">
         <v>12</v>
       </c>
       <c r="G489">
         <v>72.0</v>
       </c>
       <c r="H489">
         <v>72.0</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>8</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
         <v>987</v>
       </c>
       <c r="D490">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E490" t="s">
         <v>988</v>
       </c>
       <c r="F490" t="s">
         <v>12</v>
       </c>
       <c r="G490">
         <v>64.0</v>
       </c>
       <c r="H490">
         <v>64.0</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>8</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
         <v>989</v>
       </c>
       <c r="D491">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E491" t="s">
         <v>990</v>
       </c>
       <c r="F491" t="s">
         <v>12</v>
       </c>
       <c r="G491">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H491">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>8</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
         <v>991</v>
       </c>
       <c r="D492">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="E492" t="s">
         <v>992</v>
       </c>
       <c r="F492" t="s">
         <v>12</v>
       </c>
       <c r="G492">
         <v>64.0</v>
       </c>
       <c r="H492">
         <v>64.0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>8</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
         <v>993</v>
       </c>
       <c r="D493">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E493" t="s">
         <v>994</v>
       </c>
       <c r="F493" t="s">
         <v>12</v>
       </c>
       <c r="G493">
         <v>72.0</v>
       </c>
       <c r="H493">
         <v>72.0</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>8</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
         <v>995</v>
       </c>
       <c r="D494">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E494" t="s">
         <v>996</v>
       </c>
       <c r="F494" t="s">
         <v>12</v>
       </c>
       <c r="G494">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H494">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>8</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
         <v>997</v>
       </c>
       <c r="D495">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E495" t="s">
         <v>998</v>
       </c>
       <c r="F495" t="s">
         <v>12</v>
       </c>
       <c r="G495">
         <v>72.0</v>
       </c>
       <c r="H495">
         <v>72.0</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>8</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
         <v>999</v>
       </c>
       <c r="D496">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="E496" t="s">
         <v>1000</v>
       </c>
       <c r="F496" t="s">
         <v>12</v>
       </c>
       <c r="G496">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H496">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>8</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
         <v>1001</v>
       </c>
       <c r="D497">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E497" t="s">
         <v>1002</v>
       </c>
       <c r="F497" t="s">
         <v>12</v>
       </c>
       <c r="G497">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H497">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>8</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
         <v>1003</v>
       </c>
       <c r="D498">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E498" t="s">
         <v>1004</v>
       </c>
       <c r="F498" t="s">
         <v>12</v>
       </c>
       <c r="G498">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H498">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>8</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
         <v>1005</v>
       </c>
       <c r="D499">
         <v>2021</v>
       </c>
       <c r="E499" t="s">
         <v>1006</v>
       </c>
       <c r="F499" t="s">
         <v>12</v>
       </c>
       <c r="G499">
         <v>64.0</v>
       </c>
       <c r="H499">
         <v>64.0</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>8</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
         <v>1007</v>
       </c>
       <c r="D500">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E500" t="s">
         <v>1008</v>
       </c>
       <c r="F500" t="s">
         <v>12</v>
       </c>
       <c r="G500">
         <v>72.0</v>
       </c>
       <c r="H500">
         <v>72.0</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>8</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
         <v>1009</v>
       </c>
       <c r="D501">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E501" t="s">
         <v>1010</v>
       </c>
       <c r="F501" t="s">
         <v>12</v>
       </c>
       <c r="G501">
         <v>64.0</v>
       </c>
       <c r="H501">
         <v>64.0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>8</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
         <v>1011</v>
       </c>
       <c r="D502">
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="E502" t="s">
         <v>1012</v>
       </c>
       <c r="F502" t="s">
         <v>12</v>
       </c>
       <c r="G502">
         <v>72.0</v>
       </c>
       <c r="H502">
         <v>72.0</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>8</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
         <v>1013</v>
       </c>
       <c r="D503">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E503" t="s">
         <v>1014</v>
       </c>
       <c r="F503" t="s">
         <v>12</v>
       </c>
       <c r="G503">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H503">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>8</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
         <v>1015</v>
       </c>
       <c r="D504">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="E504" t="s">
         <v>1016</v>
       </c>
       <c r="F504" t="s">
         <v>12</v>
       </c>
       <c r="G504">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H504">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>8</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
         <v>1017</v>
       </c>
       <c r="D505">
-        <v>2021</v>
+        <v>1999</v>
       </c>
       <c r="E505" t="s">
         <v>1018</v>
       </c>
       <c r="F505" t="s">
         <v>12</v>
       </c>
       <c r="G505">
         <v>72.0</v>
       </c>
       <c r="H505">
         <v>72.0</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>8</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
         <v>1019</v>
       </c>
       <c r="D506">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E506" t="s">
         <v>1020</v>
       </c>
       <c r="F506" t="s">
         <v>12</v>
       </c>
       <c r="G506">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H506">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>8</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
         <v>1021</v>
       </c>
       <c r="D507">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E507" t="s">
         <v>1022</v>
       </c>
       <c r="F507" t="s">
         <v>12</v>
       </c>
       <c r="G507">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H507">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>8</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
         <v>1023</v>
       </c>
       <c r="D508">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="E508" t="s">
         <v>1024</v>
       </c>
       <c r="F508" t="s">
         <v>12</v>
       </c>
       <c r="G508">
         <v>72.0</v>
       </c>
       <c r="H508">
         <v>72.0</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>8</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
         <v>1025</v>
       </c>
       <c r="D509">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="E509" t="s">
         <v>1026</v>
       </c>
       <c r="F509" t="s">
         <v>12</v>
       </c>
       <c r="G509">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H509">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>8</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
         <v>1027</v>
       </c>
       <c r="D510">
         <v>2021</v>
       </c>
       <c r="E510" t="s">
         <v>1028</v>
       </c>
       <c r="F510" t="s">
         <v>12</v>
       </c>
       <c r="G510">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H510">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>8</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
         <v>1029</v>
       </c>
       <c r="D511">
         <v>2021</v>
       </c>
       <c r="E511" t="s">
         <v>1030</v>
       </c>
       <c r="F511" t="s">
         <v>12</v>
       </c>
       <c r="G511">
         <v>72.0</v>
       </c>
       <c r="H511">
         <v>72.0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>8</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
         <v>1031</v>
       </c>
       <c r="D512">
         <v>2021</v>
       </c>
       <c r="E512" t="s">
         <v>1032</v>
       </c>
       <c r="F512" t="s">
         <v>12</v>
       </c>
       <c r="G512">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H512">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>8</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
         <v>1033</v>
       </c>
       <c r="D513">
         <v>2021</v>
       </c>
       <c r="E513" t="s">
         <v>1034</v>
       </c>
       <c r="F513" t="s">
         <v>12</v>
       </c>
       <c r="G513">
         <v>72.0</v>
       </c>
       <c r="H513">
@@ -18203,453 +18209,453 @@
       </c>
       <c r="E517" t="s">
         <v>1042</v>
       </c>
       <c r="F517" t="s">
         <v>12</v>
       </c>
       <c r="G517">
         <v>64.0</v>
       </c>
       <c r="H517">
         <v>64.0</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>8</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
         <v>1043</v>
       </c>
       <c r="D518">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E518" t="s">
         <v>1044</v>
       </c>
       <c r="F518" t="s">
         <v>12</v>
       </c>
       <c r="G518">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H518">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>8</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
         <v>1045</v>
       </c>
       <c r="D519">
         <v>2021</v>
       </c>
       <c r="E519" t="s">
         <v>1046</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519">
         <v>72.0</v>
       </c>
       <c r="H519">
         <v>72.0</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>8</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
         <v>1047</v>
       </c>
       <c r="D520">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="E520" t="s">
         <v>1048</v>
       </c>
       <c r="F520" t="s">
         <v>12</v>
       </c>
       <c r="G520">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H520">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>8</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
         <v>1049</v>
       </c>
       <c r="D521">
         <v>2021</v>
       </c>
       <c r="E521" t="s">
         <v>1050</v>
       </c>
       <c r="F521" t="s">
         <v>12</v>
       </c>
       <c r="G521">
         <v>72.0</v>
       </c>
       <c r="H521">
         <v>72.0</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>8</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
         <v>1051</v>
       </c>
       <c r="D522">
         <v>2021</v>
       </c>
       <c r="E522" t="s">
         <v>1052</v>
       </c>
       <c r="F522" t="s">
         <v>12</v>
       </c>
       <c r="G522">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H522">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>8</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
         <v>1053</v>
       </c>
       <c r="D523">
         <v>2021</v>
       </c>
       <c r="E523" t="s">
         <v>1054</v>
       </c>
       <c r="F523" t="s">
         <v>12</v>
       </c>
       <c r="G523">
         <v>72.0</v>
       </c>
       <c r="H523">
         <v>72.0</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>8</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
         <v>1055</v>
       </c>
       <c r="D524">
         <v>2021</v>
       </c>
       <c r="E524" t="s">
         <v>1056</v>
       </c>
       <c r="F524" t="s">
         <v>12</v>
       </c>
       <c r="G524">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H524">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
         <v>8</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
         <v>1057</v>
       </c>
       <c r="D525">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="E525" t="s">
         <v>1058</v>
       </c>
       <c r="F525" t="s">
         <v>12</v>
       </c>
       <c r="G525">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H525">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
         <v>8</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
         <v>1059</v>
       </c>
       <c r="D526">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="E526" t="s">
         <v>1060</v>
       </c>
       <c r="F526" t="s">
         <v>12</v>
       </c>
       <c r="G526">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H526">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>8</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
         <v>1061</v>
       </c>
       <c r="D527">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E527" t="s">
         <v>1062</v>
       </c>
       <c r="F527" t="s">
         <v>12</v>
       </c>
       <c r="G527">
         <v>64.0</v>
       </c>
       <c r="H527">
         <v>64.0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>8</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
         <v>1063</v>
       </c>
       <c r="D528">
         <v>2021</v>
       </c>
       <c r="E528" t="s">
         <v>1064</v>
       </c>
       <c r="F528" t="s">
         <v>12</v>
       </c>
       <c r="G528">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H528">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>8</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
         <v>1065</v>
       </c>
       <c r="D529">
         <v>2021</v>
       </c>
       <c r="E529" t="s">
         <v>1066</v>
       </c>
       <c r="F529" t="s">
         <v>12</v>
       </c>
       <c r="G529">
         <v>64.0</v>
       </c>
       <c r="H529">
         <v>64.0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>8</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
         <v>1067</v>
       </c>
       <c r="D530">
         <v>2021</v>
       </c>
       <c r="E530" t="s">
         <v>1068</v>
       </c>
       <c r="F530" t="s">
         <v>12</v>
       </c>
       <c r="G530">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H530">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>8</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
         <v>1069</v>
       </c>
       <c r="D531">
         <v>2021</v>
       </c>
       <c r="E531" t="s">
         <v>1070</v>
       </c>
       <c r="F531" t="s">
         <v>12</v>
       </c>
       <c r="G531">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H531">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>8</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
         <v>1071</v>
       </c>
       <c r="D532">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="E532" t="s">
         <v>1072</v>
       </c>
       <c r="F532" t="s">
         <v>12</v>
       </c>
       <c r="G532">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H532">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
         <v>8</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
         <v>1073</v>
       </c>
       <c r="D533">
         <v>2021</v>
       </c>
       <c r="E533" t="s">
         <v>1074</v>
       </c>
       <c r="F533" t="s">
         <v>12</v>
       </c>
       <c r="G533">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H533">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>8</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
         <v>1075</v>
       </c>
       <c r="D534">
         <v>2021</v>
       </c>
       <c r="E534" t="s">
         <v>1076</v>
       </c>
       <c r="F534" t="s">
         <v>12</v>
       </c>
       <c r="G534">
         <v>72.0</v>
       </c>
       <c r="H534">
@@ -18671,363 +18677,363 @@
       </c>
       <c r="E535" t="s">
         <v>1078</v>
       </c>
       <c r="F535" t="s">
         <v>12</v>
       </c>
       <c r="G535">
         <v>64.0</v>
       </c>
       <c r="H535">
         <v>64.0</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
         <v>8</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
         <v>1079</v>
       </c>
       <c r="D536">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="E536" t="s">
         <v>1080</v>
       </c>
       <c r="F536" t="s">
         <v>12</v>
       </c>
       <c r="G536">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H536">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>8</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
         <v>1081</v>
       </c>
       <c r="D537">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="E537" t="s">
         <v>1082</v>
       </c>
       <c r="F537" t="s">
         <v>12</v>
       </c>
       <c r="G537">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H537">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>8</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
         <v>1083</v>
       </c>
       <c r="D538">
         <v>2021</v>
       </c>
       <c r="E538" t="s">
         <v>1084</v>
       </c>
       <c r="F538" t="s">
         <v>12</v>
       </c>
       <c r="G538">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H538">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>8</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
         <v>1085</v>
       </c>
       <c r="D539">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="E539" t="s">
         <v>1086</v>
       </c>
       <c r="F539" t="s">
         <v>12</v>
       </c>
       <c r="G539">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H539">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>8</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
         <v>1087</v>
       </c>
       <c r="D540">
         <v>2015</v>
       </c>
       <c r="E540" t="s">
         <v>1088</v>
       </c>
       <c r="F540" t="s">
         <v>12</v>
       </c>
       <c r="G540">
         <v>72.0</v>
       </c>
       <c r="H540">
         <v>72.0</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>8</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
         <v>1089</v>
       </c>
       <c r="D541">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E541" t="s">
         <v>1090</v>
       </c>
       <c r="F541" t="s">
         <v>12</v>
       </c>
       <c r="G541">
         <v>72.0</v>
       </c>
       <c r="H541">
         <v>72.0</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>8</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
         <v>1091</v>
       </c>
       <c r="D542">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="E542" t="s">
         <v>1092</v>
       </c>
       <c r="F542" t="s">
         <v>12</v>
       </c>
       <c r="G542">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H542">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>8</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
         <v>1093</v>
       </c>
       <c r="D543">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E543" t="s">
         <v>1094</v>
       </c>
       <c r="F543" t="s">
         <v>12</v>
       </c>
       <c r="G543">
-        <v>64.0</v>
+        <v>96.0</v>
       </c>
       <c r="H543">
-        <v>64.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>8</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
         <v>1095</v>
       </c>
       <c r="D544">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E544" t="s">
         <v>1096</v>
       </c>
       <c r="F544" t="s">
         <v>12</v>
       </c>
       <c r="G544">
         <v>72.0</v>
       </c>
       <c r="H544">
         <v>72.0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>8</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
         <v>1097</v>
       </c>
       <c r="D545">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E545" t="s">
         <v>1098</v>
       </c>
       <c r="F545" t="s">
         <v>12</v>
       </c>
       <c r="G545">
         <v>72.0</v>
       </c>
       <c r="H545">
         <v>72.0</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>8</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
         <v>1099</v>
       </c>
       <c r="D546">
-        <v>2000</v>
+        <v>2021</v>
       </c>
       <c r="E546" t="s">
         <v>1100</v>
       </c>
       <c r="F546" t="s">
         <v>12</v>
       </c>
       <c r="G546">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H546">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>8</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
         <v>1101</v>
       </c>
       <c r="D547">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="E547" t="s">
         <v>1102</v>
       </c>
       <c r="F547" t="s">
         <v>12</v>
       </c>
       <c r="G547">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H547">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>8</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
         <v>1103</v>
       </c>
       <c r="D548">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E548" t="s">
         <v>1104</v>
       </c>
       <c r="F548" t="s">
         <v>12</v>
       </c>
       <c r="G548">
         <v>72.0</v>
       </c>
       <c r="H548">
         <v>72.0</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>8</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
         <v>1105</v>
       </c>
       <c r="D549">
@@ -19096,106 +19102,106 @@
       </c>
       <c r="H551">
         <v>72.0</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>8</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
         <v>1111</v>
       </c>
       <c r="D552">
         <v>2021</v>
       </c>
       <c r="E552" t="s">
         <v>1112</v>
       </c>
       <c r="F552" t="s">
         <v>12</v>
       </c>
       <c r="G552">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H552">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>8</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
         <v>1113</v>
       </c>
       <c r="D553">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="E553" t="s">
         <v>1114</v>
       </c>
       <c r="F553" t="s">
         <v>12</v>
       </c>
       <c r="G553">
         <v>72.0</v>
       </c>
       <c r="H553">
         <v>72.0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>8</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
         <v>1115</v>
       </c>
       <c r="D554">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E554" t="s">
         <v>1116</v>
       </c>
       <c r="F554" t="s">
         <v>12</v>
       </c>
       <c r="G554">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H554">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
         <v>8</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
         <v>1117</v>
       </c>
       <c r="D555">
         <v>2021</v>
       </c>
       <c r="E555" t="s">
         <v>1118</v>
       </c>
       <c r="F555" t="s">
         <v>12</v>
       </c>
       <c r="G555">
         <v>72.0</v>
       </c>
       <c r="H555">
@@ -19252,328 +19258,328 @@
       </c>
       <c r="H557">
         <v>72.0</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>8</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
         <v>1123</v>
       </c>
       <c r="D558">
         <v>2021</v>
       </c>
       <c r="E558" t="s">
         <v>1124</v>
       </c>
       <c r="F558" t="s">
         <v>12</v>
       </c>
       <c r="G558">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H558">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>8</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
         <v>1125</v>
       </c>
       <c r="D559">
         <v>2021</v>
       </c>
       <c r="E559" t="s">
         <v>1126</v>
       </c>
       <c r="F559" t="s">
         <v>12</v>
       </c>
       <c r="G559">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H559">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>8</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
         <v>1127</v>
       </c>
       <c r="D560">
         <v>2021</v>
       </c>
       <c r="E560" t="s">
         <v>1128</v>
       </c>
       <c r="F560" t="s">
         <v>12</v>
       </c>
       <c r="G560">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H560">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>8</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
         <v>1129</v>
       </c>
       <c r="D561">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E561" t="s">
         <v>1130</v>
       </c>
       <c r="F561" t="s">
         <v>12</v>
       </c>
       <c r="G561">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H561">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>8</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
         <v>1131</v>
       </c>
       <c r="D562">
         <v>2021</v>
       </c>
       <c r="E562" t="s">
         <v>1132</v>
       </c>
       <c r="F562" t="s">
         <v>12</v>
       </c>
       <c r="G562">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H562">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
         <v>8</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
         <v>1133</v>
       </c>
       <c r="D563">
         <v>2021</v>
       </c>
       <c r="E563" t="s">
         <v>1134</v>
       </c>
       <c r="F563" t="s">
         <v>12</v>
       </c>
       <c r="G563">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H563">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>8</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
         <v>1135</v>
       </c>
       <c r="D564">
-        <v>2002</v>
+        <v>2021</v>
       </c>
       <c r="E564" t="s">
         <v>1136</v>
       </c>
       <c r="F564" t="s">
         <v>12</v>
       </c>
       <c r="G564">
         <v>64.0</v>
       </c>
       <c r="H564">
         <v>64.0</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
         <v>8</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
         <v>1137</v>
       </c>
       <c r="D565">
         <v>2021</v>
       </c>
       <c r="E565" t="s">
         <v>1138</v>
       </c>
       <c r="F565" t="s">
         <v>12</v>
       </c>
       <c r="G565">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H565">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
         <v>8</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
         <v>1139</v>
       </c>
       <c r="D566">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="E566" t="s">
         <v>1140</v>
       </c>
       <c r="F566" t="s">
         <v>12</v>
       </c>
       <c r="G566">
         <v>64.0</v>
       </c>
       <c r="H566">
         <v>64.0</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>8</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
         <v>1141</v>
       </c>
       <c r="D567">
         <v>2021</v>
       </c>
       <c r="E567" t="s">
         <v>1142</v>
       </c>
       <c r="F567" t="s">
         <v>12</v>
       </c>
       <c r="G567">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H567">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>8</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
         <v>1143</v>
       </c>
       <c r="D568">
         <v>2021</v>
       </c>
       <c r="E568" t="s">
         <v>1144</v>
       </c>
       <c r="F568" t="s">
         <v>12</v>
       </c>
       <c r="G568">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H568">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>8</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
         <v>1145</v>
       </c>
       <c r="D569">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E569" t="s">
         <v>1146</v>
       </c>
       <c r="F569" t="s">
         <v>12</v>
       </c>
       <c r="G569">
         <v>64.0</v>
       </c>
       <c r="H569">
         <v>64.0</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
         <v>8</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
         <v>1147</v>
       </c>
       <c r="D570">
@@ -19590,458 +19596,458 @@
       </c>
       <c r="H570">
         <v>64.0</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>8</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
         <v>1149</v>
       </c>
       <c r="D571">
         <v>2021</v>
       </c>
       <c r="E571" t="s">
         <v>1150</v>
       </c>
       <c r="F571" t="s">
         <v>12</v>
       </c>
       <c r="G571">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H571">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>8</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
         <v>1151</v>
       </c>
       <c r="D572">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="E572" t="s">
         <v>1152</v>
       </c>
       <c r="F572" t="s">
         <v>12</v>
       </c>
       <c r="G572">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H572">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>8</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
         <v>1153</v>
       </c>
       <c r="D573">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E573" t="s">
         <v>1154</v>
       </c>
       <c r="F573" t="s">
         <v>12</v>
       </c>
       <c r="G573">
         <v>72.0</v>
       </c>
       <c r="H573">
         <v>72.0</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>8</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
         <v>1155</v>
       </c>
       <c r="D574">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="E574" t="s">
         <v>1156</v>
       </c>
       <c r="F574" t="s">
         <v>12</v>
       </c>
       <c r="G574">
         <v>72.0</v>
       </c>
       <c r="H574">
         <v>72.0</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>8</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
         <v>1157</v>
       </c>
       <c r="D575">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="E575" t="s">
         <v>1158</v>
       </c>
       <c r="F575" t="s">
         <v>12</v>
       </c>
       <c r="G575">
         <v>64.0</v>
       </c>
       <c r="H575">
         <v>64.0</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>8</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
         <v>1159</v>
       </c>
       <c r="D576">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E576" t="s">
         <v>1160</v>
       </c>
       <c r="F576" t="s">
         <v>12</v>
       </c>
       <c r="G576">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H576">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>8</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
         <v>1161</v>
       </c>
       <c r="D577">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E577" t="s">
         <v>1162</v>
       </c>
       <c r="F577" t="s">
         <v>12</v>
       </c>
       <c r="G577">
         <v>72.0</v>
       </c>
       <c r="H577">
         <v>72.0</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
         <v>8</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
         <v>1163</v>
       </c>
       <c r="D578">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="E578" t="s">
         <v>1164</v>
       </c>
       <c r="F578" t="s">
         <v>12</v>
       </c>
       <c r="G578">
         <v>72.0</v>
       </c>
       <c r="H578">
         <v>72.0</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>8</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
         <v>1165</v>
       </c>
       <c r="D579">
-        <v>2021</v>
+        <v>2000</v>
       </c>
       <c r="E579" t="s">
         <v>1166</v>
       </c>
       <c r="F579" t="s">
         <v>12</v>
       </c>
       <c r="G579">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H579">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>8</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
         <v>1167</v>
       </c>
       <c r="D580">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E580" t="s">
         <v>1168</v>
       </c>
       <c r="F580" t="s">
         <v>12</v>
       </c>
       <c r="G580">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H580">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>8</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
         <v>1169</v>
       </c>
       <c r="D581">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="E581" t="s">
         <v>1170</v>
       </c>
       <c r="F581" t="s">
         <v>12</v>
       </c>
       <c r="G581">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H581">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>8</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
         <v>1171</v>
       </c>
       <c r="D582">
         <v>2021</v>
       </c>
       <c r="E582" t="s">
         <v>1172</v>
       </c>
       <c r="F582" t="s">
         <v>12</v>
       </c>
       <c r="G582">
         <v>72.0</v>
       </c>
       <c r="H582">
         <v>72.0</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>8</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
         <v>1173</v>
       </c>
       <c r="D583">
         <v>2021</v>
       </c>
       <c r="E583" t="s">
         <v>1174</v>
       </c>
       <c r="F583" t="s">
         <v>12</v>
       </c>
       <c r="G583">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H583">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>8</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
         <v>1175</v>
       </c>
       <c r="D584">
         <v>2021</v>
       </c>
       <c r="E584" t="s">
         <v>1176</v>
       </c>
       <c r="F584" t="s">
         <v>12</v>
       </c>
       <c r="G584">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H584">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>8</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
         <v>1177</v>
       </c>
       <c r="D585">
         <v>2021</v>
       </c>
       <c r="E585" t="s">
         <v>1178</v>
       </c>
       <c r="F585" t="s">
         <v>12</v>
       </c>
       <c r="G585">
         <v>72.0</v>
       </c>
       <c r="H585">
         <v>72.0</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>8</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
         <v>1179</v>
       </c>
       <c r="D586">
         <v>2021</v>
       </c>
       <c r="E586" t="s">
         <v>1180</v>
       </c>
       <c r="F586" t="s">
         <v>12</v>
       </c>
       <c r="G586">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H586">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>8</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
         <v>1181</v>
       </c>
       <c r="D587">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E587" t="s">
         <v>1182</v>
       </c>
       <c r="F587" t="s">
         <v>12</v>
       </c>
       <c r="G587">
         <v>64.0</v>
       </c>
       <c r="H587">
         <v>64.0</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
         <v>8</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
         <v>1183</v>
       </c>
       <c r="D588">
@@ -20058,80 +20064,80 @@
       </c>
       <c r="H588">
         <v>72.0</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>8</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
         <v>1185</v>
       </c>
       <c r="D589">
         <v>2021</v>
       </c>
       <c r="E589" t="s">
         <v>1186</v>
       </c>
       <c r="F589" t="s">
         <v>12</v>
       </c>
       <c r="G589">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H589">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>8</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
         <v>1187</v>
       </c>
       <c r="D590">
         <v>2021</v>
       </c>
       <c r="E590" t="s">
         <v>1188</v>
       </c>
       <c r="F590" t="s">
         <v>12</v>
       </c>
       <c r="G590">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H590">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>8</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
         <v>1189</v>
       </c>
       <c r="D591">
         <v>2021</v>
       </c>
       <c r="E591" t="s">
         <v>1190</v>
       </c>
       <c r="F591" t="s">
         <v>12</v>
       </c>
       <c r="G591">
         <v>72.0</v>
       </c>
       <c r="H591">
@@ -20153,1311 +20159,1311 @@
       </c>
       <c r="E592" t="s">
         <v>1192</v>
       </c>
       <c r="F592" t="s">
         <v>12</v>
       </c>
       <c r="G592">
         <v>72.0</v>
       </c>
       <c r="H592">
         <v>72.0</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
         <v>8</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
         <v>1193</v>
       </c>
       <c r="D593">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="E593" t="s">
         <v>1194</v>
       </c>
       <c r="F593" t="s">
         <v>12</v>
       </c>
       <c r="G593">
         <v>72.0</v>
       </c>
       <c r="H593">
         <v>72.0</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
         <v>8</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
         <v>1195</v>
       </c>
       <c r="D594">
         <v>2021</v>
       </c>
       <c r="E594" t="s">
         <v>1196</v>
       </c>
       <c r="F594" t="s">
         <v>12</v>
       </c>
       <c r="G594">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H594">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
         <v>8</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
         <v>1197</v>
       </c>
       <c r="D595">
-        <v>2020</v>
+        <v>2002</v>
       </c>
       <c r="E595" t="s">
         <v>1198</v>
       </c>
       <c r="F595" t="s">
         <v>12</v>
       </c>
       <c r="G595">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H595">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
         <v>8</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
         <v>1199</v>
       </c>
       <c r="D596">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E596" t="s">
         <v>1200</v>
       </c>
       <c r="F596" t="s">
         <v>12</v>
       </c>
       <c r="G596">
         <v>72.0</v>
       </c>
       <c r="H596">
         <v>72.0</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
         <v>8</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
         <v>1201</v>
       </c>
       <c r="D597">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E597" t="s">
         <v>1202</v>
       </c>
       <c r="F597" t="s">
         <v>12</v>
       </c>
       <c r="G597">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H597">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>8</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
         <v>1203</v>
       </c>
       <c r="D598">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E598" t="s">
         <v>1204</v>
       </c>
       <c r="F598" t="s">
         <v>12</v>
       </c>
       <c r="G598">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H598">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
         <v>8</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
         <v>1205</v>
       </c>
       <c r="D599">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="E599" t="s">
         <v>1206</v>
       </c>
       <c r="F599" t="s">
         <v>12</v>
       </c>
       <c r="G599">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H599">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>8</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
         <v>1207</v>
       </c>
       <c r="D600">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="E600" t="s">
         <v>1208</v>
       </c>
       <c r="F600" t="s">
         <v>12</v>
       </c>
       <c r="G600">
         <v>72.0</v>
       </c>
       <c r="H600">
         <v>72.0</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
         <v>8</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
         <v>1209</v>
       </c>
       <c r="D601">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="E601" t="s">
         <v>1210</v>
       </c>
       <c r="F601" t="s">
         <v>12</v>
       </c>
       <c r="G601">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H601">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
         <v>8</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
         <v>1211</v>
       </c>
       <c r="D602">
-        <v>1999</v>
+        <v>2016</v>
       </c>
       <c r="E602" t="s">
         <v>1212</v>
       </c>
       <c r="F602" t="s">
         <v>12</v>
       </c>
       <c r="G602">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H602">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
         <v>8</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
         <v>1213</v>
       </c>
       <c r="D603">
-        <v>1999</v>
+        <v>2016</v>
       </c>
       <c r="E603" t="s">
         <v>1214</v>
       </c>
       <c r="F603" t="s">
         <v>12</v>
       </c>
       <c r="G603">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H603">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
         <v>8</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
         <v>1215</v>
       </c>
       <c r="D604">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E604" t="s">
         <v>1216</v>
       </c>
       <c r="F604" t="s">
         <v>12</v>
       </c>
       <c r="G604">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H604">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
         <v>8</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
         <v>1217</v>
       </c>
       <c r="D605">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E605" t="s">
         <v>1218</v>
       </c>
       <c r="F605" t="s">
         <v>12</v>
       </c>
       <c r="G605">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H605">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>8</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
         <v>1219</v>
       </c>
       <c r="D606">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E606" t="s">
         <v>1220</v>
       </c>
       <c r="F606" t="s">
         <v>12</v>
       </c>
       <c r="G606">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H606">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>8</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
         <v>1221</v>
       </c>
       <c r="D607">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E607" t="s">
         <v>1222</v>
       </c>
       <c r="F607" t="s">
         <v>12</v>
       </c>
       <c r="G607">
         <v>72.0</v>
       </c>
       <c r="H607">
         <v>72.0</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>8</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
         <v>1223</v>
       </c>
       <c r="D608">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="E608" t="s">
         <v>1224</v>
       </c>
       <c r="F608" t="s">
         <v>12</v>
       </c>
       <c r="G608">
         <v>72.0</v>
       </c>
       <c r="H608">
         <v>72.0</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
         <v>8</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
         <v>1225</v>
       </c>
       <c r="D609">
         <v>2020</v>
       </c>
       <c r="E609" t="s">
         <v>1226</v>
       </c>
       <c r="F609" t="s">
         <v>12</v>
       </c>
       <c r="G609">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H609">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
         <v>8</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
         <v>1227</v>
       </c>
       <c r="D610">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E610" t="s">
         <v>1228</v>
       </c>
       <c r="F610" t="s">
         <v>12</v>
       </c>
       <c r="G610">
         <v>72.0</v>
       </c>
       <c r="H610">
         <v>72.0</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
         <v>8</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
         <v>1229</v>
       </c>
       <c r="D611">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E611" t="s">
         <v>1230</v>
       </c>
       <c r="F611" t="s">
         <v>12</v>
       </c>
       <c r="G611">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H611">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
         <v>8</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
         <v>1231</v>
       </c>
       <c r="D612">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E612" t="s">
         <v>1232</v>
       </c>
       <c r="F612" t="s">
         <v>12</v>
       </c>
       <c r="G612">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H612">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
         <v>8</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
         <v>1233</v>
       </c>
       <c r="D613">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E613" t="s">
         <v>1234</v>
       </c>
       <c r="F613" t="s">
         <v>12</v>
       </c>
       <c r="G613">
         <v>72.0</v>
       </c>
       <c r="H613">
         <v>72.0</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
         <v>8</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
         <v>1235</v>
       </c>
       <c r="D614">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E614" t="s">
         <v>1236</v>
       </c>
       <c r="F614" t="s">
         <v>12</v>
       </c>
       <c r="G614">
         <v>64.0</v>
       </c>
       <c r="H614">
         <v>64.0</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
         <v>8</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
         <v>1237</v>
       </c>
       <c r="D615">
-        <v>2020</v>
+        <v>2000</v>
       </c>
       <c r="E615" t="s">
         <v>1238</v>
       </c>
       <c r="F615" t="s">
         <v>12</v>
       </c>
       <c r="G615">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H615">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
         <v>8</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
         <v>1239</v>
       </c>
       <c r="D616">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E616" t="s">
         <v>1240</v>
       </c>
       <c r="F616" t="s">
         <v>12</v>
       </c>
       <c r="G616">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H616">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
         <v>8</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
         <v>1241</v>
       </c>
       <c r="D617">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E617" t="s">
         <v>1242</v>
       </c>
       <c r="F617" t="s">
         <v>12</v>
       </c>
       <c r="G617">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H617">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
         <v>8</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
         <v>1243</v>
       </c>
       <c r="D618">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E618" t="s">
         <v>1244</v>
       </c>
       <c r="F618" t="s">
         <v>12</v>
       </c>
       <c r="G618">
         <v>72.0</v>
       </c>
       <c r="H618">
         <v>72.0</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
         <v>8</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
         <v>1245</v>
       </c>
       <c r="D619">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E619" t="s">
         <v>1246</v>
       </c>
       <c r="F619" t="s">
         <v>12</v>
       </c>
       <c r="G619">
         <v>72.0</v>
       </c>
       <c r="H619">
         <v>72.0</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
         <v>8</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
         <v>1247</v>
       </c>
       <c r="D620">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E620" t="s">
         <v>1248</v>
       </c>
       <c r="F620" t="s">
         <v>12</v>
       </c>
       <c r="G620">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H620">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
         <v>8</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
         <v>1249</v>
       </c>
       <c r="D621">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="E621" t="s">
         <v>1250</v>
       </c>
       <c r="F621" t="s">
         <v>12</v>
       </c>
       <c r="G621">
         <v>72.0</v>
       </c>
       <c r="H621">
         <v>72.0</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
         <v>8</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
         <v>1251</v>
       </c>
       <c r="D622">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E622" t="s">
         <v>1252</v>
       </c>
       <c r="F622" t="s">
         <v>12</v>
       </c>
       <c r="G622">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H622">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
         <v>8</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
         <v>1253</v>
       </c>
       <c r="D623">
         <v>2020</v>
       </c>
       <c r="E623" t="s">
         <v>1254</v>
       </c>
       <c r="F623" t="s">
         <v>12</v>
       </c>
       <c r="G623">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H623">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
         <v>8</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
         <v>1255</v>
       </c>
       <c r="D624">
         <v>2020</v>
       </c>
       <c r="E624" t="s">
         <v>1256</v>
       </c>
       <c r="F624" t="s">
         <v>12</v>
       </c>
       <c r="G624">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H624">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
         <v>8</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
         <v>1257</v>
       </c>
       <c r="D625">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="E625" t="s">
         <v>1258</v>
       </c>
       <c r="F625" t="s">
         <v>12</v>
       </c>
       <c r="G625">
         <v>64.0</v>
       </c>
       <c r="H625">
         <v>64.0</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
         <v>8</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
         <v>1259</v>
       </c>
       <c r="D626">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E626" t="s">
         <v>1260</v>
       </c>
       <c r="F626" t="s">
         <v>12</v>
       </c>
       <c r="G626">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H626">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
         <v>8</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
         <v>1261</v>
       </c>
       <c r="D627">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="E627" t="s">
         <v>1262</v>
       </c>
       <c r="F627" t="s">
         <v>12</v>
       </c>
       <c r="G627">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H627">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
         <v>8</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
         <v>1263</v>
       </c>
       <c r="D628">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="E628" t="s">
         <v>1264</v>
       </c>
       <c r="F628" t="s">
         <v>12</v>
       </c>
       <c r="G628">
         <v>64.0</v>
       </c>
       <c r="H628">
         <v>64.0</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
         <v>8</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
         <v>1265</v>
       </c>
       <c r="D629">
-        <v>2020</v>
+        <v>1999</v>
       </c>
       <c r="E629" t="s">
         <v>1266</v>
       </c>
       <c r="F629" t="s">
         <v>12</v>
       </c>
       <c r="G629">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H629">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
         <v>8</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
         <v>1267</v>
       </c>
       <c r="D630">
-        <v>2020</v>
+        <v>1999</v>
       </c>
       <c r="E630" t="s">
         <v>1268</v>
       </c>
       <c r="F630" t="s">
         <v>12</v>
       </c>
       <c r="G630">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H630">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
         <v>8</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
         <v>1269</v>
       </c>
       <c r="D631">
         <v>2020</v>
       </c>
       <c r="E631" t="s">
         <v>1270</v>
       </c>
       <c r="F631" t="s">
         <v>12</v>
       </c>
       <c r="G631">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H631">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
         <v>8</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
         <v>1271</v>
       </c>
       <c r="D632">
         <v>2020</v>
       </c>
       <c r="E632" t="s">
         <v>1272</v>
       </c>
       <c r="F632" t="s">
         <v>12</v>
       </c>
       <c r="G632">
         <v>72.0</v>
       </c>
       <c r="H632">
         <v>72.0</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
         <v>8</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
         <v>1273</v>
       </c>
       <c r="D633">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="E633" t="s">
         <v>1274</v>
       </c>
       <c r="F633" t="s">
         <v>12</v>
       </c>
       <c r="G633">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H633">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
         <v>8</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
         <v>1275</v>
       </c>
       <c r="D634">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="E634" t="s">
         <v>1276</v>
       </c>
       <c r="F634" t="s">
         <v>12</v>
       </c>
       <c r="G634">
         <v>72.0</v>
       </c>
       <c r="H634">
         <v>72.0</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
         <v>8</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
         <v>1277</v>
       </c>
       <c r="D635">
         <v>2020</v>
       </c>
       <c r="E635" t="s">
         <v>1278</v>
       </c>
       <c r="F635" t="s">
         <v>12</v>
       </c>
       <c r="G635">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H635">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
         <v>8</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
         <v>1279</v>
       </c>
       <c r="D636">
         <v>2020</v>
       </c>
       <c r="E636" t="s">
         <v>1280</v>
       </c>
       <c r="F636" t="s">
         <v>12</v>
       </c>
       <c r="G636">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H636">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
         <v>8</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
         <v>1281</v>
       </c>
       <c r="D637">
         <v>2020</v>
       </c>
       <c r="E637" t="s">
         <v>1282</v>
       </c>
       <c r="F637" t="s">
         <v>12</v>
       </c>
       <c r="G637">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H637">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
         <v>8</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
         <v>1283</v>
       </c>
       <c r="D638">
         <v>2020</v>
       </c>
       <c r="E638" t="s">
         <v>1284</v>
       </c>
       <c r="F638" t="s">
         <v>12</v>
       </c>
       <c r="G638">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H638">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
         <v>8</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
         <v>1285</v>
       </c>
       <c r="D639">
         <v>2020</v>
       </c>
       <c r="E639" t="s">
         <v>1286</v>
       </c>
       <c r="F639" t="s">
         <v>12</v>
       </c>
       <c r="G639">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H639">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
         <v>8</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
         <v>1287</v>
       </c>
       <c r="D640">
         <v>2020</v>
       </c>
       <c r="E640" t="s">
         <v>1288</v>
       </c>
       <c r="F640" t="s">
         <v>12</v>
       </c>
       <c r="G640">
         <v>72.0</v>
       </c>
       <c r="H640">
         <v>72.0</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
         <v>8</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
         <v>1289</v>
       </c>
       <c r="D641">
         <v>2020</v>
       </c>
       <c r="E641" t="s">
         <v>1290</v>
       </c>
       <c r="F641" t="s">
         <v>12</v>
       </c>
       <c r="G641">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H641">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
         <v>8</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
         <v>1291</v>
       </c>
       <c r="D642">
         <v>2020</v>
       </c>
       <c r="E642" t="s">
         <v>1292</v>
       </c>
       <c r="F642" t="s">
         <v>12</v>
       </c>
       <c r="G642">
         <v>72.0</v>
       </c>
       <c r="H642">
@@ -21479,895 +21485,895 @@
       </c>
       <c r="E643" t="s">
         <v>1294</v>
       </c>
       <c r="F643" t="s">
         <v>12</v>
       </c>
       <c r="G643">
         <v>72.0</v>
       </c>
       <c r="H643">
         <v>72.0</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
         <v>8</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
         <v>1295</v>
       </c>
       <c r="D644">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E644" t="s">
         <v>1296</v>
       </c>
       <c r="F644" t="s">
         <v>12</v>
       </c>
       <c r="G644">
         <v>80.0</v>
       </c>
       <c r="H644">
         <v>80.0</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
         <v>8</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
         <v>1297</v>
       </c>
       <c r="D645">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E645" t="s">
         <v>1298</v>
       </c>
       <c r="F645" t="s">
         <v>12</v>
       </c>
       <c r="G645">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H645">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
         <v>8</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
         <v>1299</v>
       </c>
       <c r="D646">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E646" t="s">
         <v>1300</v>
       </c>
       <c r="F646" t="s">
         <v>12</v>
       </c>
       <c r="G646">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H646">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
         <v>8</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
         <v>1301</v>
       </c>
       <c r="D647">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E647" t="s">
         <v>1302</v>
       </c>
       <c r="F647" t="s">
         <v>12</v>
       </c>
       <c r="G647">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H647">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
         <v>8</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
         <v>1303</v>
       </c>
       <c r="D648">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E648" t="s">
         <v>1304</v>
       </c>
       <c r="F648" t="s">
         <v>12</v>
       </c>
       <c r="G648">
         <v>64.0</v>
       </c>
       <c r="H648">
         <v>64.0</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
         <v>8</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
         <v>1305</v>
       </c>
       <c r="D649">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="E649" t="s">
         <v>1306</v>
       </c>
       <c r="F649" t="s">
         <v>12</v>
       </c>
       <c r="G649">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H649">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
         <v>8</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
         <v>1307</v>
       </c>
       <c r="D650">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="E650" t="s">
         <v>1308</v>
       </c>
       <c r="F650" t="s">
         <v>12</v>
       </c>
       <c r="G650">
-        <v>104.0</v>
+        <v>64.0</v>
       </c>
       <c r="H650">
-        <v>104.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
         <v>8</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
         <v>1309</v>
       </c>
       <c r="D651">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E651" t="s">
         <v>1310</v>
       </c>
       <c r="F651" t="s">
         <v>12</v>
       </c>
       <c r="G651">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H651">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
         <v>8</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
         <v>1311</v>
       </c>
       <c r="D652">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="E652" t="s">
         <v>1312</v>
       </c>
       <c r="F652" t="s">
         <v>12</v>
       </c>
       <c r="G652">
         <v>64.0</v>
       </c>
       <c r="H652">
         <v>64.0</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
         <v>8</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
         <v>1313</v>
       </c>
       <c r="D653">
-        <v>1995</v>
+        <v>2020</v>
       </c>
       <c r="E653" t="s">
         <v>1314</v>
       </c>
       <c r="F653" t="s">
         <v>12</v>
       </c>
       <c r="G653">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H653">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
         <v>8</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
         <v>1315</v>
       </c>
       <c r="D654">
-        <v>1996</v>
+        <v>2020</v>
       </c>
       <c r="E654" t="s">
         <v>1316</v>
       </c>
       <c r="F654" t="s">
         <v>12</v>
       </c>
       <c r="G654">
         <v>72.0</v>
       </c>
       <c r="H654">
         <v>72.0</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
         <v>8</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
         <v>1317</v>
       </c>
       <c r="D655">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="E655" t="s">
         <v>1318</v>
       </c>
       <c r="F655" t="s">
         <v>12</v>
       </c>
       <c r="G655">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H655">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
         <v>8</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
         <v>1319</v>
       </c>
       <c r="D656">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E656" t="s">
         <v>1320</v>
       </c>
       <c r="F656" t="s">
         <v>12</v>
       </c>
       <c r="G656">
         <v>64.0</v>
       </c>
       <c r="H656">
         <v>64.0</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
         <v>8</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
         <v>1321</v>
       </c>
       <c r="D657">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E657" t="s">
         <v>1322</v>
       </c>
       <c r="F657" t="s">
         <v>12</v>
       </c>
       <c r="G657">
         <v>64.0</v>
       </c>
       <c r="H657">
         <v>64.0</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
         <v>8</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
         <v>1323</v>
       </c>
       <c r="D658">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E658" t="s">
         <v>1324</v>
       </c>
       <c r="F658" t="s">
         <v>12</v>
       </c>
       <c r="G658">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H658">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
         <v>8</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
         <v>1325</v>
       </c>
       <c r="D659">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E659" t="s">
         <v>1326</v>
       </c>
       <c r="F659" t="s">
         <v>12</v>
       </c>
       <c r="G659">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H659">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
         <v>8</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
         <v>1327</v>
       </c>
       <c r="D660">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E660" t="s">
         <v>1328</v>
       </c>
       <c r="F660" t="s">
         <v>12</v>
       </c>
       <c r="G660">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H660">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
         <v>8</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
         <v>1329</v>
       </c>
       <c r="D661">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E661" t="s">
         <v>1330</v>
       </c>
       <c r="F661" t="s">
         <v>12</v>
       </c>
       <c r="G661">
         <v>72.0</v>
       </c>
       <c r="H661">
         <v>72.0</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
         <v>8</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
         <v>1331</v>
       </c>
       <c r="D662">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="E662" t="s">
         <v>1332</v>
       </c>
       <c r="F662" t="s">
         <v>12</v>
       </c>
       <c r="G662">
-        <v>104.0</v>
+        <v>72.0</v>
       </c>
       <c r="H662">
-        <v>104.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>8</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
         <v>1333</v>
       </c>
       <c r="D663">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E663" t="s">
         <v>1334</v>
       </c>
       <c r="F663" t="s">
         <v>12</v>
       </c>
       <c r="G663">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H663">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
         <v>8</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
         <v>1335</v>
       </c>
       <c r="D664">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="E664" t="s">
         <v>1336</v>
       </c>
       <c r="F664" t="s">
         <v>12</v>
       </c>
       <c r="G664">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H664">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
         <v>8</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
         <v>1337</v>
       </c>
       <c r="D665">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E665" t="s">
         <v>1338</v>
       </c>
       <c r="F665" t="s">
         <v>12</v>
       </c>
       <c r="G665">
         <v>72.0</v>
       </c>
       <c r="H665">
         <v>72.0</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>8</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
         <v>1339</v>
       </c>
       <c r="D666">
         <v>2019</v>
       </c>
       <c r="E666" t="s">
         <v>1340</v>
       </c>
       <c r="F666" t="s">
         <v>12</v>
       </c>
       <c r="G666">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H666">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>8</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
         <v>1341</v>
       </c>
       <c r="D667">
         <v>2019</v>
       </c>
       <c r="E667" t="s">
         <v>1342</v>
       </c>
       <c r="F667" t="s">
         <v>12</v>
       </c>
       <c r="G667">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H667">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>8</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
         <v>1343</v>
       </c>
       <c r="D668">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="E668" t="s">
         <v>1344</v>
       </c>
       <c r="F668" t="s">
         <v>12</v>
       </c>
       <c r="G668">
         <v>72.0</v>
       </c>
       <c r="H668">
         <v>72.0</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>8</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
         <v>1345</v>
       </c>
       <c r="D669">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="E669" t="s">
         <v>1346</v>
       </c>
       <c r="F669" t="s">
         <v>12</v>
       </c>
       <c r="G669">
         <v>64.0</v>
       </c>
       <c r="H669">
         <v>64.0</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>8</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
         <v>1347</v>
       </c>
       <c r="D670">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="E670" t="s">
         <v>1348</v>
       </c>
       <c r="F670" t="s">
         <v>12</v>
       </c>
       <c r="G670">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H670">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>8</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
         <v>1349</v>
       </c>
       <c r="D671">
-        <v>1999</v>
+        <v>2019</v>
       </c>
       <c r="E671" t="s">
         <v>1350</v>
       </c>
       <c r="F671" t="s">
         <v>12</v>
       </c>
       <c r="G671">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
       <c r="H671">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>8</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
         <v>1351</v>
       </c>
       <c r="D672">
-        <v>2019</v>
+        <v>1995</v>
       </c>
       <c r="E672" t="s">
         <v>1352</v>
       </c>
       <c r="F672" t="s">
         <v>12</v>
       </c>
       <c r="G672">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H672">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
         <v>8</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
         <v>1353</v>
       </c>
       <c r="D673">
-        <v>2019</v>
+        <v>1996</v>
       </c>
       <c r="E673" t="s">
         <v>1354</v>
       </c>
       <c r="F673" t="s">
         <v>12</v>
       </c>
       <c r="G673">
         <v>72.0</v>
       </c>
       <c r="H673">
         <v>72.0</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>8</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
         <v>1355</v>
       </c>
       <c r="D674">
         <v>2019</v>
       </c>
       <c r="E674" t="s">
         <v>1356</v>
       </c>
       <c r="F674" t="s">
         <v>12</v>
       </c>
       <c r="G674">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H674">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>8</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
         <v>1357</v>
       </c>
       <c r="D675">
         <v>2019</v>
       </c>
       <c r="E675" t="s">
         <v>1358</v>
       </c>
       <c r="F675" t="s">
         <v>12</v>
       </c>
       <c r="G675">
         <v>64.0</v>
       </c>
       <c r="H675">
         <v>64.0</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>8</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
         <v>1359</v>
       </c>
       <c r="D676">
         <v>2019</v>
       </c>
       <c r="E676" t="s">
         <v>1360</v>
       </c>
       <c r="F676" t="s">
         <v>12</v>
       </c>
       <c r="G676">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H676">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>8</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
         <v>1361</v>
       </c>
       <c r="D677">
         <v>2019</v>
       </c>
       <c r="E677" t="s">
         <v>1362</v>
       </c>
       <c r="F677" t="s">
         <v>12</v>
       </c>
       <c r="G677">
         <v>72.0</v>
       </c>
       <c r="H677">
@@ -22389,103 +22395,103 @@
       </c>
       <c r="E678" t="s">
         <v>1364</v>
       </c>
       <c r="F678" t="s">
         <v>12</v>
       </c>
       <c r="G678">
         <v>72.0</v>
       </c>
       <c r="H678">
         <v>72.0</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>8</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
         <v>1365</v>
       </c>
       <c r="D679">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="E679" t="s">
         <v>1366</v>
       </c>
       <c r="F679" t="s">
         <v>12</v>
       </c>
       <c r="G679">
-        <v>64.0</v>
+        <v>104.0</v>
       </c>
       <c r="H679">
-        <v>64.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>8</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
         <v>1367</v>
       </c>
       <c r="D680">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E680" t="s">
         <v>1368</v>
       </c>
       <c r="F680" t="s">
         <v>12</v>
       </c>
       <c r="G680">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H680">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>8</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
         <v>1369</v>
       </c>
       <c r="D681">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="E681" t="s">
         <v>1370</v>
       </c>
       <c r="F681" t="s">
         <v>12</v>
       </c>
       <c r="G681">
         <v>64.0</v>
       </c>
       <c r="H681">
         <v>64.0</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>8</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
         <v>1371</v>
       </c>
       <c r="D682">
@@ -22502,1168 +22508,1194 @@
       </c>
       <c r="H682">
         <v>72.0</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
         <v>8</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
         <v>1373</v>
       </c>
       <c r="D683">
         <v>2019</v>
       </c>
       <c r="E683" t="s">
         <v>1374</v>
       </c>
       <c r="F683" t="s">
         <v>12</v>
       </c>
       <c r="G683">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H683">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>8</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
         <v>1375</v>
       </c>
       <c r="D684">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E684" t="s">
         <v>1376</v>
       </c>
       <c r="F684" t="s">
         <v>12</v>
       </c>
       <c r="G684">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H684">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
         <v>8</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
         <v>1377</v>
       </c>
       <c r="D685">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="E685" t="s">
         <v>1378</v>
       </c>
       <c r="F685" t="s">
         <v>12</v>
       </c>
       <c r="G685">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H685">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
         <v>8</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
         <v>1379</v>
       </c>
       <c r="D686">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="E686" t="s">
         <v>1380</v>
       </c>
       <c r="F686" t="s">
         <v>12</v>
       </c>
       <c r="G686">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H686">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>8</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
         <v>1381</v>
       </c>
       <c r="D687">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="E687" t="s">
         <v>1382</v>
       </c>
       <c r="F687" t="s">
         <v>12</v>
       </c>
       <c r="G687">
         <v>64.0</v>
       </c>
       <c r="H687">
         <v>64.0</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
         <v>8</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
         <v>1383</v>
       </c>
       <c r="D688">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="E688" t="s">
         <v>1384</v>
       </c>
       <c r="F688" t="s">
         <v>12</v>
       </c>
       <c r="G688">
         <v>72.0</v>
       </c>
       <c r="H688">
         <v>72.0</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
         <v>8</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
         <v>1385</v>
       </c>
       <c r="D689">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E689" t="s">
         <v>1386</v>
       </c>
       <c r="F689" t="s">
         <v>12</v>
       </c>
       <c r="G689">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H689">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>8</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
         <v>1387</v>
       </c>
       <c r="D690">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E690" t="s">
         <v>1388</v>
       </c>
       <c r="F690" t="s">
         <v>12</v>
       </c>
       <c r="G690">
         <v>72.0</v>
       </c>
       <c r="H690">
         <v>72.0</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>8</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
         <v>1389</v>
       </c>
       <c r="D691">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E691" t="s">
         <v>1390</v>
       </c>
       <c r="F691" t="s">
         <v>12</v>
       </c>
       <c r="G691">
         <v>64.0</v>
       </c>
       <c r="H691">
         <v>64.0</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
         <v>8</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
         <v>1391</v>
       </c>
       <c r="D692">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="E692" t="s">
         <v>1392</v>
       </c>
       <c r="F692" t="s">
         <v>12</v>
       </c>
       <c r="G692">
         <v>72.0</v>
       </c>
       <c r="H692">
         <v>72.0</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>8</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
         <v>1393</v>
       </c>
       <c r="D693">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E693" t="s">
         <v>1394</v>
       </c>
       <c r="F693" t="s">
         <v>12</v>
       </c>
       <c r="G693">
         <v>72.0</v>
       </c>
       <c r="H693">
         <v>72.0</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
         <v>8</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
         <v>1395</v>
       </c>
       <c r="D694">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E694" t="s">
         <v>1396</v>
       </c>
       <c r="F694" t="s">
         <v>12</v>
       </c>
       <c r="G694">
         <v>64.0</v>
       </c>
       <c r="H694">
         <v>64.0</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
         <v>8</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
         <v>1397</v>
       </c>
       <c r="D695">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="E695" t="s">
         <v>1398</v>
       </c>
       <c r="F695" t="s">
         <v>12</v>
       </c>
       <c r="G695">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H695">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
         <v>8</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
         <v>1399</v>
       </c>
       <c r="D696">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E696" t="s">
         <v>1400</v>
       </c>
       <c r="F696" t="s">
         <v>12</v>
       </c>
       <c r="G696">
         <v>64.0</v>
       </c>
       <c r="H696">
         <v>64.0</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
         <v>8</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
         <v>1401</v>
       </c>
       <c r="D697">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E697" t="s">
         <v>1402</v>
       </c>
       <c r="F697" t="s">
         <v>12</v>
       </c>
       <c r="G697">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H697">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
         <v>8</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
         <v>1403</v>
       </c>
       <c r="D698">
         <v>2018</v>
       </c>
       <c r="E698" t="s">
         <v>1404</v>
       </c>
       <c r="F698" t="s">
         <v>12</v>
       </c>
       <c r="G698">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H698">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
         <v>8</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
         <v>1405</v>
       </c>
       <c r="D699">
         <v>2018</v>
       </c>
       <c r="E699" t="s">
         <v>1406</v>
       </c>
       <c r="F699" t="s">
         <v>12</v>
       </c>
       <c r="G699">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H699">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>8</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
         <v>1407</v>
       </c>
       <c r="D700">
         <v>2018</v>
       </c>
       <c r="E700" t="s">
         <v>1408</v>
       </c>
       <c r="F700" t="s">
         <v>12</v>
       </c>
       <c r="G700">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H700">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
         <v>8</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
         <v>1409</v>
       </c>
       <c r="D701">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E701" t="s">
         <v>1410</v>
       </c>
       <c r="F701" t="s">
         <v>12</v>
       </c>
       <c r="G701">
         <v>64.0</v>
       </c>
       <c r="H701">
         <v>64.0</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
         <v>8</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
         <v>1411</v>
       </c>
       <c r="D702">
-        <v>2018</v>
+        <v>1997</v>
       </c>
       <c r="E702" t="s">
         <v>1412</v>
       </c>
       <c r="F702" t="s">
         <v>12</v>
       </c>
       <c r="G702">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H702">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>8</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
         <v>1413</v>
       </c>
       <c r="D703">
         <v>2018</v>
       </c>
       <c r="E703" t="s">
         <v>1414</v>
       </c>
       <c r="F703" t="s">
         <v>12</v>
       </c>
       <c r="G703">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H703">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
         <v>8</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
         <v>1415</v>
       </c>
       <c r="D704">
         <v>2018</v>
       </c>
       <c r="E704" t="s">
         <v>1416</v>
       </c>
       <c r="F704" t="s">
         <v>12</v>
       </c>
       <c r="G704">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H704">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
         <v>8</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
         <v>1417</v>
       </c>
       <c r="D705">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="E705" t="s">
         <v>1418</v>
       </c>
       <c r="F705" t="s">
         <v>12</v>
       </c>
       <c r="G705">
         <v>72.0</v>
       </c>
       <c r="H705">
         <v>72.0</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
         <v>8</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
         <v>1419</v>
       </c>
       <c r="D706">
         <v>2018</v>
       </c>
       <c r="E706" t="s">
         <v>1420</v>
       </c>
       <c r="F706" t="s">
         <v>12</v>
       </c>
       <c r="G706">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H706">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
         <v>8</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
         <v>1421</v>
       </c>
       <c r="D707">
         <v>2018</v>
       </c>
       <c r="E707" t="s">
         <v>1422</v>
       </c>
       <c r="F707" t="s">
         <v>12</v>
       </c>
       <c r="G707">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H707">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
         <v>8</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
         <v>1423</v>
       </c>
       <c r="D708">
         <v>2018</v>
       </c>
       <c r="E708" t="s">
         <v>1424</v>
       </c>
       <c r="F708" t="s">
         <v>12</v>
       </c>
       <c r="G708">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H708">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
         <v>8</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
         <v>1425</v>
       </c>
       <c r="D709">
         <v>2018</v>
       </c>
       <c r="E709" t="s">
         <v>1426</v>
       </c>
       <c r="F709" t="s">
         <v>12</v>
       </c>
       <c r="G709">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
       <c r="H709">
-        <v>80.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>8</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
         <v>1427</v>
       </c>
       <c r="D710">
         <v>2018</v>
       </c>
       <c r="E710" t="s">
         <v>1428</v>
       </c>
       <c r="F710" t="s">
         <v>12</v>
       </c>
       <c r="G710">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H710">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>8</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
         <v>1429</v>
       </c>
       <c r="D711">
         <v>2018</v>
       </c>
       <c r="E711" t="s">
         <v>1430</v>
       </c>
       <c r="F711" t="s">
         <v>12</v>
       </c>
       <c r="G711">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H711">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
         <v>8</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
         <v>1431</v>
       </c>
       <c r="D712">
         <v>2018</v>
       </c>
       <c r="E712" t="s">
         <v>1432</v>
       </c>
       <c r="F712" t="s">
         <v>12</v>
       </c>
       <c r="G712">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
       <c r="H712">
-        <v>64.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
         <v>8</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
         <v>1433</v>
       </c>
       <c r="D713">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="E713" t="s">
         <v>1434</v>
       </c>
       <c r="F713" t="s">
         <v>12</v>
       </c>
       <c r="G713">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H713">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
         <v>8</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
         <v>1435</v>
       </c>
       <c r="D714">
         <v>2018</v>
       </c>
       <c r="E714" t="s">
         <v>1436</v>
       </c>
       <c r="F714" t="s">
         <v>12</v>
       </c>
       <c r="G714">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H714">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
         <v>8</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
         <v>1437</v>
       </c>
       <c r="D715">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E715" t="s">
         <v>1438</v>
       </c>
       <c r="F715" t="s">
         <v>12</v>
       </c>
       <c r="G715">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H715">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
         <v>8</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
         <v>1439</v>
       </c>
       <c r="D716">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E716" t="s">
         <v>1440</v>
       </c>
       <c r="F716" t="s">
         <v>12</v>
       </c>
       <c r="G716">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
       <c r="H716">
-        <v>72.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
         <v>8</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
         <v>1441</v>
       </c>
       <c r="D717">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E717" t="s">
         <v>1442</v>
       </c>
       <c r="F717" t="s">
         <v>12</v>
       </c>
       <c r="G717">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H717">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
         <v>8</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
         <v>1443</v>
       </c>
       <c r="D718">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E718" t="s">
         <v>1444</v>
       </c>
       <c r="F718" t="s">
         <v>12</v>
       </c>
       <c r="G718">
         <v>64.0</v>
       </c>
       <c r="H718">
         <v>64.0</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
         <v>8</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
         <v>1445</v>
       </c>
       <c r="D719">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E719" t="s">
         <v>1446</v>
       </c>
       <c r="F719" t="s">
         <v>12</v>
       </c>
       <c r="G719">
         <v>72.0</v>
       </c>
       <c r="H719">
         <v>72.0</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
         <v>8</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
         <v>1447</v>
       </c>
       <c r="D720">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E720" t="s">
         <v>1448</v>
       </c>
       <c r="F720" t="s">
         <v>12</v>
       </c>
       <c r="G720">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
       <c r="H720">
-        <v>80.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
         <v>8</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
         <v>1449</v>
       </c>
       <c r="D721">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E721" t="s">
         <v>1450</v>
       </c>
       <c r="F721" t="s">
         <v>12</v>
       </c>
       <c r="G721">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
       <c r="H721">
-        <v>104.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
         <v>8</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
         <v>1451</v>
       </c>
       <c r="D722">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E722" t="s">
         <v>1452</v>
       </c>
       <c r="F722" t="s">
         <v>12</v>
       </c>
       <c r="G722">
-        <v>104.0</v>
+        <v>64.0</v>
       </c>
       <c r="H722">
-        <v>104.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
         <v>8</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
         <v>1453</v>
       </c>
       <c r="D723">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E723" t="s">
         <v>1454</v>
       </c>
       <c r="F723" t="s">
         <v>12</v>
       </c>
       <c r="G723">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H723">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
         <v>8</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
         <v>1455</v>
       </c>
       <c r="D724">
-        <v>2017</v>
+        <v>1994</v>
       </c>
       <c r="E724" t="s">
         <v>1456</v>
       </c>
       <c r="F724" t="s">
         <v>12</v>
       </c>
       <c r="G724">
         <v>72.0</v>
       </c>
       <c r="H724">
         <v>72.0</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
         <v>8</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
         <v>1457</v>
       </c>
       <c r="D725">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E725" t="s">
         <v>1458</v>
       </c>
       <c r="F725" t="s">
         <v>12</v>
       </c>
       <c r="G725">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H725">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
         <v>8</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
         <v>1459</v>
       </c>
+      <c r="D726">
+        <v>2017</v>
+      </c>
       <c r="E726" t="s">
         <v>1460</v>
       </c>
       <c r="F726" t="s">
         <v>12</v>
       </c>
       <c r="G726">
-        <v>72.0</v>
+        <v>104.0</v>
       </c>
       <c r="H726">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" t="s">
+        <v>8</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E727" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F727" t="s">
+        <v>12</v>
+      </c>
+      <c r="G727">
+        <v>72.0</v>
+      </c>
+      <c r="H727">
         <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>