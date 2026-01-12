--- v0 (2025-11-25)
+++ v1 (2026-01-12)
@@ -44,59 +44,77 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>API</t>
   </si>
   <si>
-    <t>ERRATA 3 API STD 674 : 2025</t>
-[...2 lines deleted...]
-    <t>Errata 3 to API Std 674 Positive Displacement Pumps - Reciprocating</t>
+    <t>API TR TDB-4 : 2026</t>
+  </si>
+  <si>
+    <t>Technical Data Book: Chapter 4-Critical Properties</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
+    <t>API TR TDB-3 : 2026</t>
+  </si>
+  <si>
+    <t>Technical Data Book: Chapter 3-Petroleum Fraction Distillation Interconversions</t>
+  </si>
+  <si>
+    <t>API STD 668 : 2025</t>
+  </si>
+  <si>
+    <t>Brazed Aluminum Plate-fin Heat Exchangers</t>
+  </si>
+  <si>
+    <t>API RP 652 : 2025</t>
+  </si>
+  <si>
+    <t>Linings of Aboveground Storage Tanks</t>
+  </si>
+  <si>
     <t>Addendum 1 API 570 : 2025</t>
   </si>
   <si>
     <t>Addendum 1 to Piping Inspection Code: In-service Inspection, Rating, Repair, and Alteration of Piping Systems</t>
   </si>
   <si>
     <t>API STD 810 : 2025</t>
   </si>
   <si>
     <t>Welded Plate-block Heat Exchangers</t>
   </si>
   <si>
     <t>API STD 599 : 2025</t>
   </si>
   <si>
     <t>Metal Plug Valves—Flanged, Threaded, and Welding Ends</t>
   </si>
   <si>
     <t>API STD 589 : 2025</t>
   </si>
   <si>
     <t>Fire Test for Evaluation of Valve Stem Packing and Piping Flange Gaskets</t>
   </si>
   <si>
     <t>ERRATA 1 API STD 612 : 2025</t>
@@ -563,59 +581,50 @@
   <si>
     <t>Check Valves: Flanged, Lug, Wafer, and Butt-welding</t>
   </si>
   <si>
     <t>API STD 594 (Revision Tracker) : 2022</t>
   </si>
   <si>
     <t>API STD 527 (Standard + Revision Tracker) : 2020</t>
   </si>
   <si>
     <t>Seat Tightness of Pressure Relief Valves</t>
   </si>
   <si>
     <t>API STD 527 (Revision Tracker) : 2020</t>
   </si>
   <si>
     <t>API STD 2510 (Standard + Revision Tracker) : 2020</t>
   </si>
   <si>
     <t>Design and Construction of LPG Installations</t>
   </si>
   <si>
     <t>API STD 2510 (Revision Tracker) : 2020</t>
   </si>
   <si>
-    <t>API RP 652 (Standard + Revision Tracker) : 2020</t>
-[...7 lines deleted...]
-  <si>
     <t>API RP 584 (Standard + Revision Tracker) : 2021</t>
   </si>
   <si>
     <t>Integrity Operating Windows</t>
   </si>
   <si>
     <t>API RP 584 (Revision Tracker) : 2021</t>
   </si>
   <si>
     <t>API RP 583 (Standard + Revision Tracker) : 2021</t>
   </si>
   <si>
     <t>Corrosion Under Insulation and Fireproofing</t>
   </si>
   <si>
     <t>API RP 583 (Revision Tracker) : 2021</t>
   </si>
   <si>
     <t>API RP 573 (Standard + Revision Tracker) : 2021</t>
   </si>
   <si>
     <t>Inspection of Fired Boilers and Heaters</t>
   </si>
   <si>
     <t>API RP 573 (Revision Tracker) : 2021</t>
@@ -1439,104 +1448,98 @@
   <si>
     <t>API TR 655 : 2021</t>
   </si>
   <si>
     <t>Vapor Corrosion Inhibitors for Storage Tanks</t>
   </si>
   <si>
     <t>API TR 654 : 2019</t>
   </si>
   <si>
     <t>Aboveground Storage Tank Caulking or Sealing the Bottom Edge Projection to the Foundation</t>
   </si>
   <si>
     <t>API TR 522 : 2022</t>
   </si>
   <si>
     <t>Technical Report on Pressure-relief System Calculations</t>
   </si>
   <si>
     <t>API STD 780 : 2013 (R2022)</t>
   </si>
   <si>
     <t>Security Risk Assessment Methodology For The Petroleum And Petrochemical Industries</t>
   </si>
   <si>
-    <t>API STD 692 : 2018</t>
+    <t>API STD 692 : 2018 (R2025)</t>
   </si>
   <si>
     <t>Dry Gas Sealing Systems for Axial, Centrifugal, Rotary Screw Compressors and Expanders</t>
   </si>
   <si>
     <t>API STD 685 : 2022</t>
   </si>
   <si>
-    <t>API STD 682 : 2014</t>
+    <t>API STD 682 : 2014 (R2022)</t>
   </si>
   <si>
     <t>Pumps - Shaft Sealing Systems for Centrifugal and Rotary Pumps</t>
   </si>
   <si>
     <t>API STD 681 : 2021</t>
   </si>
   <si>
     <t>API STD 677 : 2021</t>
   </si>
   <si>
     <t>API STD 676 : 2022</t>
   </si>
   <si>
     <t>API STD 675 : 2012 (R2021)</t>
   </si>
   <si>
     <t>Positive Displacement Pumps — Controlled Volume for Petroleum, Chemical, and Gas Industry Services</t>
   </si>
   <si>
-    <t>API STD 674 : 2010 (R2016)</t>
-[...2 lines deleted...]
-    <t>Positive Displacement Pumps — Reciprocating (Includes ERRATA 1-MAY 2014, ERRATA 2-APRIL 2015, AND ERRATA 3-NOVEMBER 2025)</t>
+    <t>API STD 674 : 2010 (R2026)</t>
+  </si>
+  <si>
+    <t>Positive Displacement Pumps — Reciprocating - Includes ERRATA 1 (MAY 2014), ERRATA 2 (APRIL 2015)</t>
   </si>
   <si>
     <t>API STD 673 : 2014 (R2025)</t>
   </si>
   <si>
     <t>Centrifugal Fans for Petroleum, Chemical, and Gas Industry Services</t>
   </si>
   <si>
     <t>API STD 672 : 2019 (R2024)</t>
   </si>
   <si>
     <t>API STD 671 : 2020</t>
   </si>
   <si>
-    <t>API STD 668 : 2018</t>
-[...4 lines deleted...]
-  <si>
     <t>API STD 667 : 2022</t>
   </si>
   <si>
     <t>Plate-and-Frame Heat Exchangers</t>
   </si>
   <si>
     <t>API STD 664 : 2014 (R2024)</t>
   </si>
   <si>
     <t>Spiral Plate Heat Exchangers</t>
   </si>
   <si>
     <t>API STD 663 : 2022</t>
   </si>
   <si>
     <t>API STD 662-1 : 2006 (R2011)</t>
   </si>
   <si>
     <t>Plate Heat Exchangers For General Refinery Services : Part 1—Plate-And-Frame Heat Exchangers</t>
   </si>
   <si>
     <t>API STD 661 : 2013 (R2024)</t>
   </si>
   <si>
     <t>Petroleum, Petrochemical, and Natural Gas Industries—Air-cooled Heat Exchangers</t>
@@ -1674,53 +1677,50 @@
     <t>API RP 751 : 2021</t>
   </si>
   <si>
     <t>API RP 691 : 2017</t>
   </si>
   <si>
     <t>Risk-based Machinery Management</t>
   </si>
   <si>
     <t>API RP 686 : 2009 (R2024)</t>
   </si>
   <si>
     <t>Machinery Installation And Installation Design</t>
   </si>
   <si>
     <t>API RP 684 : 2005</t>
   </si>
   <si>
     <t>Api Standard Paragraphs Rotordynamic Tutorial: Lateral Critical Speeds, Unbalance Response, Stability, Train Torsionals, And Rotor Balancing</t>
   </si>
   <si>
     <t>API RP 669 : 2022</t>
   </si>
   <si>
     <t>Heat Recovery Systems</t>
-  </si>
-[...1 lines deleted...]
-    <t>API RP 652 : 2020</t>
   </si>
   <si>
     <t>API RP 591 : 2019</t>
   </si>
   <si>
     <t>API RP 588 : 2019</t>
   </si>
   <si>
     <t>Recommended Practice for Source Inspection and Quality Surveillance of Fixed Equipment</t>
   </si>
   <si>
     <t>API RP 585 : 2021</t>
   </si>
   <si>
     <t>API RP 584 : 2021</t>
   </si>
   <si>
     <t>API RP 583 : 2021</t>
   </si>
   <si>
     <t>API RP 582 : 2023</t>
   </si>
   <si>
     <t>API RP 578 : 2023</t>
   </si>
@@ -2342,10016 +2342,9996 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H405"/>
+  <dimension ref="A1:H404"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>0.0</v>
+        <v>156.0</v>
       </c>
       <c r="H2">
-        <v>0.0</v>
+        <v>156.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>0.0</v>
+        <v>98.0</v>
       </c>
       <c r="H3">
-        <v>0.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>149.0</v>
+        <v>270.0</v>
       </c>
       <c r="H4">
-        <v>149.0</v>
+        <v>270.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>152.0</v>
+        <v>237.0</v>
       </c>
       <c r="H5">
-        <v>152.0</v>
+        <v>237.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>82.0</v>
+        <v>0.0</v>
       </c>
       <c r="H6">
-        <v>82.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>0.0</v>
+        <v>164.0</v>
       </c>
       <c r="H7">
-        <v>0.0</v>
+        <v>164.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>0.0</v>
+        <v>168.0</v>
       </c>
       <c r="H8">
-        <v>0.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>848.0</v>
+        <v>91.0</v>
       </c>
       <c r="H9">
-        <v>848.0</v>
+        <v>91.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>130.0</v>
+        <v>0.0</v>
       </c>
       <c r="H10">
-        <v>130.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
         <v>0.0</v>
       </c>
+      <c r="H11">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>0.0</v>
+        <v>933.0</v>
+      </c>
+      <c r="H12">
+        <v>933.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2025</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>0.0</v>
+        <v>143.0</v>
+      </c>
+      <c r="H13">
+        <v>143.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>268.0</v>
-[...2 lines deleted...]
-        <v>268.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>181.0</v>
-[...2 lines deleted...]
-        <v>181.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2025</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>90.0</v>
-[...2 lines deleted...]
-        <v>90.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2025</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>0.0</v>
+        <v>295.0</v>
+      </c>
+      <c r="H17">
+        <v>295.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2025</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>44.0</v>
+        <v>200.0</v>
+      </c>
+      <c r="H18">
+        <v>200.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19">
         <v>2025</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>199.0</v>
+        <v>99.0</v>
+      </c>
+      <c r="H19">
+        <v>99.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20">
         <v>2025</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>57.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D21">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>245.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D22">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E22" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>70.0</v>
+        <v>219.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D23">
         <v>2025</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>0.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D24">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="E24" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
-        <v>135.0</v>
-[...2 lines deleted...]
-        <v>135.0</v>
+        <v>270.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
+        <v>56</v>
+      </c>
+      <c r="D25">
+        <v>2018</v>
+      </c>
+      <c r="E25" t="s">
         <v>55</v>
       </c>
-      <c r="D25">
-[...4 lines deleted...]
-      </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>120.0</v>
-[...2 lines deleted...]
-        <v>120.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>57</v>
       </c>
       <c r="D26">
         <v>2025</v>
       </c>
       <c r="E26" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>108.0</v>
-[...2 lines deleted...]
-        <v>108.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D27">
         <v>2025</v>
       </c>
       <c r="E27" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>345.0</v>
+        <v>149.0</v>
+      </c>
+      <c r="H27">
+        <v>149.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D28">
         <v>2025</v>
       </c>
       <c r="E28" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>99.0</v>
+        <v>132.0</v>
+      </c>
+      <c r="H28">
+        <v>132.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D29">
         <v>2025</v>
       </c>
       <c r="E29" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>278.0</v>
+        <v>119.0</v>
+      </c>
+      <c r="H29">
+        <v>119.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
-        <v>80.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D31">
         <v>2025</v>
       </c>
       <c r="E31" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>142.0</v>
-[...2 lines deleted...]
-        <v>142.0</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D32">
         <v>2025</v>
       </c>
       <c r="E32" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>285.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D33">
         <v>2025</v>
       </c>
       <c r="E33" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>82.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D34">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E34" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>427.0</v>
+        <v>157.0</v>
+      </c>
+      <c r="H34">
+        <v>157.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D35">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E35" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
-        <v>122.0</v>
+        <v>314.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D36">
         <v>2025</v>
       </c>
       <c r="E36" t="s">
         <v>72</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>0.0</v>
+        <v>91.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D37">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E37" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>0.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
+        <v>76</v>
+      </c>
+      <c r="D38">
+        <v>2024</v>
+      </c>
+      <c r="E38" t="s">
         <v>75</v>
       </c>
-      <c r="D38">
-[...4 lines deleted...]
-      </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>0.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>77</v>
       </c>
       <c r="D39">
         <v>2025</v>
       </c>
       <c r="E39" t="s">
         <v>78</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>65.0</v>
-[...2 lines deleted...]
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>79</v>
       </c>
       <c r="D40">
         <v>2025</v>
       </c>
       <c r="E40" t="s">
         <v>80</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
         <v>0.0</v>
       </c>
-      <c r="H40">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>81</v>
       </c>
       <c r="D41">
         <v>2025</v>
       </c>
       <c r="E41" t="s">
         <v>82</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>936.0</v>
-[...2 lines deleted...]
-        <v>936.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>83</v>
       </c>
       <c r="D42">
         <v>2025</v>
       </c>
       <c r="E42" t="s">
         <v>84</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>0.0</v>
+        <v>72.0</v>
+      </c>
+      <c r="H42">
+        <v>72.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>85</v>
       </c>
       <c r="D43">
         <v>2025</v>
       </c>
       <c r="E43" t="s">
         <v>86</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
         <v>0.0</v>
       </c>
+      <c r="H43">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>87</v>
       </c>
       <c r="D44">
         <v>2025</v>
       </c>
       <c r="E44" t="s">
         <v>88</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>0.0</v>
+        <v>1030.0</v>
+      </c>
+      <c r="H44">
+        <v>1030.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>89</v>
       </c>
       <c r="D45">
         <v>2025</v>
       </c>
       <c r="E45" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>203.0</v>
-[...2 lines deleted...]
-        <v>203.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D46">
         <v>2025</v>
       </c>
       <c r="E46" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>198.0</v>
-[...2 lines deleted...]
-        <v>198.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D47">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E47" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>215.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D48">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E48" t="s">
-        <v>93</v>
+        <v>72</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>62.0</v>
+        <v>224.0</v>
+      </c>
+      <c r="H48">
+        <v>224.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D49">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E49" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>261.0</v>
+        <v>218.0</v>
+      </c>
+      <c r="H49">
+        <v>218.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D50">
         <v>2024</v>
       </c>
       <c r="E50" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>75.0</v>
+        <v>237.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D51">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E51" t="s">
         <v>99</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51">
-        <v>314.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D52">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E52" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52">
-        <v>90.0</v>
+        <v>288.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D53">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E53" t="s">
-        <v>59</v>
+        <v>102</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>246.0</v>
-[...2 lines deleted...]
-        <v>246.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D54">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E54" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>373.0</v>
+        <v>346.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D55">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E55" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55">
-        <v>107.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D56">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E56" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56">
-        <v>371.0</v>
+        <v>271.0</v>
+      </c>
+      <c r="H56">
+        <v>271.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D57">
         <v>2024</v>
       </c>
       <c r="E57" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
-        <v>106.0</v>
+        <v>411.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D58">
         <v>2024</v>
       </c>
       <c r="E58" t="s">
         <v>109</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58">
-        <v>227.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D59">
         <v>2024</v>
       </c>
       <c r="E59" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59">
-        <v>65.0</v>
+        <v>409.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D60">
         <v>2024</v>
       </c>
       <c r="E60" t="s">
-        <v>69</v>
+        <v>112</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
-        <v>305.0</v>
-[...2 lines deleted...]
-        <v>305.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D61">
         <v>2024</v>
       </c>
       <c r="E61" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
-        <v>0.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D62">
         <v>2024</v>
       </c>
       <c r="E62" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
-        <v>186.0</v>
-[...2 lines deleted...]
-        <v>186.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D63">
         <v>2024</v>
       </c>
       <c r="E63" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
-        <v>153.0</v>
+        <v>336.0</v>
       </c>
       <c r="H63">
-        <v>153.0</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D64">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E64" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
-        <v>531.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D65">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E65" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
-        <v>152.0</v>
+        <v>205.0</v>
+      </c>
+      <c r="H65">
+        <v>205.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D66">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E66" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
-        <v>269.0</v>
+        <v>169.0</v>
+      </c>
+      <c r="H66">
+        <v>169.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D67">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E67" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67">
-        <v>77.0</v>
+        <v>585.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D68">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E68" t="s">
         <v>123</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68">
-        <v>411.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D69">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="E69" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
-        <v>118.0</v>
+        <v>296.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D70">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="E70" t="s">
         <v>126</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>0.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D71">
         <v>2024</v>
       </c>
       <c r="E71" t="s">
-        <v>103</v>
+        <v>129</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
-        <v>266.0</v>
-[...2 lines deleted...]
-        <v>266.0</v>
+        <v>453.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D72">
         <v>2024</v>
       </c>
       <c r="E72" t="s">
         <v>129</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72">
-        <v>162.0</v>
-[...2 lines deleted...]
-        <v>162.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D73">
         <v>2024</v>
       </c>
       <c r="E73" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73">
-        <v>265.0</v>
-[...2 lines deleted...]
-        <v>265.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D74">
         <v>2024</v>
       </c>
       <c r="E74" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
-        <v>308.0</v>
+        <v>293.0</v>
+      </c>
+      <c r="H74">
+        <v>293.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>134</v>
       </c>
       <c r="D75">
         <v>2024</v>
       </c>
       <c r="E75" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
-        <v>88.0</v>
+        <v>179.0</v>
+      </c>
+      <c r="H75">
+        <v>179.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D76">
         <v>2024</v>
       </c>
       <c r="E76" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76">
-        <v>224.0</v>
+        <v>292.0</v>
+      </c>
+      <c r="H76">
+        <v>292.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D77">
         <v>2024</v>
       </c>
       <c r="E77" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>64.0</v>
+        <v>339.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D78">
         <v>2024</v>
       </c>
       <c r="E78" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78">
-        <v>160.0</v>
-[...2 lines deleted...]
-        <v>160.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D79">
         <v>2024</v>
       </c>
       <c r="E79" t="s">
-        <v>123</v>
+        <v>142</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
-        <v>293.0</v>
-[...2 lines deleted...]
-        <v>293.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D80">
         <v>2024</v>
       </c>
       <c r="E80" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>321.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D81">
         <v>2024</v>
       </c>
       <c r="E81" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>92.0</v>
+        <v>176.0</v>
+      </c>
+      <c r="H81">
+        <v>176.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D82">
         <v>2024</v>
       </c>
       <c r="E82" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>220.0</v>
+        <v>323.0</v>
       </c>
       <c r="H82">
-        <v>220.0</v>
+        <v>323.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D83">
         <v>2024</v>
       </c>
       <c r="E83" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>314.0</v>
+        <v>354.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D84">
         <v>2024</v>
       </c>
       <c r="E84" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
-        <v>90.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D85">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E85" t="s">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>404.0</v>
+        <v>242.0</v>
+      </c>
+      <c r="H85">
+        <v>242.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D86">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E86" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>116.0</v>
+        <v>346.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D87">
         <v>2024</v>
       </c>
       <c r="E87" t="s">
         <v>151</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
-        <v>0.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D88">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E88" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
-        <v>469.0</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
+        <v>155</v>
+      </c>
+      <c r="D89">
+        <v>2021</v>
+      </c>
+      <c r="E89" t="s">
         <v>154</v>
       </c>
-      <c r="D89">
-[...4 lines deleted...]
-      </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>134.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D90">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E90" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>254.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D91">
         <v>2019</v>
       </c>
       <c r="E91" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
-        <v>73.0</v>
+        <v>516.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D92">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E92" t="s">
         <v>159</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>215.0</v>
+        <v>148.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D93">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E93" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>62.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D94">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E94" t="s">
-        <v>145</v>
+        <v>162</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>224.0</v>
-[...2 lines deleted...]
-        <v>224.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D95">
         <v>2024</v>
       </c>
       <c r="E95" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>0.0</v>
+        <v>237.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D96">
         <v>2024</v>
       </c>
       <c r="E96" t="s">
         <v>165</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>229.0</v>
-[...2 lines deleted...]
-        <v>229.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D97">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E97" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>224.0</v>
+        <v>247.0</v>
       </c>
       <c r="H97">
-        <v>224.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>168</v>
       </c>
       <c r="D98">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E98" t="s">
         <v>169</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>472.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>170</v>
       </c>
       <c r="D99">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E99" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>135.0</v>
+        <v>252.0</v>
+      </c>
+      <c r="H99">
+        <v>252.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D100">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E100" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
-        <v>286.0</v>
+        <v>246.0</v>
+      </c>
+      <c r="H100">
+        <v>246.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D101">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E101" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>82.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D102">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E102" t="s">
         <v>175</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
-        <v>227.0</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D103">
         <v>2022</v>
       </c>
       <c r="E103" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>65.0</v>
+        <v>315.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D104">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E104" t="s">
         <v>178</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
-        <v>182.0</v>
+        <v>91.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D105">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E105" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>52.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D106">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E106" t="s">
         <v>181</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>212.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D107">
         <v>2020</v>
       </c>
       <c r="E107" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
-        <v>61.0</v>
+        <v>201.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D108">
         <v>2020</v>
       </c>
       <c r="E108" t="s">
         <v>184</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
-        <v>262.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D109">
         <v>2020</v>
       </c>
       <c r="E109" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>75.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D110">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E110" t="s">
         <v>187</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>224.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D111">
         <v>2021</v>
       </c>
       <c r="E111" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>64.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D112">
         <v>2021</v>
       </c>
       <c r="E112" t="s">
         <v>190</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
-        <v>324.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D113">
         <v>2021</v>
       </c>
       <c r="E113" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>93.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D114">
         <v>2021</v>
       </c>
       <c r="E114" t="s">
         <v>193</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>273.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D115">
         <v>2021</v>
       </c>
       <c r="E115" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
-        <v>78.0</v>
+        <v>301.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D116">
         <v>2021</v>
       </c>
       <c r="E116" t="s">
         <v>196</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
-        <v>185.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D117">
         <v>2021</v>
       </c>
       <c r="E117" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>53.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D118">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E118" t="s">
         <v>199</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
-        <v>392.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D119">
         <v>2022</v>
       </c>
       <c r="E119" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>112.0</v>
+        <v>432.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D120">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E120" t="s">
         <v>202</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>313.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D121">
         <v>2021</v>
       </c>
       <c r="E121" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>90.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D122">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E122" t="s">
         <v>205</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>408.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D123">
         <v>2020</v>
       </c>
       <c r="E123" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123">
-        <v>117.0</v>
+        <v>449.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D124">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="E124" t="s">
         <v>208</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124">
-        <v>335.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D125">
         <v>2022</v>
       </c>
       <c r="E125" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125">
-        <v>96.0</v>
+        <v>369.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D126">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E126" t="s">
         <v>211</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126">
-        <v>152.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D127">
         <v>2021</v>
       </c>
       <c r="E127" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127">
-        <v>44.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D128">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E128" t="s">
         <v>214</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128">
-        <v>460.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D129">
         <v>2022</v>
       </c>
       <c r="E129" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
-        <v>132.0</v>
+        <v>506.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D130">
         <v>2022</v>
       </c>
       <c r="E130" t="s">
         <v>217</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
-        <v>392.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D131">
         <v>2022</v>
       </c>
       <c r="E131" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131">
-        <v>112.0</v>
+        <v>432.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D132">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E132" t="s">
         <v>220</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132">
-        <v>280.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D133">
         <v>2021</v>
       </c>
       <c r="E133" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133">
-        <v>80.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D134">
         <v>2021</v>
       </c>
       <c r="E134" t="s">
         <v>223</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134">
-        <v>182.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D135">
         <v>2021</v>
       </c>
       <c r="E135" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135">
-        <v>52.0</v>
+        <v>201.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D136">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E136" t="s">
         <v>226</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136">
-        <v>236.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D137">
         <v>2022</v>
       </c>
       <c r="E137" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
-        <v>68.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D138">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E138" t="s">
         <v>229</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
-        <v>234.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>8</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D139">
         <v>2021</v>
       </c>
       <c r="E139" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139">
-        <v>67.0</v>
+        <v>258.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D140">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="E140" t="s">
         <v>232</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140">
-        <v>163.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D141">
         <v>2023</v>
       </c>
       <c r="E141" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141">
-        <v>47.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>8</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D142">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E142" t="s">
         <v>235</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142">
-        <v>362.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>8</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D143">
         <v>2022</v>
       </c>
       <c r="E143" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143">
-        <v>104.0</v>
+        <v>399.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D144">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E144" t="s">
         <v>238</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144">
-        <v>553.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D145">
         <v>2020</v>
       </c>
       <c r="E145" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145">
-        <v>158.0</v>
+        <v>609.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>8</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D146">
         <v>2020</v>
       </c>
       <c r="E146" t="s">
         <v>241</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146">
-        <v>497.0</v>
+        <v>174.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>8</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D147">
         <v>2020</v>
       </c>
       <c r="E147" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
-        <v>142.0</v>
+        <v>547.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>8</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D148">
         <v>2020</v>
       </c>
       <c r="E148" t="s">
         <v>244</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148">
-        <v>216.0</v>
+        <v>157.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>8</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D149">
         <v>2020</v>
       </c>
       <c r="E149" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149">
-        <v>62.0</v>
+        <v>238.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D150">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="E150" t="s">
         <v>247</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150">
-        <v>208.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>8</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D151">
         <v>2022</v>
       </c>
       <c r="E151" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151">
-        <v>60.0</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>8</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D152">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E152" t="s">
         <v>250</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152">
-        <v>230.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>8</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D153">
         <v>2020</v>
       </c>
       <c r="E153" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153">
-        <v>66.0</v>
+        <v>253.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>8</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D154">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E154" t="s">
         <v>253</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154">
-        <v>201.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D155">
         <v>2019</v>
       </c>
       <c r="E155" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155">
-        <v>58.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>8</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D156">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E156" t="s">
         <v>256</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156">
-        <v>292.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>8</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D157">
         <v>2021</v>
       </c>
       <c r="E157" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157">
-        <v>84.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D158">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="E158" t="s">
         <v>259</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158">
-        <v>247.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D159">
         <v>2024</v>
       </c>
       <c r="E159" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159">
-        <v>71.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>8</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D160">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E160" t="s">
         <v>262</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160">
-        <v>313.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D161">
         <v>2021</v>
       </c>
       <c r="E161" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161">
-        <v>90.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D162">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E162" t="s">
         <v>265</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162">
-        <v>261.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>8</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D163">
         <v>2022</v>
       </c>
       <c r="E163" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163">
-        <v>75.0</v>
+        <v>288.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>8</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D164">
         <v>2022</v>
       </c>
       <c r="E164" t="s">
         <v>268</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164">
-        <v>167.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>8</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D165">
         <v>2022</v>
       </c>
       <c r="E165" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165">
-        <v>48.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>8</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D166">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E166" t="s">
         <v>271</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166">
-        <v>192.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>8</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D167">
         <v>2019</v>
       </c>
       <c r="E167" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
-        <v>55.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>8</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D168">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E168" t="s">
         <v>274</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168">
-        <v>238.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>8</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D169">
         <v>2021</v>
       </c>
       <c r="E169" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169">
-        <v>68.0</v>
+        <v>262.0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>8</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D170">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E170" t="s">
         <v>277</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170">
-        <v>432.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>8</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D171">
         <v>2020</v>
       </c>
       <c r="E171" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171">
-        <v>124.0</v>
+        <v>476.0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D172">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E172" t="s">
         <v>280</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172">
-        <v>244.0</v>
+        <v>137.0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>8</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D173">
         <v>2021</v>
       </c>
       <c r="E173" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173">
-        <v>70.0</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>8</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D174">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E174" t="s">
         <v>283</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174">
-        <v>196.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>8</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D175">
         <v>2022</v>
       </c>
       <c r="E175" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175">
-        <v>56.0</v>
+        <v>216.0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>8</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D176">
         <v>2022</v>
       </c>
       <c r="E176" t="s">
         <v>286</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176">
-        <v>430.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>8</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D177">
         <v>2022</v>
       </c>
       <c r="E177" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177">
-        <v>123.0</v>
+        <v>473.0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>8</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D178">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="E178" t="s">
-        <v>159</v>
+        <v>289</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178">
-        <v>153.0</v>
-[...2 lines deleted...]
-        <v>153.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>8</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D179">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="E179" t="s">
-        <v>290</v>
+        <v>165</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179">
-        <v>257.0</v>
+        <v>169.0</v>
+      </c>
+      <c r="H179">
+        <v>169.0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>8</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D180">
         <v>2022</v>
       </c>
       <c r="E180" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180">
-        <v>74.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>8</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D181">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="E181" t="s">
         <v>293</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181">
-        <v>224.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>8</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D182">
         <v>2024</v>
       </c>
       <c r="E182" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182">
-        <v>64.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D183">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E183" t="s">
         <v>296</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183">
-        <v>280.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>8</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D184">
         <v>2023</v>
       </c>
       <c r="E184" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184">
-        <v>80.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D185">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E185" t="s">
         <v>299</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185">
-        <v>280.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>8</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D186">
         <v>2021</v>
       </c>
       <c r="E186" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186">
-        <v>80.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>8</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D187">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="E187" t="s">
         <v>302</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187">
-        <v>136.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>8</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D188">
         <v>2023</v>
       </c>
       <c r="E188" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188">
-        <v>39.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>8</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D189">
         <v>2023</v>
       </c>
       <c r="E189" t="s">
         <v>305</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189">
-        <v>153.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D190">
         <v>2023</v>
       </c>
       <c r="E190" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190">
-        <v>44.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D191">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E191" t="s">
         <v>308</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191">
-        <v>422.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D192">
         <v>2020</v>
       </c>
       <c r="E192" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192">
-        <v>121.0</v>
+        <v>465.0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D193">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="E193" t="s">
         <v>311</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193">
-        <v>280.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>8</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D194">
         <v>2022</v>
       </c>
       <c r="E194" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194">
-        <v>80.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>8</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D195">
         <v>2022</v>
       </c>
       <c r="E195" t="s">
         <v>314</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195">
-        <v>168.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>8</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D196">
         <v>2022</v>
       </c>
       <c r="E196" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196">
-        <v>48.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>8</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D197">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E197" t="s">
         <v>317</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197">
-        <v>649.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>8</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D198">
         <v>2020</v>
       </c>
       <c r="E198" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198">
-        <v>186.0</v>
+        <v>714.0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D199">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="E199" t="s">
         <v>320</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199">
-        <v>315.0</v>
+        <v>205.0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>8</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D200">
         <v>2023</v>
       </c>
       <c r="E200" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200">
-        <v>90.0</v>
+        <v>347.0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>8</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D201">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E201" t="s">
         <v>323</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201">
-        <v>177.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D202">
         <v>2022</v>
       </c>
       <c r="E202" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202">
-        <v>51.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D203">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="E203" t="s">
         <v>326</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203">
-        <v>230.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D204">
         <v>2024</v>
       </c>
       <c r="E204" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204">
-        <v>66.0</v>
+        <v>253.0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D205">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E205" t="s">
         <v>329</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205">
-        <v>247.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>8</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D206">
         <v>2019</v>
       </c>
       <c r="E206" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206">
-        <v>71.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D207">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E207" t="s">
         <v>332</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207">
-        <v>247.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D208">
         <v>2024</v>
       </c>
       <c r="E208" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208">
-        <v>71.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D209">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E209" t="s">
         <v>335</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209">
-        <v>233.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>8</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D210">
         <v>2023</v>
       </c>
       <c r="E210" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210">
-        <v>67.0</v>
+        <v>257.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D211">
         <v>2023</v>
       </c>
       <c r="E211" t="s">
         <v>338</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211">
-        <v>509.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>8</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D212">
         <v>2023</v>
       </c>
       <c r="E212" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212">
-        <v>146.0</v>
+        <v>560.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D213">
         <v>2023</v>
       </c>
       <c r="E213" t="s">
         <v>341</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213">
-        <v>339.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>8</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D214">
         <v>2023</v>
       </c>
       <c r="E214" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214">
-        <v>97.0</v>
+        <v>373.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D215">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E215" t="s">
         <v>344</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215">
-        <v>373.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D216">
         <v>2024</v>
       </c>
       <c r="E216" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216">
-        <v>107.0</v>
+        <v>411.0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D217">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E217" t="s">
         <v>347</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217">
-        <v>427.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D218">
         <v>2023</v>
       </c>
       <c r="E218" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218">
-        <v>122.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>8</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D219">
         <v>2023</v>
       </c>
       <c r="E219" t="s">
         <v>350</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219">
-        <v>244.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D220">
         <v>2023</v>
       </c>
       <c r="E220" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220">
-        <v>70.0</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D221">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E221" t="s">
         <v>353</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221">
-        <v>177.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D222">
         <v>2022</v>
       </c>
       <c r="E222" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
-        <v>51.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D223">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="E223" t="s">
         <v>356</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223">
-        <v>321.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D224">
         <v>2024</v>
       </c>
       <c r="E224" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224">
-        <v>92.0</v>
+        <v>354.0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D225">
         <v>2024</v>
       </c>
       <c r="E225" t="s">
         <v>359</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D226">
         <v>2024</v>
       </c>
       <c r="E226" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226">
         <v>0.0</v>
       </c>
       <c r="H226">
         <v>0.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D227">
         <v>2024</v>
       </c>
       <c r="E227" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227">
         <v>0.0</v>
       </c>
       <c r="H227">
         <v>0.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D228">
         <v>2024</v>
       </c>
       <c r="E228" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228">
-        <v>160.0</v>
+        <v>0.0</v>
       </c>
       <c r="H228">
-        <v>160.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>8</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D229">
         <v>2024</v>
       </c>
       <c r="E229" t="s">
-        <v>344</v>
+        <v>368</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229">
-        <v>266.0</v>
+        <v>176.0</v>
       </c>
       <c r="H229">
-        <v>266.0</v>
+        <v>176.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>8</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D230">
         <v>2024</v>
       </c>
       <c r="E230" t="s">
-        <v>368</v>
+        <v>347</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230">
-        <v>229.0</v>
+        <v>293.0</v>
       </c>
       <c r="H230">
-        <v>229.0</v>
+        <v>293.0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>8</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D231">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E231" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231">
-        <v>0.0</v>
+        <v>252.0</v>
       </c>
       <c r="H231">
-        <v>0.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>8</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D232">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E232" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232">
         <v>0.0</v>
       </c>
       <c r="H232">
         <v>0.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D233">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E233" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233">
         <v>0.0</v>
       </c>
       <c r="H233">
         <v>0.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D234">
-        <v>1996</v>
+        <v>2021</v>
       </c>
       <c r="E234" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234">
-        <v>203.0</v>
+        <v>0.0</v>
       </c>
       <c r="H234">
-        <v>203.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D235">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="E235" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235">
-        <v>262.0</v>
+        <v>223.0</v>
       </c>
       <c r="H235">
-        <v>262.0</v>
+        <v>223.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D236">
-        <v>2019</v>
+        <v>2000</v>
       </c>
       <c r="E236" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236">
-        <v>140.0</v>
+        <v>289.0</v>
       </c>
       <c r="H236">
-        <v>140.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D237">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E237" t="s">
-        <v>193</v>
+        <v>383</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
-        <v>195.0</v>
+        <v>154.0</v>
       </c>
       <c r="H237">
-        <v>195.0</v>
+        <v>154.0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D238">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E238" t="s">
-        <v>383</v>
+        <v>196</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238">
-        <v>450.0</v>
+        <v>215.0</v>
       </c>
       <c r="H238">
-        <v>450.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D239">
-        <v>1982</v>
+        <v>2020</v>
       </c>
       <c r="E239" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239">
-        <v>196.0</v>
+        <v>495.0</v>
       </c>
       <c r="H239">
-        <v>196.0</v>
+        <v>495.0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D240">
-        <v>1996</v>
+        <v>1982</v>
       </c>
       <c r="E240" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240">
-        <v>167.0</v>
+        <v>216.0</v>
       </c>
       <c r="H240">
-        <v>167.0</v>
+        <v>216.0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>8</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D241">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="E241" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241">
-        <v>76.0</v>
+        <v>184.0</v>
       </c>
       <c r="H241">
-        <v>76.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D242">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="E242" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242">
-        <v>155.0</v>
+        <v>84.0</v>
       </c>
       <c r="H242">
-        <v>155.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D243">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="E243" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243">
-        <v>81.0</v>
+        <v>171.0</v>
       </c>
       <c r="H243">
-        <v>81.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>8</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D244">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="E244" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244">
-        <v>92.0</v>
+        <v>89.0</v>
       </c>
       <c r="H244">
-        <v>92.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D245">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="E245" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245">
-        <v>187.0</v>
+        <v>101.0</v>
       </c>
       <c r="H245">
-        <v>187.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D246">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E246" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246">
-        <v>224.0</v>
+        <v>206.0</v>
       </c>
       <c r="H246">
-        <v>224.0</v>
+        <v>206.0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D247">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E247" t="s">
-        <v>217</v>
+        <v>402</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247">
-        <v>280.0</v>
+        <v>247.0</v>
       </c>
       <c r="H247">
-        <v>280.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D248">
-        <v>1997</v>
+        <v>2022</v>
       </c>
       <c r="E248" t="s">
-        <v>402</v>
+        <v>220</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248">
-        <v>69.0</v>
+        <v>308.0</v>
       </c>
       <c r="H248">
-        <v>69.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D249">
-        <v>2020</v>
+        <v>1997</v>
       </c>
       <c r="E249" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249">
-        <v>0.0</v>
+        <v>76.0</v>
       </c>
       <c r="H249">
-        <v>0.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D250">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="E250" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250">
         <v>0.0</v>
       </c>
       <c r="H250">
         <v>0.0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D251">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E251" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251">
         <v>0.0</v>
       </c>
       <c r="H251">
         <v>0.0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D252">
-        <v>2003</v>
+        <v>2021</v>
       </c>
       <c r="E252" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252">
-        <v>134.0</v>
+        <v>0.0</v>
       </c>
       <c r="H252">
-        <v>134.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D253">
-        <v>2024</v>
+        <v>2003</v>
       </c>
       <c r="E253" t="s">
-        <v>332</v>
+        <v>413</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253">
-        <v>176.0</v>
+        <v>148.0</v>
       </c>
       <c r="H253">
-        <v>176.0</v>
+        <v>148.0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D254">
         <v>2024</v>
       </c>
       <c r="E254" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254">
-        <v>164.0</v>
+        <v>194.0</v>
       </c>
       <c r="H254">
-        <v>164.0</v>
+        <v>194.0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D255">
         <v>2024</v>
       </c>
       <c r="E255" t="s">
-        <v>259</v>
+        <v>329</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255">
-        <v>176.0</v>
+        <v>181.0</v>
       </c>
       <c r="H255">
-        <v>176.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>8</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D256">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E256" t="s">
-        <v>415</v>
+        <v>262</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256">
-        <v>353.0</v>
+        <v>194.0</v>
+      </c>
+      <c r="H256">
+        <v>194.0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>8</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D257">
         <v>2023</v>
       </c>
       <c r="E257" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257">
-        <v>101.0</v>
+        <v>389.0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D258">
         <v>2023</v>
       </c>
       <c r="E258" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>112.0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D259">
         <v>2023</v>
       </c>
       <c r="E259" t="s">
-        <v>347</v>
+        <v>422</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259">
-        <v>305.0</v>
+        <v>0.0</v>
       </c>
       <c r="H259">
-        <v>305.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D260">
         <v>2023</v>
       </c>
       <c r="E260" t="s">
-        <v>422</v>
+        <v>350</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260">
-        <v>0.0</v>
+        <v>336.0</v>
       </c>
       <c r="H260">
-        <v>0.0</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D261">
         <v>2023</v>
       </c>
       <c r="E261" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261">
-        <v>181.0</v>
+        <v>0.0</v>
       </c>
       <c r="H261">
-        <v>181.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D262">
         <v>2023</v>
       </c>
       <c r="E262" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262">
-        <v>345.0</v>
+        <v>200.0</v>
       </c>
       <c r="H262">
-        <v>345.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D263">
         <v>2023</v>
       </c>
       <c r="E263" t="s">
-        <v>302</v>
+        <v>429</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263">
-        <v>97.0</v>
+        <v>380.0</v>
       </c>
       <c r="H263">
-        <v>97.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>8</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D264">
         <v>2023</v>
       </c>
       <c r="E264" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264">
-        <v>200.0</v>
+        <v>107.0</v>
       </c>
       <c r="H264">
-        <v>200.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D265">
-        <v>2002</v>
+        <v>2023</v>
       </c>
       <c r="E265" t="s">
-        <v>430</v>
+        <v>299</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265">
-        <v>138.0</v>
+        <v>220.0</v>
       </c>
       <c r="H265">
-        <v>138.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>8</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D266">
-        <v>2021</v>
+        <v>2002</v>
       </c>
       <c r="E266" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266">
-        <v>101.0</v>
+        <v>152.0</v>
       </c>
       <c r="H266">
-        <v>101.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D267">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E267" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267">
-        <v>180.0</v>
+        <v>112.0</v>
       </c>
       <c r="H267">
-        <v>180.0</v>
+        <v>112.0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>8</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D268">
         <v>2018</v>
       </c>
       <c r="E268" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268">
-        <v>167.0</v>
+        <v>198.0</v>
       </c>
       <c r="H268">
-        <v>167.0</v>
+        <v>198.0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>8</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D269">
         <v>2018</v>
       </c>
       <c r="E269" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269">
-        <v>142.0</v>
+        <v>184.0</v>
       </c>
       <c r="H269">
-        <v>142.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>8</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D270">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E270" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270">
-        <v>215.0</v>
+        <v>157.0</v>
       </c>
       <c r="H270">
-        <v>215.0</v>
+        <v>157.0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>8</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D271">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E271" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
       <c r="G271">
-        <v>175.0</v>
+        <v>237.0</v>
       </c>
       <c r="H271">
-        <v>175.0</v>
+        <v>237.0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>8</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D272">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E272" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272">
-        <v>246.0</v>
+        <v>193.0</v>
       </c>
       <c r="H272">
-        <v>246.0</v>
+        <v>193.0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>8</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D273">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E273" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
       <c r="G273">
-        <v>199.0</v>
+        <v>271.0</v>
       </c>
       <c r="H273">
-        <v>199.0</v>
+        <v>271.0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>8</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D274">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="E274" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274">
-        <v>151.0</v>
+        <v>219.0</v>
       </c>
       <c r="H274">
-        <v>151.0</v>
+        <v>219.0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>8</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D275">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E275" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
       <c r="G275">
-        <v>135.0</v>
+        <v>167.0</v>
       </c>
       <c r="H275">
-        <v>135.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>8</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D276">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="E276" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
       <c r="G276">
-        <v>131.0</v>
+        <v>149.0</v>
       </c>
       <c r="H276">
-        <v>131.0</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>8</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D277">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E277" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277">
-        <v>217.0</v>
+        <v>145.0</v>
       </c>
       <c r="H277">
-        <v>217.0</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>8</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D278">
         <v>2017</v>
       </c>
       <c r="E278" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278">
-        <v>154.0</v>
+        <v>239.0</v>
       </c>
       <c r="H278">
-        <v>154.0</v>
+        <v>239.0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>8</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D279">
         <v>2017</v>
       </c>
       <c r="E279" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="F279" t="s">
         <v>12</v>
       </c>
       <c r="G279">
-        <v>231.0</v>
+        <v>170.0</v>
       </c>
       <c r="H279">
-        <v>231.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>8</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D280">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E280" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
       <c r="G280">
-        <v>167.0</v>
+        <v>255.0</v>
       </c>
       <c r="H280">
-        <v>167.0</v>
+        <v>255.0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>8</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D281">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E281" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F281" t="s">
         <v>12</v>
       </c>
       <c r="G281">
-        <v>236.0</v>
+        <v>184.0</v>
       </c>
       <c r="H281">
-        <v>236.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>8</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D282">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E282" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F282" t="s">
         <v>12</v>
       </c>
       <c r="G282">
-        <v>128.0</v>
+        <v>260.0</v>
       </c>
       <c r="H282">
-        <v>128.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>8</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D283">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="E283" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F283" t="s">
         <v>12</v>
       </c>
       <c r="G283">
-        <v>296.0</v>
+        <v>141.0</v>
       </c>
       <c r="H283">
-        <v>296.0</v>
+        <v>141.0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>8</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D284">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E284" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F284" t="s">
         <v>12</v>
       </c>
       <c r="G284">
-        <v>82.0</v>
+        <v>326.0</v>
       </c>
       <c r="H284">
-        <v>82.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>8</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D285">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E285" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="F285" t="s">
         <v>12</v>
       </c>
       <c r="G285">
-        <v>140.0</v>
+        <v>91.0</v>
       </c>
       <c r="H285">
-        <v>140.0</v>
+        <v>91.0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>8</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D286">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E286" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F286" t="s">
         <v>12</v>
       </c>
       <c r="G286">
-        <v>75.0</v>
+        <v>154.0</v>
       </c>
       <c r="H286">
-        <v>75.0</v>
+        <v>154.0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>8</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D287">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="E287" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F287" t="s">
         <v>12</v>
       </c>
       <c r="G287">
-        <v>236.0</v>
+        <v>83.0</v>
       </c>
       <c r="H287">
-        <v>236.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>8</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D288">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="E288" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288">
-        <v>204.0</v>
+        <v>260.0</v>
       </c>
       <c r="H288">
-        <v>204.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>8</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D289">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E289" t="s">
-        <v>199</v>
+        <v>479</v>
       </c>
       <c r="F289" t="s">
         <v>12</v>
       </c>
       <c r="G289">
-        <v>280.0</v>
+        <v>225.0</v>
       </c>
       <c r="H289">
-        <v>280.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>8</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D290">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="E290" t="s">
-        <v>479</v>
+        <v>202</v>
       </c>
       <c r="F290" t="s">
         <v>12</v>
       </c>
       <c r="G290">
-        <v>317.0</v>
+        <v>308.0</v>
       </c>
       <c r="H290">
-        <v>317.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>8</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D291">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="E291" t="s">
-        <v>299</v>
+        <v>482</v>
       </c>
       <c r="F291" t="s">
         <v>12</v>
       </c>
       <c r="G291">
-        <v>200.0</v>
+        <v>349.0</v>
       </c>
       <c r="H291">
-        <v>200.0</v>
+        <v>349.0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>8</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D292">
         <v>2021</v>
       </c>
       <c r="E292" t="s">
-        <v>202</v>
+        <v>302</v>
       </c>
       <c r="F292" t="s">
         <v>12</v>
       </c>
       <c r="G292">
-        <v>223.0</v>
+        <v>220.0</v>
       </c>
       <c r="H292">
-        <v>223.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>8</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D293">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E293" t="s">
-        <v>172</v>
+        <v>205</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293">
-        <v>204.0</v>
+        <v>246.0</v>
       </c>
       <c r="H293">
-        <v>204.0</v>
+        <v>246.0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D294">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="E294" t="s">
-        <v>484</v>
+        <v>178</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294">
-        <v>158.0</v>
+        <v>225.0</v>
       </c>
       <c r="H294">
-        <v>158.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D295">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E295" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295">
-        <v>231.0</v>
+        <v>174.0</v>
       </c>
       <c r="H295">
-        <v>231.0</v>
+        <v>174.0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D296">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E296" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296">
-        <v>212.0</v>
+        <v>254.0</v>
       </c>
       <c r="H296">
-        <v>212.0</v>
+        <v>254.0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>8</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D297">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="E297" t="s">
-        <v>117</v>
+        <v>491</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297">
-        <v>379.0</v>
+        <v>234.0</v>
       </c>
       <c r="H297">
-        <v>379.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D298">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E298" t="s">
-        <v>205</v>
+        <v>123</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298">
-        <v>291.0</v>
+        <v>417.0</v>
       </c>
       <c r="H298">
-        <v>291.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>8</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D299">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E299" t="s">
-        <v>492</v>
+        <v>208</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299">
-        <v>175.0</v>
+        <v>321.0</v>
       </c>
       <c r="H299">
-        <v>175.0</v>
+        <v>321.0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D300">
         <v>2022</v>
       </c>
       <c r="E300" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300">
-        <v>115.0</v>
+        <v>127.0</v>
       </c>
       <c r="H300">
-        <v>115.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>8</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D301">
         <v>2014</v>
       </c>
       <c r="E301" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301">
-        <v>217.0</v>
+        <v>239.0</v>
       </c>
       <c r="H301">
-        <v>217.0</v>
+        <v>239.0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>8</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D302">
         <v>2022</v>
       </c>
       <c r="E302" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302">
-        <v>239.0</v>
+        <v>263.0</v>
       </c>
       <c r="H302">
-        <v>239.0</v>
+        <v>263.0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>8</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D303">
         <v>2006</v>
       </c>
       <c r="E303" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303">
-        <v>164.0</v>
+        <v>181.0</v>
       </c>
       <c r="H303">
-        <v>164.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D304">
         <v>2013</v>
       </c>
       <c r="E304" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304">
-        <v>311.0</v>
+        <v>343.0</v>
       </c>
       <c r="H304">
-        <v>311.0</v>
+        <v>343.0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D305">
         <v>2015</v>
       </c>
       <c r="E305" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305">
-        <v>230.0</v>
+        <v>253.0</v>
       </c>
       <c r="H305">
-        <v>230.0</v>
+        <v>253.0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D306">
         <v>2014</v>
       </c>
       <c r="E306" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306">
-        <v>293.0</v>
+        <v>323.0</v>
       </c>
       <c r="H306">
-        <v>293.0</v>
+        <v>323.0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D307">
         <v>2010</v>
       </c>
       <c r="E307" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307">
-        <v>289.0</v>
+        <v>318.0</v>
       </c>
       <c r="H307">
-        <v>289.0</v>
+        <v>318.0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D308">
         <v>2023</v>
       </c>
       <c r="E308" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308">
-        <v>109.0</v>
+        <v>120.0</v>
       </c>
       <c r="H308">
-        <v>109.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>8</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D309">
         <v>2021</v>
       </c>
       <c r="E309" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309">
-        <v>108.0</v>
+        <v>119.0</v>
       </c>
       <c r="H309">
-        <v>108.0</v>
+        <v>119.0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D310">
         <v>2022</v>
       </c>
       <c r="E310" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310">
-        <v>162.0</v>
+        <v>179.0</v>
       </c>
       <c r="H310">
-        <v>162.0</v>
+        <v>179.0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D311">
         <v>2022</v>
       </c>
       <c r="E311" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311">
-        <v>207.0</v>
+        <v>228.0</v>
       </c>
       <c r="H311">
-        <v>207.0</v>
+        <v>228.0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D312">
         <v>2016</v>
       </c>
       <c r="E312" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312">
-        <v>416.0</v>
+        <v>458.0</v>
       </c>
       <c r="H312">
-        <v>416.0</v>
+        <v>458.0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D313">
         <v>2017</v>
       </c>
       <c r="E313" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313">
-        <v>147.0</v>
+        <v>162.0</v>
       </c>
       <c r="H313">
-        <v>147.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D314">
         <v>2022</v>
       </c>
       <c r="E314" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314">
-        <v>258.0</v>
+        <v>284.0</v>
       </c>
       <c r="H314">
-        <v>258.0</v>
+        <v>284.0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>8</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D315">
         <v>2014</v>
       </c>
       <c r="E315" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315">
-        <v>236.0</v>
+        <v>260.0</v>
       </c>
       <c r="H315">
-        <v>236.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D316">
         <v>2017</v>
       </c>
       <c r="E316" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316">
-        <v>208.0</v>
+        <v>229.0</v>
       </c>
       <c r="H316">
-        <v>208.0</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D317">
         <v>2015</v>
       </c>
       <c r="E317" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317">
-        <v>360.0</v>
+        <v>396.0</v>
       </c>
       <c r="H317">
-        <v>360.0</v>
+        <v>396.0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>8</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D318">
         <v>2020</v>
       </c>
       <c r="E318" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318">
-        <v>130.0</v>
+        <v>143.0</v>
       </c>
       <c r="H318">
-        <v>130.0</v>
+        <v>143.0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D319">
         <v>2023</v>
       </c>
       <c r="E319" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319">
-        <v>252.0</v>
+        <v>278.0</v>
       </c>
       <c r="H319">
-        <v>252.0</v>
+        <v>278.0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D320">
         <v>2020</v>
       </c>
       <c r="E320" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320">
-        <v>395.0</v>
+        <v>435.0</v>
       </c>
       <c r="H320">
-        <v>395.0</v>
+        <v>435.0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D321">
         <v>2020</v>
       </c>
       <c r="E321" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321">
-        <v>355.0</v>
+        <v>391.0</v>
       </c>
       <c r="H321">
-        <v>355.0</v>
+        <v>391.0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>8</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D322">
         <v>2020</v>
       </c>
       <c r="E322" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322">
-        <v>463.0</v>
+        <v>510.0</v>
       </c>
       <c r="H322">
-        <v>463.0</v>
+        <v>510.0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D323">
         <v>2018</v>
       </c>
       <c r="E323" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323">
-        <v>222.0</v>
+        <v>245.0</v>
       </c>
       <c r="H323">
-        <v>222.0</v>
+        <v>245.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>8</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D324">
         <v>2020</v>
       </c>
       <c r="E324" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324">
-        <v>151.0</v>
+        <v>167.0</v>
       </c>
       <c r="H324">
-        <v>151.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D325">
         <v>2020</v>
       </c>
       <c r="E325" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
       <c r="G325">
-        <v>154.0</v>
+        <v>170.0</v>
       </c>
       <c r="H325">
-        <v>154.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>8</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D326">
         <v>2014</v>
       </c>
       <c r="E326" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F326" t="s">
         <v>12</v>
       </c>
       <c r="G326">
-        <v>279.0</v>
+        <v>307.0</v>
       </c>
       <c r="H326">
-        <v>279.0</v>
+        <v>307.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D327">
         <v>2022</v>
       </c>
       <c r="E327" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327">
-        <v>148.0</v>
+        <v>163.0</v>
       </c>
       <c r="H327">
-        <v>148.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D328">
         <v>2020</v>
       </c>
       <c r="E328" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328">
-        <v>164.0</v>
+        <v>181.0</v>
       </c>
       <c r="H328">
-        <v>164.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>8</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D329">
         <v>2016</v>
       </c>
       <c r="E329" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329">
-        <v>180.0</v>
+        <v>198.0</v>
       </c>
       <c r="H329">
-        <v>180.0</v>
+        <v>198.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>8</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D330">
         <v>2019</v>
       </c>
       <c r="E330" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330">
-        <v>176.0</v>
+        <v>194.0</v>
       </c>
       <c r="H330">
-        <v>176.0</v>
+        <v>194.0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D331">
         <v>2021</v>
       </c>
       <c r="E331" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331">
-        <v>208.0</v>
+        <v>229.0</v>
       </c>
       <c r="H331">
-        <v>208.0</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>8</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D332">
         <v>2021</v>
       </c>
       <c r="E332" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332">
-        <v>223.0</v>
+        <v>246.0</v>
       </c>
       <c r="H332">
-        <v>223.0</v>
+        <v>246.0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D333">
         <v>2017</v>
       </c>
       <c r="E333" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333">
-        <v>202.0</v>
+        <v>223.0</v>
       </c>
       <c r="H333">
-        <v>202.0</v>
+        <v>223.0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>8</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D334">
         <v>2009</v>
       </c>
       <c r="E334" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334">
-        <v>232.0</v>
+        <v>256.0</v>
       </c>
       <c r="H334">
-        <v>232.0</v>
+        <v>256.0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>8</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D335">
         <v>2005</v>
       </c>
       <c r="E335" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
-        <v>219.0</v>
+        <v>241.0</v>
       </c>
       <c r="H335">
-        <v>219.0</v>
+        <v>241.0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D336">
         <v>2022</v>
       </c>
       <c r="E336" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336">
-        <v>157.0</v>
+        <v>173.0</v>
       </c>
       <c r="H336">
-        <v>157.0</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>8</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D337">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E337" t="s">
-        <v>184</v>
+        <v>274</v>
       </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337">
-        <v>187.0</v>
+        <v>151.0</v>
       </c>
       <c r="H337">
-        <v>187.0</v>
+        <v>151.0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>8</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D338">
         <v>2019</v>
       </c>
       <c r="E338" t="s">
-        <v>271</v>
+        <v>557</v>
       </c>
       <c r="F338" t="s">
         <v>12</v>
       </c>
       <c r="G338">
-        <v>137.0</v>
+        <v>234.0</v>
       </c>
       <c r="H338">
-        <v>137.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="D339">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E339" t="s">
-        <v>557</v>
+        <v>277</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339">
-        <v>212.0</v>
+        <v>187.0</v>
       </c>
       <c r="H339">
-        <v>212.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>8</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D340">
         <v>2021</v>
       </c>
       <c r="E340" t="s">
-        <v>274</v>
+        <v>190</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340">
-        <v>170.0</v>
+        <v>176.0</v>
       </c>
       <c r="H340">
-        <v>170.0</v>
+        <v>176.0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>8</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D341">
         <v>2021</v>
       </c>
       <c r="E341" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341">
-        <v>160.0</v>
+        <v>255.0</v>
       </c>
       <c r="H341">
-        <v>160.0</v>
+        <v>255.0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>8</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D342">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E342" t="s">
-        <v>190</v>
+        <v>338</v>
       </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342">
-        <v>231.0</v>
+        <v>183.0</v>
       </c>
       <c r="H342">
-        <v>231.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>8</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D343">
         <v>2023</v>
       </c>
       <c r="E343" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343">
-        <v>166.0</v>
+        <v>267.0</v>
       </c>
       <c r="H343">
-        <v>166.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>8</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D344">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="E344" t="s">
-        <v>341</v>
+        <v>564</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344">
-        <v>242.0</v>
+        <v>339.0</v>
       </c>
       <c r="H344">
-        <v>242.0</v>
+        <v>339.0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>8</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D345">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E345" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345">
-        <v>308.0</v>
+        <v>151.0</v>
       </c>
       <c r="H345">
-        <v>308.0</v>
+        <v>151.0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>8</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D346">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E346" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346">
-        <v>137.0</v>
+        <v>209.0</v>
       </c>
       <c r="H346">
-        <v>137.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>8</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="D347">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E347" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347">
-        <v>190.0</v>
+        <v>260.0</v>
       </c>
       <c r="H347">
-        <v>190.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>8</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D348">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="E348" t="s">
-        <v>570</v>
+        <v>199</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348">
-        <v>236.0</v>
+        <v>146.0</v>
       </c>
       <c r="H348">
-        <v>236.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>8</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D349">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E349" t="s">
-        <v>196</v>
+        <v>353</v>
       </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349">
-        <v>132.0</v>
+        <v>192.0</v>
       </c>
       <c r="H349">
-        <v>132.0</v>
+        <v>192.0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>8</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D350">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="E350" t="s">
-        <v>350</v>
+        <v>283</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350">
-        <v>174.0</v>
+        <v>192.0</v>
       </c>
       <c r="H350">
-        <v>174.0</v>
+        <v>192.0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>8</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D351">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="E351" t="s">
-        <v>280</v>
+        <v>575</v>
       </c>
       <c r="F351" t="s">
         <v>12</v>
       </c>
       <c r="G351">
-        <v>174.0</v>
+        <v>198.0</v>
       </c>
       <c r="H351">
-        <v>174.0</v>
+        <v>198.0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>8</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D352">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E352" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352">
-        <v>180.0</v>
+        <v>216.0</v>
       </c>
       <c r="H352">
-        <v>180.0</v>
+        <v>216.0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>8</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D353">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E353" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353">
-        <v>196.0</v>
+        <v>416.0</v>
       </c>
       <c r="H353">
-        <v>196.0</v>
+        <v>416.0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>8</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D354">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="E354" t="s">
-        <v>579</v>
+        <v>175</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354">
-        <v>378.0</v>
+        <v>371.0</v>
       </c>
       <c r="H354">
-        <v>378.0</v>
+        <v>371.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>8</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D355">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E355" t="s">
-        <v>169</v>
+        <v>286</v>
       </c>
       <c r="F355" t="s">
         <v>12</v>
       </c>
       <c r="G355">
-        <v>337.0</v>
+        <v>154.0</v>
       </c>
       <c r="H355">
-        <v>337.0</v>
+        <v>154.0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>8</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D356">
         <v>2022</v>
       </c>
       <c r="E356" t="s">
-        <v>283</v>
+        <v>356</v>
       </c>
       <c r="F356" t="s">
         <v>12</v>
       </c>
       <c r="G356">
-        <v>140.0</v>
+        <v>139.0</v>
       </c>
       <c r="H356">
-        <v>140.0</v>
+        <v>139.0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>8</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D357">
-        <v>2022</v>
+        <v>2002</v>
       </c>
       <c r="E357" t="s">
-        <v>353</v>
+        <v>584</v>
       </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357">
-        <v>126.0</v>
+        <v>234.0</v>
       </c>
       <c r="H357">
-        <v>126.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>8</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D358">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E358" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="F358" t="s">
         <v>12</v>
       </c>
       <c r="G358">
-        <v>213.0</v>
+        <v>167.0</v>
       </c>
       <c r="H358">
-        <v>213.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>8</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D359">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E359" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
       <c r="G359">
-        <v>152.0</v>
+        <v>208.0</v>
       </c>
       <c r="H359">
-        <v>152.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>8</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D360">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E360" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360">
-        <v>189.0</v>
+        <v>102.0</v>
       </c>
       <c r="H360">
-        <v>189.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>8</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D361">
-        <v>2016</v>
+        <v>2001</v>
       </c>
       <c r="E361" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="F361" t="s">
         <v>12</v>
       </c>
       <c r="G361">
-        <v>93.0</v>
+        <v>221.0</v>
       </c>
       <c r="H361">
-        <v>93.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>8</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D362">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="E362" t="s">
-        <v>592</v>
+        <v>126</v>
       </c>
       <c r="F362" t="s">
         <v>12</v>
       </c>
       <c r="G362">
-        <v>201.0</v>
+        <v>212.0</v>
       </c>
       <c r="H362">
-        <v>201.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>8</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D363">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="E363" t="s">
-        <v>120</v>
+        <v>595</v>
       </c>
       <c r="F363" t="s">
         <v>12</v>
       </c>
       <c r="G363">
-        <v>192.0</v>
+        <v>594.0</v>
       </c>
       <c r="H363">
-        <v>192.0</v>
+        <v>594.0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>8</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D364">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E364" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="F364" t="s">
         <v>12</v>
       </c>
       <c r="G364">
-        <v>540.0</v>
+        <v>295.0</v>
       </c>
       <c r="H364">
-        <v>540.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>8</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D365">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="E365" t="s">
-        <v>597</v>
+        <v>217</v>
       </c>
       <c r="F365" t="s">
         <v>12</v>
       </c>
       <c r="G365">
-        <v>268.0</v>
+        <v>361.0</v>
       </c>
       <c r="H365">
-        <v>268.0</v>
+        <v>361.0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>8</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D366">
         <v>2022</v>
       </c>
       <c r="E366" t="s">
-        <v>214</v>
+        <v>600</v>
       </c>
       <c r="F366" t="s">
         <v>12</v>
       </c>
       <c r="G366">
-        <v>328.0</v>
+        <v>443.0</v>
       </c>
       <c r="H366">
-        <v>328.0</v>
+        <v>443.0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>8</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D367">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E367" t="s">
-        <v>600</v>
+        <v>154</v>
       </c>
       <c r="F367" t="s">
         <v>12</v>
       </c>
       <c r="G367">
-        <v>402.0</v>
+        <v>317.0</v>
       </c>
       <c r="H367">
-        <v>402.0</v>
+        <v>317.0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>8</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D368">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E368" t="s">
-        <v>148</v>
+        <v>603</v>
       </c>
       <c r="F368" t="s">
         <v>12</v>
       </c>
       <c r="G368">
-        <v>288.0</v>
+        <v>332.0</v>
       </c>
       <c r="H368">
-        <v>288.0</v>
+        <v>332.0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>8</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D369">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E369" t="s">
-        <v>603</v>
+        <v>314</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
       <c r="G369">
-        <v>301.0</v>
+        <v>220.0</v>
       </c>
       <c r="H369">
-        <v>301.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>8</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D370">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E370" t="s">
-        <v>311</v>
+        <v>606</v>
       </c>
       <c r="F370" t="s">
         <v>12</v>
       </c>
       <c r="G370">
-        <v>200.0</v>
+        <v>220.0</v>
       </c>
       <c r="H370">
-        <v>200.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>8</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D371">
         <v>2021</v>
       </c>
       <c r="E371" t="s">
-        <v>606</v>
+        <v>226</v>
       </c>
       <c r="F371" t="s">
         <v>12</v>
       </c>
       <c r="G371">
-        <v>200.0</v>
+        <v>143.0</v>
       </c>
       <c r="H371">
-        <v>200.0</v>
+        <v>143.0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>8</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D372">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E372" t="s">
-        <v>223</v>
+        <v>317</v>
       </c>
       <c r="F372" t="s">
         <v>12</v>
       </c>
       <c r="G372">
-        <v>130.0</v>
+        <v>132.0</v>
       </c>
       <c r="H372">
-        <v>130.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>8</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D373">
         <v>2022</v>
       </c>
       <c r="E373" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F373" t="s">
         <v>12</v>
       </c>
       <c r="G373">
-        <v>120.0</v>
+        <v>185.0</v>
       </c>
       <c r="H373">
-        <v>120.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>8</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D374">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E374" t="s">
-        <v>226</v>
+        <v>611</v>
       </c>
       <c r="F374" t="s">
         <v>12</v>
       </c>
       <c r="G374">
-        <v>168.0</v>
+        <v>184.0</v>
       </c>
       <c r="H374">
-        <v>168.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>8</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D375">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E375" t="s">
-        <v>611</v>
+        <v>235</v>
       </c>
       <c r="F375" t="s">
         <v>12</v>
       </c>
       <c r="G375">
-        <v>167.0</v>
+        <v>128.0</v>
       </c>
       <c r="H375">
-        <v>167.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>8</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D376">
         <v>2023</v>
       </c>
       <c r="E376" t="s">
-        <v>232</v>
+        <v>323</v>
       </c>
       <c r="F376" t="s">
         <v>12</v>
       </c>
       <c r="G376">
-        <v>116.0</v>
+        <v>248.0</v>
       </c>
       <c r="H376">
-        <v>116.0</v>
+        <v>248.0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>8</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D377">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E377" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="F377" t="s">
         <v>12</v>
       </c>
       <c r="G377">
-        <v>225.0</v>
+        <v>139.0</v>
       </c>
       <c r="H377">
-        <v>225.0</v>
+        <v>139.0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>8</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D378">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="E378" t="s">
-        <v>323</v>
+        <v>616</v>
       </c>
       <c r="F378" t="s">
         <v>12</v>
       </c>
       <c r="G378">
-        <v>126.0</v>
+        <v>193.0</v>
       </c>
       <c r="H378">
-        <v>126.0</v>
+        <v>193.0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>8</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D379">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E379" t="s">
-        <v>616</v>
+        <v>55</v>
       </c>
       <c r="F379" t="s">
         <v>12</v>
       </c>
       <c r="G379">
-        <v>175.0</v>
+        <v>193.0</v>
       </c>
       <c r="H379">
-        <v>175.0</v>
+        <v>193.0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>8</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D380">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E380" t="s">
-        <v>49</v>
+        <v>256</v>
       </c>
       <c r="F380" t="s">
         <v>12</v>
       </c>
       <c r="G380">
-        <v>175.0</v>
+        <v>158.0</v>
       </c>
       <c r="H380">
-        <v>175.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>8</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D381">
         <v>2019</v>
       </c>
       <c r="E381" t="s">
-        <v>253</v>
+        <v>159</v>
       </c>
       <c r="F381" t="s">
         <v>12</v>
       </c>
       <c r="G381">
-        <v>143.0</v>
+        <v>369.0</v>
       </c>
       <c r="H381">
-        <v>143.0</v>
+        <v>369.0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>8</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D382">
         <v>2019</v>
       </c>
       <c r="E382" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="F382" t="s">
         <v>12</v>
       </c>
       <c r="G382">
-        <v>335.0</v>
+        <v>200.0</v>
       </c>
       <c r="H382">
-        <v>335.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>8</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D383">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E383" t="s">
-        <v>156</v>
+        <v>622</v>
       </c>
       <c r="F383" t="s">
         <v>12</v>
       </c>
       <c r="G383">
-        <v>181.0</v>
+        <v>0.0</v>
       </c>
       <c r="H383">
-        <v>181.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>8</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D384">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E384" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="F384" t="s">
         <v>12</v>
       </c>
       <c r="G384">
         <v>0.0</v>
       </c>
       <c r="H384">
         <v>0.0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>8</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D385">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E385" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385">
         <v>0.0</v>
       </c>
       <c r="H385">
         <v>0.0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>8</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D386">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="E386" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="F386" t="s">
         <v>12</v>
       </c>
       <c r="G386">
         <v>0.0</v>
       </c>
       <c r="H386">
         <v>0.0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>8</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D387">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E387" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="F387" t="s">
         <v>12</v>
       </c>
       <c r="G387">
         <v>0.0</v>
       </c>
       <c r="H387">
         <v>0.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>8</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D388">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="E388" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="F388" t="s">
         <v>12</v>
       </c>
       <c r="G388">
         <v>0.0</v>
       </c>
       <c r="H388">
         <v>0.0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>8</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D389">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E389" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="F389" t="s">
         <v>12</v>
       </c>
       <c r="G389">
         <v>0.0</v>
       </c>
       <c r="H389">
         <v>0.0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>8</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="D390">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="E390" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="F390" t="s">
         <v>12</v>
       </c>
       <c r="G390">
         <v>0.0</v>
       </c>
       <c r="H390">
         <v>0.0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>8</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D391">
         <v>2020</v>
       </c>
       <c r="E391" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="F391" t="s">
         <v>12</v>
       </c>
       <c r="G391">
         <v>0.0</v>
       </c>
       <c r="H391">
         <v>0.0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>8</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D392">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="E392" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="F392" t="s">
         <v>12</v>
       </c>
       <c r="G392">
         <v>0.0</v>
       </c>
       <c r="H392">
         <v>0.0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>8</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="D393">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E393" t="s">
-        <v>640</v>
+        <v>293</v>
       </c>
       <c r="F393" t="s">
         <v>12</v>
       </c>
       <c r="G393">
-        <v>0.0</v>
+        <v>202.0</v>
       </c>
       <c r="H393">
-        <v>0.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>8</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D394">
         <v>2022</v>
       </c>
       <c r="E394" t="s">
-        <v>290</v>
+        <v>268</v>
       </c>
       <c r="F394" t="s">
         <v>12</v>
       </c>
       <c r="G394">
-        <v>183.0</v>
+        <v>205.0</v>
       </c>
       <c r="H394">
-        <v>183.0</v>
+        <v>205.0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>8</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D395">
         <v>2022</v>
       </c>
       <c r="E395" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="F395" t="s">
         <v>12</v>
       </c>
       <c r="G395">
-        <v>186.0</v>
+        <v>131.0</v>
       </c>
       <c r="H395">
-        <v>186.0</v>
+        <v>131.0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>8</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D396">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="E396" t="s">
-        <v>268</v>
+        <v>645</v>
       </c>
       <c r="F396" t="s">
         <v>12</v>
       </c>
       <c r="G396">
-        <v>119.0</v>
+        <v>219.0</v>
       </c>
       <c r="H396">
-        <v>119.0</v>
+        <v>219.0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>8</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="D397">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="E397" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="F397" t="s">
         <v>12</v>
       </c>
       <c r="G397">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
       <c r="H397">
-        <v>199.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>8</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D398">
         <v>2023</v>
       </c>
       <c r="E398" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="F398" t="s">
         <v>12</v>
       </c>
       <c r="G398">
         <v>0.0</v>
       </c>
       <c r="H398">
         <v>0.0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>8</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="D399">
         <v>2023</v>
       </c>
       <c r="E399" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="F399" t="s">
         <v>12</v>
       </c>
       <c r="G399">
-        <v>0.0</v>
+        <v>399.0</v>
       </c>
       <c r="H399">
-        <v>0.0</v>
+        <v>399.0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>8</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D400">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E400" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="F400" t="s">
         <v>12</v>
       </c>
       <c r="G400">
-        <v>362.0</v>
+        <v>87.0</v>
       </c>
       <c r="H400">
-        <v>362.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>8</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D401">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E401" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="F401" t="s">
         <v>12</v>
       </c>
       <c r="G401">
-        <v>79.0</v>
+        <v>119.0</v>
       </c>
       <c r="H401">
-        <v>79.0</v>
+        <v>119.0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>8</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D402">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E402" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="F402" t="s">
         <v>12</v>
       </c>
       <c r="G402">
-        <v>108.0</v>
+        <v>75.0</v>
       </c>
       <c r="H402">
-        <v>108.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>8</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D403">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E403" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="F403" t="s">
         <v>12</v>
       </c>
       <c r="G403">
-        <v>68.0</v>
+        <v>1606.0</v>
       </c>
       <c r="H403">
-        <v>68.0</v>
+        <v>1606.0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>8</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="D404">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E404" t="s">
-        <v>659</v>
+        <v>289</v>
       </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
       <c r="G404">
-        <v>1460.0</v>
+        <v>338.0</v>
       </c>
       <c r="H404">
-        <v>1460.0</v>
-[...25 lines deleted...]
-        <v>307.0</v>
+        <v>338.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">