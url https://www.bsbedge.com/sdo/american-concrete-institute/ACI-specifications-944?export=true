--- v0 (2025-10-07)
+++ v1 (2026-01-17)
@@ -831,80 +831,80 @@
       </c>
       <c r="H12">
         <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2010</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>109.0</v>
+        <v>114.0</v>
       </c>
       <c r="H13">
-        <v>109.0</v>
+        <v>114.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14">
         <v>2020</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>124.0</v>
+        <v>129.0</v>
       </c>
       <c r="H14">
-        <v>124.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2020</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
         <v>259.0</v>
       </c>
       <c r="H15">