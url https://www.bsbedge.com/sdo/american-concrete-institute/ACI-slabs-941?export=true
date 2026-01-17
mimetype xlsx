--- v0 (2025-10-07)
+++ v1 (2026-01-17)
@@ -514,54 +514,54 @@
       </c>
       <c r="H2">
         <v>42.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2010</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>109.0</v>
+        <v>114.0</v>
       </c>
       <c r="H3">
-        <v>109.0</v>
+        <v>114.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2018</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>54.5</v>
       </c>
       <c r="H4">
@@ -592,80 +592,80 @@
       </c>
       <c r="H5">
         <v>85.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2015</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>129.0</v>
+        <v>134.0</v>
       </c>
       <c r="H6">
-        <v>129.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2021</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>259.0</v>
+        <v>274.0</v>
       </c>
       <c r="H7">
-        <v>259.0</v>
+        <v>274.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2020</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
         <v>59.0</v>
       </c>
       <c r="H8">