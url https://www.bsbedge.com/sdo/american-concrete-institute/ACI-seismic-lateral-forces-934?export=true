--- v0 (2025-10-07)
+++ v1 (2026-01-17)
@@ -44,60 +44,60 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ACI</t>
   </si>
   <si>
-    <t>ACI CODE 369.1 SI : 2022</t>
+    <t>ACI CODE-369.1 SI : 2022</t>
   </si>
   <si>
     <t>Seismic Evaluation and Retrofit of Existing Concrete Buildings—Code and Commentary (SI Units)</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
-    <t>ACI CODE 369.1 : 2022</t>
+    <t>ACI CODE-369.1 : 2022</t>
   </si>
   <si>
     <t>Seismic Evaluation and Retrofit of Existing Concrete Buildings—Code and Commentary</t>
   </si>
   <si>
     <t>ACI 374.3R : 2016</t>
   </si>
   <si>
     <t>Guide to Nonlinear Modeling Parameters for Earthquake-Resistant Structures</t>
   </si>
   <si>
     <t>ACI 374.2R : 2013</t>
   </si>
   <si>
     <t>Guide for Testing Reinforced Concrete Structural Elements under Slowly Applied Simulated Seismic Loads</t>
   </si>
   <si>
     <t>ACI 374.1 : 2005</t>
   </si>
   <si>
     <t>Acceptance Criteria for Moment Frames Based on Structural Testing and Commentary</t>
   </si>
   <si>
     <t>ACI 369R : 2011</t>
   </si>