--- v0 (2025-10-07)
+++ v1 (2025-12-02)
@@ -44,54 +44,54 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ACI</t>
   </si>
   <si>
-    <t>ACI SPEC-548.17 SI : 2025</t>
-[...2 lines deleted...]
-    <t>Circular Precast Polymer- Concrete Manholes-Specification -  (SI Units)</t>
+    <t>ACI SPEC-548.17 : 2025</t>
+  </si>
+  <si>
+    <t>Circular Precast Polymer- Concrete Manholes-Specification</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>ACI 533.5R : 2020</t>
   </si>
   <si>
     <t>Guide for Precast Concrete Tunnel Segments</t>
   </si>
   <si>
     <t>ACI 550.4M : 2018</t>
   </si>
   <si>
     <t>Qualification of Precast Concrete Diaphragm Connections and Reinforcement at Joints for Earthquake Loading (ACI 550.4M-18) and Commentary (ACI 550.4RM-18)</t>
   </si>
   <si>
     <t>ACI 550.4 : 2018</t>
   </si>
   <si>
     <t>Qualification of Precast Concrete Diaphragm Connections and Reinforcement at Joints for Earthquake Loading (ACI 550.4-18) and Commentary (ACI 550.4R-18)</t>
   </si>
   <si>
     <t>ACI 550.5M : 2018</t>
   </si>