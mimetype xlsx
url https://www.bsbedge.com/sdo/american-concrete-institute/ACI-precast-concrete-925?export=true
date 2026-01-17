--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -547,54 +547,54 @@
       </c>
       <c r="H2">
         <v>54.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2020</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>89.0</v>
+        <v>94.0</v>
       </c>
       <c r="H3">
-        <v>89.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2018</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>64.5</v>
       </c>
       <c r="H4">