--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -53,54 +53,54 @@
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ACI</t>
   </si>
   <si>
     <t>ACI SPEC-548.14 SI : 2025</t>
   </si>
   <si>
     <t>Repairing Concrete with Epoxy Mortar – Specification SI Units</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
-    <t>ACI SPEC-548.17 SI : 2025</t>
-[...2 lines deleted...]
-    <t>Circular Precast Polymer- Concrete Manholes-Specification -  (SI Units)</t>
+    <t>ACI SPEC-548.17 : 2025</t>
+  </si>
+  <si>
+    <t>Circular Precast Polymer- Concrete Manholes-Specification</t>
   </si>
   <si>
     <t>ACI SPEC-548.14 : 2025</t>
   </si>
   <si>
     <t>Repairing Concrete with Epoxy Mortar - Specification</t>
   </si>
   <si>
     <t>ACI PRC 548.11 : 2024</t>
   </si>
   <si>
     <t>Application of Epoxy and Latex Adhesives for Bonding Freshly Mixed and Hardened Concretes—Guide</t>
   </si>
   <si>
     <t>ACI SPEC 548.10 SI : 2022</t>
   </si>
   <si>
     <t>Type Methyl Methacrylate Slurry (MMS) Polymer Overlays for Bridge and Parking Garage Deck—Specification (SI Units)</t>
   </si>
   <si>
     <t>ACI SPEC 548.13 SI : 2021</t>
   </si>
   <si>
     <t>Multi-Component Epoxy Adhesive for Bonding to Concrete—Specification (SI Units)</t>
   </si>