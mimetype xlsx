--- v0 (2025-10-10)
+++ v1 (2026-03-09)
@@ -714,54 +714,54 @@
       </c>
       <c r="H9">
         <v>31.5</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2022</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
       <c r="H10">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2009</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
         <v>54.5</v>
       </c>
       <c r="H11">