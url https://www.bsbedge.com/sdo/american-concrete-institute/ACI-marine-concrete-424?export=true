--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -490,54 +490,54 @@
       </c>
       <c r="H2">
         <v>89.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2024</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>94.0</v>
+        <v>99.0</v>
       </c>
       <c r="H3">
-        <v>94.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2010</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>76.5</v>
       </c>
       <c r="H4">