--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -44,87 +44,87 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ACI</t>
   </si>
   <si>
+    <t>ACI PRC-351.1 : 2012 (R2024)</t>
+  </si>
+  <si>
+    <t>ACI PRC-351.1-12 Report on Grouting Between Foundations and Bases for Support of Equipment &amp; Machinery (Reapproved 2024)</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>ACI SPEC-351.5 SI : 2024</t>
   </si>
   <si>
     <t>Epoxy Grout Installation between Foundations and Equipment Bases—Specification SI Units</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>ACI SPEC-351.4 SI : 2024</t>
   </si>
   <si>
     <t>Cementitious Grout Installation between Foundations and Equipment Bases—Specification (SI Units)</t>
   </si>
   <si>
     <t>ACI SPEC-351.5 : 2024</t>
   </si>
   <si>
     <t>Epoxy Grout Installation between Foundations and Equipment Bases—Specification</t>
   </si>
   <si>
     <t>ACI SPEC 351.4 : 2024</t>
   </si>
   <si>
     <t>Cementitious Grout Installation between Foundations and Equipment Bases—Specification</t>
   </si>
   <si>
     <t>ACI 351.4M : 2014</t>
   </si>
   <si>
     <t>Specification for Installation of Cementitious Grouting between Foundations and Equipment Bases (Metric)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Report on Grouting Between Foundations and Bases for Support of Equipment  &amp; Machinery</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -473,63 +473,63 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>54.0</v>
+        <v>65.5</v>
       </c>
       <c r="H2">
-        <v>54.0</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2024</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
         <v>54.0</v>
       </c>
       <c r="H3">
@@ -577,89 +577,89 @@
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
         <v>54.0</v>
       </c>
       <c r="H5">
         <v>54.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>47.5</v>
+        <v>54.0</v>
       </c>
       <c r="H6">
-        <v>47.5</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>65.5</v>
+        <v>47.5</v>
       </c>
       <c r="H7">
-        <v>65.5</v>
+        <v>47.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">