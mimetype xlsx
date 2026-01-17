--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -488,54 +488,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2020</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>234.0</v>
+        <v>244.0</v>
       </c>
       <c r="H2">
-        <v>234.0</v>
+        <v>244.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2012</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
         <v>94.5</v>
       </c>
       <c r="H3">