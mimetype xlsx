--- v0 (2025-10-27)
+++ v1 (2026-03-04)
@@ -570,54 +570,54 @@
       </c>
       <c r="H3">
         <v>309.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2020</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>89.0</v>
+        <v>94.0</v>
       </c>
       <c r="H4">
-        <v>89.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2020</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
         <v>54.0</v>
       </c>
       <c r="H5">
@@ -778,54 +778,54 @@
       </c>
       <c r="H11">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2021</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>259.0</v>
+        <v>274.0</v>
       </c>
       <c r="H12">
-        <v>259.0</v>
+        <v>274.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>2010</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
         <v>98.5</v>
       </c>
       <c r="H13">