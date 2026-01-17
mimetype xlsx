--- v0 (2025-10-07)
+++ v1 (2026-01-17)
@@ -528,54 +528,54 @@
       </c>
       <c r="H3">
         <v>59.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2016</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>79.0</v>
+        <v>84.0</v>
       </c>
       <c r="H4">
-        <v>79.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2013</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
         <v>56.5</v>
       </c>
       <c r="H5">