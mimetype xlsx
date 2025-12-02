--- v0 (2025-10-07)
+++ v1 (2025-12-02)
@@ -44,54 +44,54 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ACI</t>
   </si>
   <si>
-    <t>ACI SPEC-548.17 SI : 2025</t>
-[...2 lines deleted...]
-    <t>Circular Precast Polymer- Concrete Manholes-Specification -  (SI Units)</t>
+    <t>ACI SPEC-548.17 : 2025</t>
+  </si>
+  <si>
+    <t>Circular Precast Polymer- Concrete Manholes-Specification</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>ACI CODE-349 SI : 2023</t>
   </si>
   <si>
     <t>Nuclear Safety-Related Concrete Structures—Code Requirements and Commentary (SI Units)</t>
   </si>
   <si>
     <t>ACI CODE-318.2 : 2025</t>
   </si>
   <si>
     <t>Building Code for Concrete Thin Shells—Code Requirements and Commentary</t>
   </si>
   <si>
     <t>ACI 350 SI : 2020</t>
   </si>
   <si>
     <t>Code Requirements for Environmental Engineering Concrete Structures (ACI 350-20) and Commentary (ACI 350R-20) (SI Units)</t>
   </si>
   <si>
     <t>ACI MNL-3 : 2020</t>
   </si>