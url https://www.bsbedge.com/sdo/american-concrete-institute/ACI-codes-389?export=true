--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -550,132 +550,132 @@
       </c>
       <c r="H2">
         <v>54.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2023</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>154.0</v>
+        <v>164.0</v>
       </c>
       <c r="H3">
-        <v>154.0</v>
+        <v>164.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>0.0</v>
       </c>
       <c r="H4">
         <v>0.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2020</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>234.0</v>
+        <v>244.0</v>
       </c>
       <c r="H5">
-        <v>234.0</v>
+        <v>244.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6">
         <v>2020</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>144.0</v>
+        <v>149.0</v>
       </c>
       <c r="H6">
-        <v>144.0</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2019</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>55.5</v>
       </c>
       <c r="H7">
@@ -732,54 +732,54 @@
       </c>
       <c r="H9">
         <v>50.5</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10">
         <v>2020</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>234.0</v>
+        <v>244.0</v>
       </c>
       <c r="H10">
-        <v>234.0</v>
+        <v>244.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11">
         <v>2018</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
         <v>104.5</v>
       </c>
       <c r="H11">