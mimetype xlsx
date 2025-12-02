--- v0 (2025-10-07)
+++ v1 (2025-12-02)
@@ -44,51 +44,51 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ACI</t>
   </si>
   <si>
-    <t>ACI PRC 225 : 2023</t>
+    <t>ACI PRC-225 : 2023</t>
   </si>
   <si>
     <t>Guide to the Selection and Use of Hydraulic Cements</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>ACI 546.4R : 2020</t>
   </si>
   <si>
     <t>Guide for Jobsite Quality Control and Quality Assurance of Cementitious Packaged Materials</t>
   </si>
   <si>
     <t>ACI 225R : 2019</t>
   </si>
   <si>
     <t>ACI ITG-10.1R : 2018</t>
   </si>
   <si>
     <t>Report on Alternative Cements</t>
   </si>
   <si>
     <t>ACI 329.1T : 2018</t>
   </si>