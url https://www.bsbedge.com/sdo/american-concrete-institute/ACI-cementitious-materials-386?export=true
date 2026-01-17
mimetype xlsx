--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -12,98 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ACI</t>
   </si>
   <si>
-    <t>ACI PRC-225 : 2023</t>
+    <t>ACI PRC-225 : 2025</t>
+  </si>
+  <si>
+    <t>Selection and Use of Hydraulic Cements-Guide</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>ACI 546.4R : 2020</t>
+  </si>
+  <si>
+    <t>Guide for Jobsite Quality Control and Quality Assurance of Cementitious Packaged Materials</t>
+  </si>
+  <si>
+    <t>ACI 225R : 2019</t>
   </si>
   <si>
     <t>Guide to the Selection and Use of Hydraulic Cements</t>
-  </si>
-[...10 lines deleted...]
-    <t>ACI 225R : 2019</t>
   </si>
   <si>
     <t>ACI ITG-10.1R : 2018</t>
   </si>
   <si>
     <t>Report on Alternative Cements</t>
   </si>
   <si>
     <t>ACI 329.1T : 2018</t>
   </si>
   <si>
     <t>Minimum Cementitious Materials Content in Specifications</t>
   </si>
   <si>
     <t>ACI ITG-10R : 2018</t>
   </si>
   <si>
     <t>Practitioner’s Guide for Alternative Cements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -470,51 +473,51 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
         <v>49.5</v>
       </c>
       <c r="H2">
         <v>49.5</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
@@ -525,129 +528,129 @@
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
         <v>59.0</v>
       </c>
       <c r="H3">
         <v>59.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2019</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>49.5</v>
       </c>
       <c r="H4">
         <v>49.5</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D5">
         <v>2018</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
         <v>64.5</v>
       </c>
       <c r="H5">
         <v>64.5</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6">
         <v>2018</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>19.0</v>
       </c>
       <c r="H6">
         <v>19.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7">
         <v>2018</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
         <v>64.5</v>
       </c>
       <c r="H7">
         <v>64.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>