--- v0 (2025-10-07)
+++ v1 (2026-01-17)
@@ -44,63 +44,63 @@
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>ACI</t>
   </si>
   <si>
+    <t>ACI PRC-303 : 2025</t>
+  </si>
+  <si>
+    <t>Cast-in-Place Architectural Concrete Practice—Guide</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>ACI 533.1R : 2020</t>
   </si>
   <si>
     <t>Guide for Design and Construction Responsibilities for Architectural Precast Concrete</t>
-  </si>
-[...7 lines deleted...]
-    <t>Guide to Cast-in-Place Architectural Concrete Practice</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -449,89 +449,89 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>54.0</v>
+        <v>79.0</v>
       </c>
       <c r="H2">
-        <v>54.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>78.5</v>
+        <v>54.0</v>
       </c>
       <c r="H3">
-        <v>78.5</v>
+        <v>54.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">