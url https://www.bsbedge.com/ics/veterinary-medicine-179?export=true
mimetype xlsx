--- v0 (2026-02-07)
+++ v1 (2026-03-28)
@@ -38,116 +38,122 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
+    <t>ACTIVE</t>
+  </si>
+  <si>
+    <t>DIN</t>
+  </si>
+  <si>
+    <t>DIN EN 18029 : 2026</t>
+  </si>
+  <si>
+    <t>Animal health diagnostic analyses - Electronic data exchange in laboratory analysis</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>ASTM</t>
+  </si>
+  <si>
+    <t>ASTM F750 : 26</t>
+  </si>
+  <si>
+    <t>Standard Practice for Evaluating Acute Systemic Toxicity of Material Extracts by Systemic Injection in the Mouse</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>Definitive</t>
   </si>
   <si>
     <t>BSI</t>
   </si>
   <si>
     <t>BS EN 18000-1:2026</t>
   </si>
   <si>
     <t>Animal health diagnostic analyses. Control of in vitro diagnostic reagents - Application file for the initial and the batch-to-batch control</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>BS EN 18000-2:2026</t>
   </si>
   <si>
     <t>Animal health diagnostic analyses. Control of in vitro diagnostic reagents - Reagents for immunological techniques</t>
   </si>
   <si>
-    <t>ACTIVE</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM F749 : 25</t>
   </si>
   <si>
     <t>Standard Practice for Evaluating Material Extracts by Intracutaneous Injection in the Rabbit</t>
   </si>
   <si>
-    <t>USD</t>
-[...1 lines deleted...]
-  <si>
     <t>BS EN 18029:2025</t>
   </si>
   <si>
     <t>Animal health diagnostic analyses. Electronic data exchange in laboratory analysis</t>
   </si>
   <si>
     <t>25/30507115 DC</t>
   </si>
   <si>
     <t>BS EN 18000-3 Animal health diagnostic analyses - Control of in vitro diagnostic reagents - Part 3: Reagents for PCR techniques</t>
   </si>
   <si>
     <t>ASTM F720 : 24</t>
   </si>
   <si>
     <t>Standard Test Method for  Testing Guinea Pigs for Contact Allergens: Guinea Pig Maximization  Test</t>
   </si>
   <si>
-    <t>DIN</t>
-[...10 lines deleted...]
-  <si>
     <t>23/30478882 DC</t>
   </si>
   <si>
     <t>BS EN 18029. Animal health diagnostic analyses. Electronic data exchange in laboratory analysis</t>
   </si>
   <si>
     <t>DIN EN 18000-2 (DRAFT) : 2023</t>
   </si>
   <si>
     <t>Animal health diagnostic analyses - Control of in-vitro diagnostic reagents - Part 2: Reagents for immunological techniques; German and English version prEN 18000-2:2023</t>
   </si>
   <si>
     <t>DIN EN 18000-1 (DRAFT) : 2023</t>
   </si>
   <si>
     <t>Animal health diagnostic analyses - Control of in vitro diagnostic reagents - Part 1: Application file for the initial and the batch-to-batch control; German and English version prEN 18000-1:2023</t>
   </si>
   <si>
     <t>23/30478367 DC</t>
   </si>
   <si>
     <t>BS EN 18000-1. Animal health diagnostic analyses. Control of in vitro diagnostic reagents - Part 1. Application file for the initial and the batch-to-batch control</t>
   </si>
   <si>
     <t>23/30478370 DC</t>
@@ -165,56 +171,50 @@
     <t>Tracked Changes. Chemical disinfectants and antiseptics. Quantitative suspension test for the evaluation of virucidal activity of chemical disinfectants and antiseptics used in the veterinary area. Test method and requirements (Phase 2, step 1)</t>
   </si>
   <si>
     <t>BS EN 14675:2015</t>
   </si>
   <si>
     <t>Chemical disinfectants and antiseptics. Quantitative suspension test for the evaluation of virucidal activity of chemical disinfectants and antiseptics used in the veterinary area. Test method and requirements (Phase 2, step 1)</t>
   </si>
   <si>
     <t>BS 7659:1994</t>
   </si>
   <si>
     <t>Specification for dog muzzles</t>
   </si>
   <si>
     <t>BS 6155:1990</t>
   </si>
   <si>
     <t>Specification for tracheal tubes for large animals in veterinary anaesthesia</t>
   </si>
   <si>
     <t>ASTM E2045 : 22</t>
   </si>
   <si>
     <t>Standard Practice for  Detailed Clinical Observations of Test Animals</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Practice for  Evaluating Acute Systemic Toxicity of Material Extracts by  Systemic Injection in the Mouse</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -572,496 +572,496 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>272.0</v>
+        <v>160.09</v>
       </c>
       <c r="H2">
-        <v>272.0</v>
+        <v>160.09</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D3">
         <v>2026</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G3">
-        <v>166.0</v>
+        <v>64.0</v>
       </c>
       <c r="H3">
-        <v>166.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D4">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G4">
-        <v>64.0</v>
+        <v>272.0</v>
       </c>
       <c r="H4">
-        <v>64.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="G5">
-        <v>322.0</v>
+        <v>166.0</v>
       </c>
       <c r="H5">
-        <v>322.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D6">
-        <v>3</v>
+        <v>2025</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G6">
-        <v>20.0</v>
+        <v>64.0</v>
       </c>
       <c r="H6">
-        <v>20.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G7">
-        <v>64.0</v>
+        <v>322.0</v>
       </c>
       <c r="H7">
-        <v>64.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D8">
-        <v>2023</v>
+        <v>3</v>
       </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G8">
-        <v>128.22</v>
+        <v>20.0</v>
       </c>
       <c r="H8">
-        <v>128.22</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
-        <v>2</v>
+        <v>2024</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G9">
-        <v>20.0</v>
+        <v>64.0</v>
       </c>
       <c r="H9">
-        <v>20.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
-        <v>2023</v>
+        <v>2</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G10">
-        <v>77.2</v>
+        <v>20.0</v>
       </c>
       <c r="H10">
-        <v>77.2</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11">
         <v>2023</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="G11">
-        <v>105.42</v>
+        <v>77.2</v>
       </c>
       <c r="H11">
-        <v>105.42</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12">
-        <v>21</v>
+        <v>2023</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>20.0</v>
+        <v>105.42</v>
       </c>
       <c r="H12">
-        <v>20.0</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13">
         <v>21</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="G13">
         <v>20.0</v>
       </c>
       <c r="H13">
         <v>20.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" t="s">
         <v>40</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>21</v>
+      </c>
+      <c r="E14" t="s">
         <v>41</v>
       </c>
-      <c r="D14">
-[...4 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="G14">
-        <v>382.0</v>
+        <v>20.0</v>
       </c>
       <c r="H14">
-        <v>382.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B15" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15">
         <v>2015</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="G15">
-        <v>272.0</v>
+        <v>382.0</v>
       </c>
       <c r="H15">
-        <v>272.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16">
-        <v>1994</v>
+        <v>2015</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="G16">
-        <v>142.0</v>
+        <v>272.0</v>
       </c>
       <c r="H16">
-        <v>142.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
       <c r="D17">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
       <c r="F17" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="G17">
         <v>142.0</v>
       </c>
       <c r="H17">
         <v>142.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18">
-        <v>2022</v>
+        <v>1990</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G18">
-        <v>72.0</v>
+        <v>142.0</v>
       </c>
       <c r="H18">
-        <v>72.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G19">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H19">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">