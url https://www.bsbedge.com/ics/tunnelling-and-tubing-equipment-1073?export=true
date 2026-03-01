--- v0 (2025-10-06)
+++ v1 (2026-03-01)
@@ -515,262 +515,262 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2021</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H2">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2021</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H3">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2021</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
       <c r="H4">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5">
         <v>2020</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H5">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2020</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H6">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2020</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H7">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8">
         <v>2014</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H8">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>29</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>2009</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H9">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>2007</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H10">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">