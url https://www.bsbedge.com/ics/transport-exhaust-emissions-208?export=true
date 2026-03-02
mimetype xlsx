--- v0 (2026-01-11)
+++ v1 (2026-03-02)
@@ -401,111 +401,111 @@
   <si>
     <t>VDI 3862 Blatt 8 : 2015</t>
   </si>
   <si>
     <t>Measurement of gaseous emissions - Measurement of formaldehyde in the exhaust gas of combustion engines - FTIR method</t>
   </si>
   <si>
     <t>VDI 3790 Blatt 4 : 2018</t>
   </si>
   <si>
     <t>Environmental meteorology - Emission of gases, odours and dusts from diffusive sources - Dust emissions due to vehicle movements on roads not open to the public</t>
   </si>
   <si>
     <t>VDI 3782 Blatt 7 : 2020</t>
   </si>
   <si>
     <t>Environmental meteorology - Determination of the emission from motor vehicles - Air quality</t>
   </si>
   <si>
     <t>VDI 2096 Blatt 1 : 2014</t>
   </si>
   <si>
     <t>Low-emission street sweepers</t>
   </si>
   <si>
+    <t>Under Review</t>
+  </si>
+  <si>
+    <t>BS ISO 8178-4:2020</t>
+  </si>
+  <si>
+    <t>Reciprocating internal combustion engines. Exhaust emission measurement - Steady-state and transient test cycles for different engine applications</t>
+  </si>
+  <si>
+    <t>Confirmed</t>
+  </si>
+  <si>
+    <t>BS ISO 8178-3:2019</t>
+  </si>
+  <si>
+    <t>Reciprocating internal combustion engines. Exhaust emission measurement - Test procedures for measurement of exhaust gas smoke emissions from compression ignition engines using a filter type smoke meter</t>
+  </si>
+  <si>
+    <t>22/30408078 DC</t>
+  </si>
+  <si>
+    <t>BS ISO 23795-2. Intelligent transport systems (ITS). Extracting trip data via nomadic device for estimating CO&lt;sub&gt;2&lt;/sub&gt; emissions - Part 2. Information provision for eco-friendly driving behaviour</t>
+  </si>
+  <si>
+    <t>BS ISO 15031-6:2015 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Road vehicles. Communication between vehicle and external equipment for emissions-related diagnostics - Diagnostic trouble code definitions</t>
+  </si>
+  <si>
     <t>Revision Underway</t>
   </si>
   <si>
-    <t>BS ISO 8178-4:2020</t>
-[...25 lines deleted...]
-  <si>
     <t>BS ISO 8178-1:2020</t>
   </si>
   <si>
     <t>Reciprocating internal combustion engines. Exhaust emission measurement - Test-bed measurement systems of gaseous and particulate emissions</t>
   </si>
   <si>
     <t>BS ISO 15031-3:2023</t>
   </si>
   <si>
     <t>Road vehicles. Communication between vehicle and external equipment for emissions-related diagnostics - Diagnostic connector and related electrical circuits: Specification and use</t>
   </si>
   <si>
     <t>BS ISO 8178-9:2019</t>
   </si>
   <si>
     <t>Reciprocating internal combustion engines. Exhaust emission measurement - Test cycles and test procedures for measurement of exhaust gas smoke emissions from compression ignition engines using an opacimeter</t>
   </si>
   <si>
     <t>BS ISO 17479:2013+A1:2020</t>
   </si>
   <si>
     <t>Motorcycles. Measurement methods for gaseous exhaust emissions during inspection or maintenance</t>
   </si>
   <si>
     <t>BS ISO 6460-1:2022</t>
   </si>
   <si>
     <t>Motorcycles. Measurement method for gaseous exhaust emissions and fuel consumption - General test requirements</t>
-  </si>
-[...1 lines deleted...]
-    <t>Under Review</t>
   </si>
   <si>
     <t>BS ISO 8178-7:2015 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Reciprocating internal combustion engines. Exhaust emission measurement - Engine family determination</t>
   </si>
   <si>
     <t>19/30387317 DC</t>
   </si>
   <si>
     <t>BS ISO 8178-4 AMD1. Reciprocating internal combustion engines. Exhaust emission measurement - Part 4. Steady-state and transient test cycles for different engine applications</t>
   </si>
   <si>
     <t>BS ISO 8178-2:2021</t>
   </si>
   <si>
     <t>Reciprocating internal combustion engines. Exhaust emission measurement - Measurement of gaseous and particulate exhaust emissions under field conditions</t>
   </si>
   <si>
     <t>17/30364315 DC</t>
   </si>
   <si>
     <t>BS EN 1459-7. Rough-terrain trucks. Safety requirements and verification - Part 7. Test method and determination of noise emission</t>
   </si>
@@ -2355,236 +2355,236 @@
       </c>
       <c r="H48">
         <v>44.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>26</v>
       </c>
       <c r="B49" t="s">
         <v>111</v>
       </c>
       <c r="C49" t="s">
         <v>112</v>
       </c>
       <c r="D49">
         <v>2006</v>
       </c>
       <c r="E49" t="s">
         <v>113</v>
       </c>
       <c r="F49" t="s">
         <v>114</v>
       </c>
       <c r="G49">
-        <v>64.16</v>
+        <v>66.1</v>
       </c>
       <c r="H49">
-        <v>64.16</v>
+        <v>66.1</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>26</v>
       </c>
       <c r="B50" t="s">
         <v>111</v>
       </c>
       <c r="C50" t="s">
         <v>115</v>
       </c>
       <c r="D50">
         <v>2005</v>
       </c>
       <c r="E50" t="s">
         <v>116</v>
       </c>
       <c r="F50" t="s">
         <v>114</v>
       </c>
       <c r="G50">
-        <v>74.81</v>
+        <v>77.06</v>
       </c>
       <c r="H50">
-        <v>74.81</v>
+        <v>77.06</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>26</v>
       </c>
       <c r="B51" t="s">
         <v>111</v>
       </c>
       <c r="C51" t="s">
         <v>117</v>
       </c>
       <c r="D51">
         <v>2003</v>
       </c>
       <c r="E51" t="s">
         <v>118</v>
       </c>
       <c r="F51" t="s">
         <v>114</v>
       </c>
       <c r="G51">
-        <v>92.86</v>
+        <v>95.66</v>
       </c>
       <c r="H51">
-        <v>92.86</v>
+        <v>95.66</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>26</v>
       </c>
       <c r="B52" t="s">
         <v>111</v>
       </c>
       <c r="C52" t="s">
         <v>119</v>
       </c>
       <c r="D52">
         <v>2003</v>
       </c>
       <c r="E52" t="s">
         <v>120</v>
       </c>
       <c r="F52" t="s">
         <v>114</v>
       </c>
       <c r="G52">
-        <v>74.81</v>
+        <v>77.06</v>
       </c>
       <c r="H52">
-        <v>74.81</v>
+        <v>77.06</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>26</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53" t="s">
         <v>121</v>
       </c>
       <c r="D53">
         <v>2015</v>
       </c>
       <c r="E53" t="s">
         <v>122</v>
       </c>
       <c r="F53" t="s">
         <v>114</v>
       </c>
       <c r="G53">
-        <v>100.81</v>
+        <v>103.82</v>
       </c>
       <c r="H53">
-        <v>100.81</v>
+        <v>103.82</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>26</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54" t="s">
         <v>123</v>
       </c>
       <c r="D54">
         <v>2018</v>
       </c>
       <c r="E54" t="s">
         <v>124</v>
       </c>
       <c r="F54" t="s">
         <v>114</v>
       </c>
       <c r="G54">
-        <v>85.02</v>
+        <v>87.6</v>
       </c>
       <c r="H54">
-        <v>85.02</v>
+        <v>87.6</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>26</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" t="s">
         <v>125</v>
       </c>
       <c r="D55">
         <v>2020</v>
       </c>
       <c r="E55" t="s">
         <v>126</v>
       </c>
       <c r="F55" t="s">
         <v>114</v>
       </c>
       <c r="G55">
-        <v>342.95</v>
+        <v>353.28</v>
       </c>
       <c r="H55">
-        <v>342.95</v>
+        <v>353.28</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>26</v>
       </c>
       <c r="B56" t="s">
         <v>111</v>
       </c>
       <c r="C56" t="s">
         <v>127</v>
       </c>
       <c r="D56">
         <v>2014</v>
       </c>
       <c r="E56" t="s">
         <v>128</v>
       </c>
       <c r="F56" t="s">
         <v>114</v>
       </c>
       <c r="G56">
-        <v>125.86</v>
+        <v>129.62</v>
       </c>
       <c r="H56">
-        <v>125.86</v>
+        <v>129.62</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>129</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>130</v>
       </c>
       <c r="D57">
         <v>2020</v>
       </c>
       <c r="E57" t="s">
         <v>131</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57">
         <v>348.0</v>
       </c>
       <c r="H57">
@@ -2649,181 +2649,181 @@
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>137</v>
       </c>
       <c r="D60">
         <v>2015</v>
       </c>
       <c r="E60" t="s">
         <v>138</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60">
         <v>326.0</v>
       </c>
       <c r="H60">
         <v>326.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D61">
         <v>2020</v>
       </c>
       <c r="E61" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61">
         <v>348.0</v>
       </c>
       <c r="H61">
         <v>348.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D62">
         <v>2023</v>
       </c>
       <c r="E62" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62">
         <v>142.0</v>
       </c>
       <c r="H62">
         <v>142.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>132</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D63">
         <v>2019</v>
       </c>
       <c r="E63" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63">
         <v>348.0</v>
       </c>
       <c r="H63">
         <v>348.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D64">
         <v>2013</v>
       </c>
       <c r="E64" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64">
         <v>166.0</v>
       </c>
       <c r="H64">
         <v>166.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D65">
         <v>2022</v>
       </c>
       <c r="E65" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65">
         <v>322.0</v>
       </c>
       <c r="H65">
         <v>322.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>150</v>
       </c>
       <c r="D66">
         <v>2015</v>
       </c>
       <c r="E66" t="s">
         <v>151</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66">
         <v>234.0</v>
       </c>
       <c r="H66">
         <v>234.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
@@ -3007,51 +3007,51 @@
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>166</v>
       </c>
       <c r="D74">
         <v>2022</v>
       </c>
       <c r="E74" t="s">
         <v>167</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74">
         <v>272.0</v>
       </c>
       <c r="H74">
         <v>272.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>168</v>
       </c>
       <c r="D75">
         <v>2019</v>
       </c>
       <c r="E75" t="s">
         <v>169</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75">
         <v>322.0</v>
       </c>
       <c r="H75">
         <v>322.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
@@ -3134,51 +3134,51 @@
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>176</v>
       </c>
       <c r="D79">
         <v>2023</v>
       </c>
       <c r="E79" t="s">
         <v>177</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79">
         <v>200.0</v>
       </c>
       <c r="H79">
         <v>200.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>178</v>
       </c>
       <c r="D80">
         <v>2021</v>
       </c>
       <c r="E80" t="s">
         <v>179</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
         <v>306.0</v>
       </c>
       <c r="H80">
         <v>306.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
@@ -3204,54 +3204,54 @@
       </c>
       <c r="H81">
         <v>272.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>132</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>182</v>
       </c>
       <c r="D82">
         <v>2015</v>
       </c>
       <c r="E82" t="s">
         <v>183</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H82">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>132</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>184</v>
       </c>
       <c r="D83">
         <v>2012</v>
       </c>
       <c r="E83" t="s">
         <v>185</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
         <v>232.0</v>
       </c>
       <c r="H83">
@@ -3264,77 +3264,77 @@
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>186</v>
       </c>
       <c r="D84">
         <v>2007</v>
       </c>
       <c r="E84" t="s">
         <v>187</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
         <v>232.0</v>
       </c>
       <c r="H84">
         <v>232.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>188</v>
       </c>
       <c r="D85">
         <v>2015</v>
       </c>
       <c r="E85" t="s">
         <v>189</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
         <v>234.0</v>
       </c>
       <c r="H85">
         <v>234.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>190</v>
       </c>
       <c r="D86">
         <v>2020</v>
       </c>
       <c r="E86" t="s">
         <v>191</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
         <v>166.0</v>
       </c>
       <c r="H86">
         <v>166.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
@@ -3342,77 +3342,77 @@
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>192</v>
       </c>
       <c r="D87">
         <v>2002</v>
       </c>
       <c r="E87" t="s">
         <v>193</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
         <v>348.0</v>
       </c>
       <c r="H87">
         <v>348.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>194</v>
       </c>
       <c r="D88">
         <v>2019</v>
       </c>
       <c r="E88" t="s">
         <v>195</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
         <v>272.0</v>
       </c>
       <c r="H88">
         <v>272.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>196</v>
       </c>
       <c r="D89">
         <v>1998</v>
       </c>
       <c r="E89" t="s">
         <v>197</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
         <v>232.0</v>
       </c>
       <c r="H89">
         <v>232.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
@@ -3550,51 +3550,51 @@
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>208</v>
       </c>
       <c r="D95">
         <v>2006</v>
       </c>
       <c r="E95" t="s">
         <v>209</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
         <v>348.0</v>
       </c>
       <c r="H95">
         <v>348.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>210</v>
       </c>
       <c r="D96">
         <v>2015</v>
       </c>
       <c r="E96" t="s">
         <v>211</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
         <v>166.0</v>
       </c>
       <c r="H96">
         <v>166.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
@@ -3602,51 +3602,51 @@
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>212</v>
       </c>
       <c r="D97">
         <v>2015</v>
       </c>
       <c r="E97" t="s">
         <v>213</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
         <v>348.0</v>
       </c>
       <c r="H97">
         <v>348.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>214</v>
       </c>
       <c r="D98">
         <v>2015</v>
       </c>
       <c r="E98" t="s">
         <v>215</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
         <v>166.0</v>
       </c>
       <c r="H98">
         <v>166.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
@@ -3732,51 +3732,51 @@
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>222</v>
       </c>
       <c r="D102">
         <v>2014</v>
       </c>
       <c r="E102" t="s">
         <v>223</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
         <v>272.0</v>
       </c>
       <c r="H102">
         <v>272.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>224</v>
       </c>
       <c r="D103">
         <v>2014</v>
       </c>
       <c r="E103" t="s">
         <v>225</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
         <v>348.0</v>
       </c>
       <c r="H103">
         <v>348.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
@@ -3784,51 +3784,51 @@
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>226</v>
       </c>
       <c r="D104">
         <v>2018</v>
       </c>
       <c r="E104" t="s">
         <v>227</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
         <v>272.0</v>
       </c>
       <c r="H104">
         <v>272.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>228</v>
       </c>
       <c r="D105">
         <v>2018</v>
       </c>
       <c r="E105" t="s">
         <v>229</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
         <v>348.0</v>
       </c>
       <c r="H105">
         <v>348.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">