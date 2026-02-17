--- v0 (2025-10-04)
+++ v1 (2026-02-17)
@@ -12,106 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
+    <t>Published</t>
+  </si>
+  <si>
+    <t>ISO</t>
+  </si>
+  <si>
+    <t>ISO 10318-1:2026</t>
+  </si>
+  <si>
+    <t>Geosynthetics — Part 1: Vocabulary</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>Definitive</t>
+  </si>
+  <si>
+    <t>BSI</t>
+  </si>
+  <si>
+    <t>BS ISO 8159:2025</t>
+  </si>
+  <si>
+    <t>Textiles — Morphology of fibres and yarns — Vocabulary</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>ISO 8159:2025</t>
+  </si>
+  <si>
+    <t>Textiles — Morphology of fibres and yarns — Vocabulary</t>
+  </si>
+  <si>
     <t>ACTIVE</t>
   </si>
   <si>
     <t>DIN</t>
   </si>
   <si>
     <t>DIN EN ISO 2076 (DRAFT) : 2025</t>
   </si>
   <si>
     <t>Textiles - Man-made fibres - Generic names (ISO/DIS 2076:2025); German and English version prEN ISO 2076:2025</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
-    <t>Definitive</t>
-[...4 lines deleted...]
-  <si>
     <t>25/30501807 DC</t>
   </si>
   <si>
     <t>BS EN ISO 9092 Nonwovens — Vocabulary</t>
   </si>
   <si>
-    <t>GBP</t>
-[...1 lines deleted...]
-  <si>
     <t>25/30500675 DC</t>
   </si>
   <si>
     <t>BS EN ISO 2076 Textiles - Man-made fibres - Generic names</t>
   </si>
   <si>
     <t>DIN EN ISO 9092 (DRAFT) : 2025</t>
   </si>
   <si>
     <t>Nonwovens - Vocabulary (ISO/DIS 9092:2025); German and English version prEN ISO 9092:2025</t>
   </si>
   <si>
     <t>25/30507329 DC</t>
   </si>
   <si>
     <t>Draft BS ISO 8159 Textiles - Morphology of fibres and yarns - Vocabulary</t>
   </si>
   <si>
     <t>DIN EN 1885 : 2025</t>
   </si>
   <si>
     <t>Feather and down - Terms and definitions (includes Amendment :2025)</t>
   </si>
   <si>
     <t>BS EN 1885:2018+A1:2025</t>
@@ -158,65 +185,56 @@
   <si>
     <t>BS EN ISO 5157:2023</t>
   </si>
   <si>
     <t>Textiles. Environmental aspects. Vocabulary</t>
   </si>
   <si>
     <t>ASTM</t>
   </si>
   <si>
     <t>ASTM D4850 : 23</t>
   </si>
   <si>
     <t>Standard Terminology Relating to  Fabrics and Fabric Test Methods</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>ASTM D123 : 23</t>
   </si>
   <si>
     <t>Standard Terminology Relating to  Textiles</t>
   </si>
   <si>
-    <t>Published</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 5157:2023</t>
   </si>
   <si>
     <t>Textiles — Environmental aspects — Vocabulary</t>
   </si>
   <si>
-    <t>CHF</t>
-[...1 lines deleted...]
-  <si>
     <t>JSA</t>
   </si>
   <si>
     <t>JIS L 0222:2022</t>
   </si>
   <si>
     <t>Glossary of terms used in nonwoven industry</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>JIS L 0219:1988</t>
   </si>
   <si>
     <t>Glossary of terms used in ropes</t>
   </si>
   <si>
     <t>JIS L 0216:2022</t>
   </si>
   <si>
     <t>Glossary of terms used in feathers</t>
   </si>
   <si>
     <t>JIS L 0207:2005</t>
@@ -287,56 +305,50 @@
   <si>
     <t>ISO 4880:1997</t>
   </si>
   <si>
     <t>Burning behaviour of textiles and textile products — Vocabulary</t>
   </si>
   <si>
     <t>ISO 10782-1:1998</t>
   </si>
   <si>
     <t>Definitions and attributes of data elements for control and monitoring of textile processes — Part 1: Spinning, spinning preparatory and related processes</t>
   </si>
   <si>
     <t>ISO 8116-1:1995</t>
   </si>
   <si>
     <t>Textile machinery and accessories — Beams for winding — Part 1: General vocabulary</t>
   </si>
   <si>
     <t>ISO 8640-3:2002</t>
   </si>
   <si>
     <t>Textile machinery and accessories — Flat warp knitting machines — Part 3: Vocabulary of patterning devices</t>
   </si>
   <si>
-    <t>ISO 8159:1987</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 8640-2:2004</t>
   </si>
   <si>
     <t>Textile machinery and accessories — Flat warp knitting machines — Part 2: Vocabulary of warp let-off, fabric take-up and batching</t>
   </si>
   <si>
     <t>ISO 4921:2000</t>
   </si>
   <si>
     <t>Knitting — Basic concepts — Vocabulary</t>
   </si>
   <si>
     <t>ISO 8640-1:2004</t>
   </si>
   <si>
     <t>Textile machinery and accessories — Flat warp knitting machines — Part 1: Vocabulary of basic structure and knitting elements</t>
   </si>
   <si>
     <t>ISO 7839:2005</t>
   </si>
   <si>
     <t>Textile machinery and accessories — Knitting machines — Vocabulary and classification</t>
   </si>
   <si>
     <t>ISO 5247-3:1993</t>
@@ -395,104 +407,92 @@
   <si>
     <t>ISO 4683-1:1998</t>
   </si>
   <si>
     <t>Raw sheep skins — Part 1: Descriptions of defects</t>
   </si>
   <si>
     <t>ISO 7482-1:1998</t>
   </si>
   <si>
     <t>Raw goat skins — Part 1: Descriptions of defects</t>
   </si>
   <si>
     <t>ISO 26243:2007</t>
   </si>
   <si>
     <t>Cards for staple fibres spinning — Vocabulary and principles of construction</t>
   </si>
   <si>
     <t>ISO 5247-1:2004/Cor 1:2006</t>
   </si>
   <si>
     <t>Textile machinery and accessories — Weaving machines — Part 1: Vocabulary and classification — Technical Corrigendum 1</t>
   </si>
   <si>
-    <t>ISO 10318-1:2015</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 12912:2014</t>
   </si>
   <si>
     <t>Circular knitting machines — Vocabulary</t>
   </si>
   <si>
     <t>ISO 11676:2014</t>
   </si>
   <si>
     <t>Textile machinery and accessories — Pattern disks and pattern chains for warp knitting machines — Vocabulary and symbols</t>
   </si>
   <si>
     <t>ISO 6938:2012</t>
   </si>
   <si>
     <t>Textiles — Natural fibres — Generic names and definitions</t>
   </si>
   <si>
     <t>ISO 21485:2013</t>
   </si>
   <si>
     <t>Textile machinery — Draw frame for cotton spinning — Vocabulary and principles of construction</t>
   </si>
   <si>
     <t>ISO 1586:1977</t>
   </si>
   <si>
     <t>Textile machinery and accessories — Shuttles — Terms and designation in relation to the position of the shuttle eye</t>
   </si>
   <si>
     <t>ISO 18600:2015</t>
   </si>
   <si>
     <t>Textile machinery and accessories — Web roller cards — Terms and definitions</t>
   </si>
   <si>
     <t>ISO 15115:2019</t>
   </si>
   <si>
     <t>Leather — Vocabulary</t>
   </si>
   <si>
-    <t>ISO 10318-1:2015/Amd 1:2018</t>
-[...4 lines deleted...]
-  <si>
     <t>ISO 9092:2019</t>
   </si>
   <si>
     <t>Nonwovens — Vocabulary</t>
   </si>
   <si>
     <t>ISO/TR 23383:2020</t>
   </si>
   <si>
     <t>Textiles and textile products — Smart (Intelligent) textiles— Definitions, categorisation, applications and standardization needs</t>
   </si>
   <si>
     <t>ISO 2187:1990</t>
   </si>
   <si>
     <t>Spinning preparatory machinery, spinning and doubling (twisting) machinery — List of equivalent terms</t>
   </si>
   <si>
     <t>ISO 5238-1:1982</t>
   </si>
   <si>
     <t>Textile machinery and accessories — Packages of  yarns and intermediate products — Part 1: Terminology</t>
   </si>
   <si>
     <t>ISO 2205:1975</t>
@@ -1049,72 +1049,60 @@
   <si>
     <t>ASTM D7722 : 22</t>
   </si>
   <si>
     <t>Standard Terminology Relating to  Assembly of Textile Structures</t>
   </si>
   <si>
     <t>ASTM D3888 : 15(2022)</t>
   </si>
   <si>
     <t>Standard Terminology for  Yarn Spinning Systems</t>
   </si>
   <si>
     <t>ASTM D7139 : 20</t>
   </si>
   <si>
     <t>Standard Terminology for  Cotton Fibers</t>
   </si>
   <si>
     <t>ASTM D3990 : 12(2020)</t>
   </si>
   <si>
     <t>Standard Terminology Relating to  Fabric Defects</t>
   </si>
   <si>
-    <t>ASTM D6337 : 98(2019)</t>
-[...4 lines deleted...]
-  <si>
     <t>ASTM D4848 : 98(2018)</t>
   </si>
   <si>
     <t>Standard Terminology Related to  Force, Deformation and Related Properties of Textiles</t>
   </si>
   <si>
     <t>ASTM D4845 : 10(2018)</t>
   </si>
   <si>
     <t>Standard Terminology Relating to  Wool</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Terminology Relating to  Flax and Linen</t>
   </si>
   <si>
     <t>ASTM D4466 : 02(2018)</t>
   </si>
   <si>
     <t>Standard Terminology Related to  Multicomponent Textile Fibers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1424,4372 +1412,4320 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H166"/>
+  <dimension ref="A1:H164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>113.27</v>
+        <v>67.0</v>
       </c>
       <c r="H2">
-        <v>113.27</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>11</v>
+        <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
       <c r="H3">
-        <v>20.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
-        <v>2</v>
+        <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G4">
-        <v>20.0</v>
+        <v>67.0</v>
       </c>
       <c r="H4">
-        <v>20.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G5">
-        <v>47.38</v>
+        <v>116.64</v>
       </c>
       <c r="H5">
-        <v>47.38</v>
+        <v>116.64</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>17</v>
       </c>
       <c r="G6">
         <v>20.0</v>
       </c>
       <c r="H6">
         <v>20.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D7">
-        <v>2025</v>
+        <v>2</v>
       </c>
       <c r="E7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G7">
-        <v>102.43</v>
+        <v>20.0</v>
       </c>
       <c r="H7">
-        <v>102.43</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D8">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F8" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G8">
-        <v>220.0</v>
+        <v>48.79</v>
       </c>
       <c r="H8">
-        <v>220.0</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D9">
-        <v>2025</v>
+        <v>1</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G9">
-        <v>82.15</v>
+        <v>20.0</v>
       </c>
       <c r="H9">
-        <v>82.15</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G10">
-        <v>82.15</v>
+        <v>105.51</v>
       </c>
       <c r="H10">
-        <v>82.15</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D11">
-        <v>7</v>
+        <v>2018</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>17</v>
       </c>
       <c r="G11">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
       <c r="H11">
-        <v>20.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="B12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D12">
-        <v>4</v>
+        <v>2025</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F12" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G12">
-        <v>20.0</v>
+        <v>84.58</v>
       </c>
       <c r="H12">
-        <v>20.0</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G13">
-        <v>135.33</v>
+        <v>84.58</v>
       </c>
       <c r="H13">
-        <v>135.33</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D14">
-        <v>2023</v>
+        <v>7</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F14" t="s">
         <v>17</v>
       </c>
       <c r="G14">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
       <c r="H14">
-        <v>158.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D15">
-        <v>2023</v>
+        <v>4</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F15" t="s">
         <v>17</v>
       </c>
       <c r="G15">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
       <c r="H15">
-        <v>258.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D16">
         <v>2023</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="G16">
-        <v>76.0</v>
+        <v>139.44</v>
       </c>
       <c r="H16">
-        <v>76.0</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D17">
         <v>2023</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F17" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="G17">
-        <v>115.0</v>
+        <v>166.0</v>
       </c>
       <c r="H17">
-        <v>115.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="B18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D18">
         <v>2023</v>
       </c>
       <c r="E18" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F18" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G18">
-        <v>43.0</v>
+        <v>272.0</v>
       </c>
       <c r="H18">
-        <v>43.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B19" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19">
+        <v>2023</v>
+      </c>
+      <c r="E19" t="s">
         <v>53</v>
       </c>
-      <c r="C19" t="s">
+      <c r="F19" t="s">
         <v>54</v>
       </c>
-      <c r="D19">
-[...7 lines deleted...]
-      </c>
       <c r="G19">
-        <v>6800.0</v>
+        <v>80.0</v>
       </c>
       <c r="H19">
-        <v>6800.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C20" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D20">
-        <v>1988</v>
+        <v>2023</v>
       </c>
       <c r="E20" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F20" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G20">
-        <v>8000.0</v>
+        <v>121.0</v>
       </c>
       <c r="H20">
-        <v>8000.0</v>
+        <v>121.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D21">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E21" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F21" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="G21">
-        <v>4600.0</v>
+        <v>44.0</v>
       </c>
       <c r="H21">
-        <v>4600.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="C22" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22">
+        <v>2022</v>
+      </c>
+      <c r="E22" t="s">
         <v>61</v>
       </c>
-      <c r="D22">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
         <v>62</v>
       </c>
-      <c r="F22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22">
-        <v>15200.0</v>
+        <v>7900.0</v>
       </c>
       <c r="H22">
-        <v>15200.0</v>
+        <v>7900.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B23" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23">
-        <v>1995</v>
+        <v>1988</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
       <c r="F23" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="G23">
-        <v>5700.0</v>
+        <v>9200.0</v>
       </c>
       <c r="H23">
-        <v>5700.0</v>
+        <v>9200.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="B24" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
         <v>65</v>
       </c>
       <c r="D24">
-        <v>1980</v>
+        <v>2022</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="F24" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G24">
-        <v>43.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H24">
-        <v>43.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="B25" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C25" t="s">
         <v>67</v>
       </c>
       <c r="D25">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="E25" t="s">
         <v>68</v>
       </c>
       <c r="F25" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G25">
-        <v>132.0</v>
+        <v>16800.0</v>
       </c>
       <c r="H25">
-        <v>132.0</v>
+        <v>16800.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="B26" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C26" t="s">
         <v>69</v>
       </c>
       <c r="D26">
-        <v>1987</v>
+        <v>1995</v>
       </c>
       <c r="E26" t="s">
         <v>70</v>
       </c>
       <c r="F26" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G26">
-        <v>43.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H26">
-        <v>43.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>71</v>
       </c>
       <c r="D27">
-        <v>1998</v>
+        <v>1980</v>
       </c>
       <c r="E27" t="s">
         <v>72</v>
       </c>
       <c r="F27" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G27">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="H27">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
       <c r="D28">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E28" t="s">
         <v>74</v>
       </c>
       <c r="F28" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G28">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H28">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>75</v>
       </c>
       <c r="D29">
-        <v>1993</v>
+        <v>1987</v>
       </c>
       <c r="E29" t="s">
         <v>76</v>
       </c>
       <c r="F29" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G29">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H29">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>77</v>
       </c>
       <c r="D30">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="E30" t="s">
         <v>78</v>
       </c>
       <c r="F30" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G30">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
       <c r="H30">
-        <v>98.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>79</v>
       </c>
       <c r="D31">
-        <v>2004</v>
+        <v>1990</v>
       </c>
       <c r="E31" t="s">
         <v>80</v>
       </c>
       <c r="F31" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G31">
-        <v>199.0</v>
+        <v>135.0</v>
       </c>
       <c r="H31">
-        <v>199.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>81</v>
       </c>
       <c r="D32">
-        <v>2003</v>
+        <v>1993</v>
       </c>
       <c r="E32" t="s">
         <v>82</v>
       </c>
       <c r="F32" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G32">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H32">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>83</v>
       </c>
       <c r="D33">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E33" t="s">
         <v>84</v>
       </c>
       <c r="F33" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G33">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H33">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>85</v>
       </c>
       <c r="D34">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="E34" t="s">
         <v>86</v>
       </c>
       <c r="F34" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G34">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H34">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>87</v>
       </c>
       <c r="D35">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="E35" t="s">
         <v>88</v>
       </c>
       <c r="F35" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G35">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H35">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>89</v>
       </c>
       <c r="D36">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="E36" t="s">
         <v>90</v>
       </c>
       <c r="F36" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G36">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
       <c r="H36">
-        <v>155.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>91</v>
       </c>
       <c r="D37">
-        <v>1987</v>
+        <v>1998</v>
       </c>
       <c r="E37" t="s">
         <v>92</v>
       </c>
       <c r="F37" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G37">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
       <c r="H37">
-        <v>43.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>93</v>
       </c>
       <c r="D38">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="E38" t="s">
         <v>94</v>
       </c>
       <c r="F38" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G38">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
       <c r="H38">
-        <v>132.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B39" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>95</v>
       </c>
       <c r="D39">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E39" t="s">
         <v>96</v>
       </c>
       <c r="F39" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G39">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H39">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B40" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>97</v>
       </c>
       <c r="D40">
         <v>2004</v>
       </c>
       <c r="E40" t="s">
         <v>98</v>
       </c>
       <c r="F40" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G40">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
       <c r="H40">
-        <v>155.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>99</v>
       </c>
       <c r="D41">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E41" t="s">
         <v>100</v>
       </c>
       <c r="F41" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G41">
-        <v>98.0</v>
+        <v>159.0</v>
       </c>
       <c r="H41">
-        <v>98.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>101</v>
       </c>
       <c r="D42">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="E42" t="s">
         <v>102</v>
       </c>
       <c r="F42" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G42">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
       <c r="H42">
-        <v>177.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>103</v>
       </c>
       <c r="D43">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E43" t="s">
         <v>104</v>
       </c>
       <c r="F43" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G43">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H43">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>105</v>
       </c>
       <c r="D44">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="E44" t="s">
         <v>106</v>
       </c>
       <c r="F44" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G44">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
       <c r="H44">
-        <v>65.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>107</v>
       </c>
       <c r="D45">
         <v>2004</v>
       </c>
       <c r="E45" t="s">
         <v>108</v>
       </c>
       <c r="F45" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G45">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H45">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>109</v>
       </c>
       <c r="D46">
         <v>2004</v>
       </c>
       <c r="E46" t="s">
         <v>110</v>
       </c>
       <c r="F46" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G46">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H46">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B47" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>111</v>
       </c>
       <c r="D47">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E47" t="s">
         <v>112</v>
       </c>
       <c r="F47" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G47">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
       <c r="H47">
-        <v>155.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B48" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>113</v>
       </c>
       <c r="D48">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E48" t="s">
         <v>114</v>
       </c>
       <c r="F48" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G48">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
       <c r="H48">
-        <v>98.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>115</v>
       </c>
       <c r="D49">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="E49" t="s">
         <v>116</v>
       </c>
       <c r="F49" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G49">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
       <c r="H49">
-        <v>132.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B50" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>117</v>
       </c>
       <c r="D50">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="E50" t="s">
         <v>118</v>
       </c>
       <c r="F50" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G50">
-        <v>43.0</v>
+        <v>100.0</v>
       </c>
       <c r="H50">
-        <v>43.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B51" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>119</v>
       </c>
       <c r="D51">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="E51" t="s">
         <v>120</v>
       </c>
       <c r="F51" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G51">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
       <c r="H51">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B52" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>121</v>
       </c>
       <c r="D52">
         <v>1998</v>
       </c>
       <c r="E52" t="s">
         <v>122</v>
       </c>
       <c r="F52" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G52">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H52">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B53" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>123</v>
       </c>
       <c r="D53">
-        <v>2007</v>
+        <v>1998</v>
       </c>
       <c r="E53" t="s">
         <v>124</v>
       </c>
       <c r="F53" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G53">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H53">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B54" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>125</v>
       </c>
       <c r="D54">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="E54" t="s">
         <v>126</v>
       </c>
       <c r="F54" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G54">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
       <c r="H54">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B55" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>127</v>
       </c>
       <c r="D55">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E55" t="s">
         <v>128</v>
       </c>
       <c r="F55" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G55">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H55">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B56" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>129</v>
       </c>
       <c r="D56">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="E56" t="s">
         <v>130</v>
       </c>
       <c r="F56" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G56">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
       <c r="H56">
-        <v>132.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B57" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>131</v>
       </c>
       <c r="D57">
         <v>2014</v>
       </c>
       <c r="E57" t="s">
         <v>132</v>
       </c>
       <c r="F57" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G57">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
       <c r="H57">
-        <v>65.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B58" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>133</v>
       </c>
       <c r="D58">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E58" t="s">
         <v>134</v>
       </c>
       <c r="F58" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G58">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H58">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B59" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>135</v>
       </c>
       <c r="D59">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E59" t="s">
         <v>136</v>
       </c>
       <c r="F59" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G59">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H59">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B60" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>137</v>
       </c>
       <c r="D60">
-        <v>1977</v>
+        <v>2013</v>
       </c>
       <c r="E60" t="s">
         <v>138</v>
       </c>
       <c r="F60" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G60">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
       <c r="H60">
-        <v>65.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B61" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>139</v>
       </c>
       <c r="D61">
-        <v>2015</v>
+        <v>1977</v>
       </c>
       <c r="E61" t="s">
         <v>140</v>
       </c>
       <c r="F61" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G61">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H61">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B62" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>141</v>
       </c>
       <c r="D62">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="E62" t="s">
         <v>142</v>
       </c>
       <c r="F62" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G62">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
       <c r="H62">
-        <v>43.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B63" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>143</v>
       </c>
       <c r="D63">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E63" t="s">
         <v>144</v>
       </c>
       <c r="F63" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G63">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H63">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B64" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>145</v>
       </c>
       <c r="D64">
         <v>2019</v>
       </c>
       <c r="E64" t="s">
         <v>146</v>
       </c>
       <c r="F64" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G64">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H64">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B65" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>147</v>
       </c>
       <c r="D65">
         <v>2020</v>
       </c>
       <c r="E65" t="s">
         <v>148</v>
       </c>
       <c r="F65" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G65">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H65">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B66" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>149</v>
       </c>
       <c r="D66">
         <v>1990</v>
       </c>
       <c r="E66" t="s">
         <v>150</v>
       </c>
       <c r="F66" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G66">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H66">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B67" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>151</v>
       </c>
       <c r="D67">
         <v>1982</v>
       </c>
       <c r="E67" t="s">
         <v>152</v>
       </c>
       <c r="F67" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G67">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H67">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B68" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>153</v>
       </c>
       <c r="D68">
         <v>1975</v>
       </c>
       <c r="E68" t="s">
         <v>154</v>
       </c>
       <c r="F68" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G68">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H68">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B69" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>155</v>
       </c>
       <c r="D69">
         <v>1977</v>
       </c>
       <c r="E69" t="s">
         <v>156</v>
       </c>
       <c r="F69" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G69">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H69">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B70" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>157</v>
       </c>
       <c r="D70">
         <v>2021</v>
       </c>
       <c r="E70" t="s">
         <v>158</v>
       </c>
       <c r="F70" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G70">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H70">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B71" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>159</v>
       </c>
       <c r="D71">
         <v>1976</v>
       </c>
       <c r="E71" t="s">
         <v>160</v>
       </c>
       <c r="F71" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G71">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H71">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B72" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>161</v>
       </c>
       <c r="D72">
         <v>2001</v>
       </c>
       <c r="E72" t="s">
         <v>162</v>
       </c>
       <c r="F72" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G72">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H72">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B73" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>163</v>
       </c>
       <c r="D73">
         <v>2003</v>
       </c>
       <c r="E73" t="s">
         <v>164</v>
       </c>
       <c r="F73" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G73">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H73">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B74" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>165</v>
       </c>
       <c r="D74">
         <v>2003</v>
       </c>
       <c r="E74" t="s">
         <v>166</v>
       </c>
       <c r="F74" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G74">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H74">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B75" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>167</v>
       </c>
       <c r="D75">
         <v>1980</v>
       </c>
       <c r="E75" t="s">
         <v>168</v>
       </c>
       <c r="F75" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G75">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H75">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B76" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>169</v>
       </c>
       <c r="D76">
         <v>1982</v>
       </c>
       <c r="E76" t="s">
         <v>170</v>
       </c>
       <c r="F76" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G76">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H76">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B77" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>171</v>
       </c>
       <c r="D77">
         <v>1982</v>
       </c>
       <c r="E77" t="s">
         <v>172</v>
       </c>
       <c r="F77" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G77">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
       <c r="H77">
-        <v>98.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="B78" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>173</v>
       </c>
       <c r="D78">
         <v>1982</v>
       </c>
       <c r="E78" t="s">
         <v>174</v>
       </c>
       <c r="F78" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G78">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H78">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B79" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C79" t="s">
         <v>175</v>
       </c>
       <c r="D79">
         <v>2009</v>
       </c>
       <c r="E79" t="s">
         <v>176</v>
       </c>
       <c r="F79" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G79">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H79">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B80" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C80" t="s">
         <v>177</v>
       </c>
       <c r="D80">
         <v>2014</v>
       </c>
       <c r="E80" t="s">
         <v>178</v>
       </c>
       <c r="F80" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G80">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H80">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C81" t="s">
         <v>179</v>
       </c>
       <c r="D81">
         <v>2006</v>
       </c>
       <c r="E81" t="s">
         <v>180</v>
       </c>
       <c r="F81" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G81">
         <v>0.0</v>
       </c>
       <c r="H81">
         <v>0.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B82" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C82" t="s">
         <v>181</v>
       </c>
       <c r="D82">
         <v>2006</v>
       </c>
       <c r="E82" t="s">
         <v>182</v>
       </c>
       <c r="F82" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G82">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H82">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B83" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C83" t="s">
         <v>183</v>
       </c>
       <c r="D83">
         <v>2006</v>
       </c>
       <c r="E83" t="s">
         <v>184</v>
       </c>
       <c r="F83" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G83">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H83">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B84" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C84" t="s">
         <v>185</v>
       </c>
       <c r="D84">
         <v>2006</v>
       </c>
       <c r="E84" t="s">
         <v>186</v>
       </c>
       <c r="F84" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G84">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H84">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B85" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C85" t="s">
         <v>187</v>
       </c>
       <c r="D85">
         <v>2016</v>
       </c>
       <c r="E85" t="s">
         <v>188</v>
       </c>
       <c r="F85" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G85">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H85">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B86" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C86" t="s">
         <v>189</v>
       </c>
       <c r="D86">
         <v>2006</v>
       </c>
       <c r="E86" t="s">
         <v>190</v>
       </c>
       <c r="F86" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G86">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
       <c r="H86">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B87" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C87" t="s">
         <v>191</v>
       </c>
       <c r="D87">
         <v>2006</v>
       </c>
       <c r="E87" t="s">
         <v>192</v>
       </c>
       <c r="F87" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G87">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
       <c r="H87">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B88" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C88" t="s">
         <v>193</v>
       </c>
       <c r="D88">
         <v>2004</v>
       </c>
       <c r="E88" t="s">
         <v>194</v>
       </c>
       <c r="F88" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G88">
-        <v>47.38</v>
+        <v>48.79</v>
       </c>
       <c r="H88">
-        <v>47.38</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B89" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C89" t="s">
         <v>195</v>
       </c>
       <c r="D89">
         <v>2006</v>
       </c>
       <c r="E89" t="s">
         <v>196</v>
       </c>
       <c r="F89" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G89">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
       <c r="H89">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B90" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C90" t="s">
         <v>197</v>
       </c>
       <c r="D90">
         <v>2006</v>
       </c>
       <c r="E90" t="s">
         <v>198</v>
       </c>
       <c r="F90" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G90">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
       <c r="H90">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B91" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C91" t="s">
         <v>199</v>
       </c>
       <c r="D91">
         <v>2006</v>
       </c>
       <c r="E91" t="s">
         <v>200</v>
       </c>
       <c r="F91" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G91">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H91">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B92" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C92" t="s">
         <v>201</v>
       </c>
       <c r="D92">
         <v>2003</v>
       </c>
       <c r="E92" t="s">
         <v>202</v>
       </c>
       <c r="F92" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G92">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
       <c r="H92">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B93" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C93" t="s">
         <v>203</v>
       </c>
       <c r="D93">
         <v>2006</v>
       </c>
       <c r="E93" t="s">
         <v>204</v>
       </c>
       <c r="F93" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G93">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
       <c r="H93">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B94" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C94" t="s">
         <v>205</v>
       </c>
       <c r="D94">
         <v>2006</v>
       </c>
       <c r="E94" t="s">
         <v>206</v>
       </c>
       <c r="F94" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G94">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H94">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B95" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C95" t="s">
         <v>207</v>
       </c>
       <c r="D95">
         <v>2006</v>
       </c>
       <c r="E95" t="s">
         <v>208</v>
       </c>
       <c r="F95" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G95">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H95">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B96" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C96" t="s">
         <v>209</v>
       </c>
       <c r="D96">
         <v>2004</v>
       </c>
       <c r="E96" t="s">
         <v>210</v>
       </c>
       <c r="F96" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G96">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
       <c r="H96">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B97" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C97" t="s">
         <v>211</v>
       </c>
       <c r="D97">
         <v>2004</v>
       </c>
       <c r="E97" t="s">
         <v>212</v>
       </c>
       <c r="F97" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G97">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
       <c r="H97">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B98" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C98" t="s">
         <v>213</v>
       </c>
       <c r="D98">
         <v>1997</v>
       </c>
       <c r="E98" t="s">
         <v>214</v>
       </c>
       <c r="F98" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G98">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
       <c r="H98">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B99" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C99" t="s">
         <v>215</v>
       </c>
       <c r="D99">
         <v>2007</v>
       </c>
       <c r="E99" t="s">
         <v>216</v>
       </c>
       <c r="F99" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G99">
         <v>0.0</v>
       </c>
       <c r="H99">
         <v>0.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B100" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C100" t="s">
         <v>217</v>
       </c>
       <c r="D100">
         <v>2005</v>
       </c>
       <c r="E100" t="s">
         <v>218</v>
       </c>
       <c r="F100" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G100">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H100">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B101" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C101" t="s">
         <v>219</v>
       </c>
       <c r="D101">
         <v>2018</v>
       </c>
       <c r="E101" t="s">
         <v>220</v>
       </c>
       <c r="F101" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G101">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
       <c r="H101">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B102" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C102" t="s">
         <v>221</v>
       </c>
       <c r="D102">
         <v>2019</v>
       </c>
       <c r="E102" t="s">
         <v>222</v>
       </c>
       <c r="F102" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G102">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H102">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B103" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C103" t="s">
         <v>223</v>
       </c>
       <c r="D103">
         <v>2003</v>
       </c>
       <c r="E103" t="s">
         <v>224</v>
       </c>
       <c r="F103" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G103">
-        <v>211.03</v>
+        <v>217.38</v>
       </c>
       <c r="H103">
-        <v>211.03</v>
+        <v>217.38</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B104" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C104" t="s">
         <v>225</v>
       </c>
       <c r="D104">
         <v>2015</v>
       </c>
       <c r="E104" t="s">
         <v>226</v>
       </c>
       <c r="F104" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G104">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H104">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B105" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C105" t="s">
         <v>227</v>
       </c>
       <c r="D105">
         <v>2022</v>
       </c>
       <c r="E105" t="s">
         <v>228</v>
       </c>
       <c r="F105" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G105">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H105">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B106" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C106" t="s">
         <v>229</v>
       </c>
       <c r="D106">
         <v>2005</v>
       </c>
       <c r="E106" t="s">
         <v>230</v>
       </c>
       <c r="F106" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G106">
-        <v>140.93</v>
+        <v>145.14</v>
       </c>
       <c r="H106">
-        <v>140.93</v>
+        <v>145.14</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B107" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C107" t="s">
         <v>231</v>
       </c>
       <c r="D107">
         <v>2003</v>
       </c>
       <c r="E107" t="s">
         <v>232</v>
       </c>
       <c r="F107" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G107">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
       <c r="H107">
-        <v>59.35</v>
+        <v>61.12</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B108" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C108" t="s">
         <v>233</v>
       </c>
       <c r="D108">
         <v>2023</v>
       </c>
       <c r="E108" t="s">
         <v>234</v>
       </c>
       <c r="F108" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G108">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H108">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B109" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C109" t="s">
         <v>235</v>
       </c>
       <c r="D109">
         <v>2013</v>
       </c>
       <c r="E109" t="s">
         <v>236</v>
       </c>
       <c r="F109" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G109">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H109">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B110" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C110" t="s">
         <v>237</v>
       </c>
       <c r="D110">
         <v>2022</v>
       </c>
       <c r="E110" t="s">
         <v>238</v>
       </c>
       <c r="F110" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G110">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H110">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B111" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C111" t="s">
         <v>239</v>
       </c>
       <c r="D111">
         <v>2003</v>
       </c>
       <c r="E111" t="s">
         <v>240</v>
       </c>
       <c r="F111" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G111">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
       <c r="H111">
-        <v>54.49</v>
+        <v>56.17</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>13</v>
       </c>
       <c r="B112" t="s">
         <v>14</v>
       </c>
       <c r="C112" t="s">
         <v>241</v>
       </c>
       <c r="D112">
         <v>22</v>
       </c>
       <c r="E112" t="s">
         <v>242</v>
       </c>
       <c r="F112" t="s">
         <v>17</v>
       </c>
       <c r="G112">
         <v>20.0</v>
       </c>
       <c r="H112">
         <v>20.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>243</v>
       </c>
       <c r="B113" t="s">
         <v>14</v>
       </c>
       <c r="C113" t="s">
         <v>244</v>
       </c>
       <c r="D113">
         <v>2021</v>
       </c>
       <c r="E113" t="s">
         <v>245</v>
       </c>
       <c r="F113" t="s">
         <v>17</v>
       </c>
       <c r="G113">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H113">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>246</v>
       </c>
       <c r="B114" t="s">
         <v>14</v>
       </c>
       <c r="C114" t="s">
         <v>247</v>
       </c>
       <c r="D114">
         <v>2019</v>
       </c>
       <c r="E114" t="s">
         <v>248</v>
       </c>
       <c r="F114" t="s">
         <v>17</v>
       </c>
       <c r="G114">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H114">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>13</v>
       </c>
       <c r="B115" t="s">
         <v>14</v>
       </c>
       <c r="C115" t="s">
         <v>249</v>
       </c>
       <c r="D115">
         <v>2022</v>
       </c>
       <c r="E115" t="s">
         <v>250</v>
       </c>
       <c r="F115" t="s">
         <v>17</v>
       </c>
       <c r="G115">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H115">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>246</v>
       </c>
       <c r="B116" t="s">
         <v>14</v>
       </c>
       <c r="C116" t="s">
         <v>251</v>
       </c>
       <c r="D116">
         <v>2021</v>
       </c>
       <c r="E116" t="s">
         <v>252</v>
       </c>
       <c r="F116" t="s">
         <v>17</v>
       </c>
       <c r="G116">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H116">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>13</v>
       </c>
       <c r="B117" t="s">
         <v>14</v>
       </c>
       <c r="C117" t="s">
         <v>253</v>
       </c>
       <c r="D117">
         <v>2020</v>
       </c>
       <c r="E117" t="s">
         <v>254</v>
       </c>
       <c r="F117" t="s">
         <v>17</v>
       </c>
       <c r="G117">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H117">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>13</v>
       </c>
       <c r="B118" t="s">
         <v>14</v>
       </c>
       <c r="C118" t="s">
         <v>255</v>
       </c>
       <c r="D118">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>256</v>
       </c>
       <c r="F118" t="s">
         <v>17</v>
       </c>
       <c r="G118">
         <v>20.0</v>
       </c>
       <c r="H118">
         <v>20.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>243</v>
       </c>
       <c r="B119" t="s">
         <v>14</v>
       </c>
       <c r="C119" t="s">
         <v>257</v>
       </c>
       <c r="D119">
         <v>2019</v>
       </c>
       <c r="E119" t="s">
         <v>258</v>
       </c>
       <c r="F119" t="s">
         <v>17</v>
       </c>
       <c r="G119">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H119">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>243</v>
       </c>
       <c r="B120" t="s">
         <v>14</v>
       </c>
       <c r="C120" t="s">
         <v>259</v>
       </c>
       <c r="D120">
         <v>1997</v>
       </c>
       <c r="E120" t="s">
         <v>260</v>
       </c>
       <c r="F120" t="s">
         <v>17</v>
       </c>
       <c r="G120">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H120">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>261</v>
       </c>
       <c r="B121" t="s">
         <v>14</v>
       </c>
       <c r="C121" t="s">
         <v>262</v>
       </c>
       <c r="D121">
         <v>2015</v>
       </c>
       <c r="E121" t="s">
         <v>263</v>
       </c>
       <c r="F121" t="s">
         <v>17</v>
       </c>
       <c r="G121">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H121">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>243</v>
       </c>
       <c r="B122" t="s">
         <v>14</v>
       </c>
       <c r="C122" t="s">
         <v>264</v>
       </c>
       <c r="D122">
         <v>2003</v>
       </c>
       <c r="E122" t="s">
         <v>265</v>
       </c>
       <c r="F122" t="s">
         <v>17</v>
       </c>
       <c r="G122">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H122">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>261</v>
       </c>
       <c r="B123" t="s">
         <v>14</v>
       </c>
       <c r="C123" t="s">
         <v>266</v>
       </c>
       <c r="D123">
         <v>2004</v>
       </c>
       <c r="E123" t="s">
         <v>267</v>
       </c>
       <c r="F123" t="s">
         <v>17</v>
       </c>
       <c r="G123">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H123">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>243</v>
       </c>
       <c r="B124" t="s">
         <v>14</v>
       </c>
       <c r="C124" t="s">
         <v>268</v>
       </c>
       <c r="D124">
         <v>1990</v>
       </c>
       <c r="E124" t="s">
         <v>269</v>
       </c>
       <c r="F124" t="s">
         <v>17</v>
       </c>
       <c r="G124">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H124">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>261</v>
       </c>
       <c r="B125" t="s">
         <v>14</v>
       </c>
       <c r="C125" t="s">
         <v>270</v>
       </c>
       <c r="D125">
         <v>2014</v>
       </c>
       <c r="E125" t="s">
         <v>271</v>
       </c>
       <c r="F125" t="s">
         <v>17</v>
       </c>
       <c r="G125">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H125">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>261</v>
       </c>
       <c r="B126" t="s">
         <v>14</v>
       </c>
       <c r="C126" t="s">
         <v>272</v>
       </c>
       <c r="D126">
         <v>2014</v>
       </c>
       <c r="E126" t="s">
         <v>273</v>
       </c>
       <c r="F126" t="s">
         <v>17</v>
       </c>
       <c r="G126">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H126">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>261</v>
       </c>
       <c r="B127" t="s">
         <v>14</v>
       </c>
       <c r="C127" t="s">
         <v>274</v>
       </c>
       <c r="D127">
         <v>2003</v>
       </c>
       <c r="E127" t="s">
         <v>275</v>
       </c>
       <c r="F127" t="s">
         <v>17</v>
       </c>
       <c r="G127">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H127">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>261</v>
       </c>
       <c r="B128" t="s">
         <v>14</v>
       </c>
       <c r="C128" t="s">
         <v>276</v>
       </c>
       <c r="D128">
         <v>1993</v>
       </c>
       <c r="E128" t="s">
         <v>277</v>
       </c>
       <c r="F128" t="s">
         <v>17</v>
       </c>
       <c r="G128">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H128">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>13</v>
       </c>
       <c r="B129" t="s">
         <v>14</v>
       </c>
       <c r="C129" t="s">
         <v>278</v>
       </c>
       <c r="D129">
         <v>2022</v>
       </c>
       <c r="E129" t="s">
         <v>279</v>
       </c>
       <c r="F129" t="s">
         <v>17</v>
       </c>
       <c r="G129">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H129">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>243</v>
       </c>
       <c r="B130" t="s">
         <v>14</v>
       </c>
       <c r="C130" t="s">
         <v>280</v>
       </c>
       <c r="D130">
         <v>2018</v>
       </c>
       <c r="E130" t="s">
         <v>281</v>
       </c>
       <c r="F130" t="s">
         <v>17</v>
       </c>
       <c r="G130">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H130">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>261</v>
+        <v>243</v>
       </c>
       <c r="B131" t="s">
         <v>14</v>
       </c>
       <c r="C131" t="s">
         <v>282</v>
       </c>
       <c r="D131">
         <v>2005</v>
       </c>
       <c r="E131" t="s">
         <v>283</v>
       </c>
       <c r="F131" t="s">
         <v>17</v>
       </c>
       <c r="G131">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H131">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>243</v>
       </c>
       <c r="B132" t="s">
         <v>14</v>
       </c>
       <c r="C132" t="s">
         <v>284</v>
       </c>
       <c r="D132">
         <v>2003</v>
       </c>
       <c r="E132" t="s">
         <v>285</v>
       </c>
       <c r="F132" t="s">
         <v>17</v>
       </c>
       <c r="G132">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H132">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>243</v>
       </c>
       <c r="B133" t="s">
         <v>14</v>
       </c>
       <c r="C133" t="s">
         <v>286</v>
       </c>
       <c r="D133">
         <v>1977</v>
       </c>
       <c r="E133" t="s">
         <v>287</v>
       </c>
       <c r="F133" t="s">
         <v>17</v>
       </c>
       <c r="G133">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H133">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>246</v>
       </c>
       <c r="B134" t="s">
         <v>14</v>
       </c>
       <c r="C134" t="s">
         <v>288</v>
       </c>
       <c r="D134">
         <v>2019</v>
       </c>
       <c r="E134" t="s">
         <v>289</v>
       </c>
       <c r="F134" t="s">
         <v>17</v>
       </c>
       <c r="G134">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H134">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>261</v>
       </c>
       <c r="B135" t="s">
         <v>14</v>
       </c>
       <c r="C135" t="s">
         <v>290</v>
       </c>
       <c r="D135">
         <v>2005</v>
       </c>
       <c r="E135" t="s">
         <v>291</v>
       </c>
       <c r="F135" t="s">
         <v>17</v>
       </c>
       <c r="G135">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H135">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>243</v>
       </c>
       <c r="B136" t="s">
         <v>14</v>
       </c>
       <c r="C136" t="s">
         <v>292</v>
       </c>
       <c r="D136">
         <v>2013</v>
       </c>
       <c r="E136" t="s">
         <v>293</v>
       </c>
       <c r="F136" t="s">
         <v>17</v>
       </c>
       <c r="G136">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H136">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>243</v>
       </c>
       <c r="B137" t="s">
         <v>14</v>
       </c>
       <c r="C137" t="s">
         <v>294</v>
       </c>
       <c r="D137">
         <v>2015</v>
       </c>
       <c r="E137" t="s">
         <v>295</v>
       </c>
       <c r="F137" t="s">
         <v>17</v>
       </c>
       <c r="G137">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H137">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>261</v>
       </c>
       <c r="B138" t="s">
         <v>14</v>
       </c>
       <c r="C138" t="s">
         <v>296</v>
       </c>
       <c r="D138">
         <v>1990</v>
       </c>
       <c r="E138" t="s">
         <v>297</v>
       </c>
       <c r="F138" t="s">
         <v>17</v>
       </c>
       <c r="G138">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H138">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>243</v>
       </c>
       <c r="B139" t="s">
         <v>14</v>
       </c>
       <c r="C139" t="s">
         <v>298</v>
       </c>
       <c r="D139">
         <v>2003</v>
       </c>
       <c r="E139" t="s">
         <v>299</v>
       </c>
       <c r="F139" t="s">
         <v>17</v>
       </c>
       <c r="G139">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H139">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>300</v>
       </c>
       <c r="B140" t="s">
         <v>14</v>
       </c>
       <c r="C140" t="s">
         <v>301</v>
       </c>
       <c r="D140">
         <v>2003</v>
       </c>
       <c r="E140" t="s">
         <v>302</v>
       </c>
       <c r="F140" t="s">
         <v>17</v>
       </c>
       <c r="G140">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H140">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>261</v>
       </c>
       <c r="B141" t="s">
         <v>14</v>
       </c>
       <c r="C141" t="s">
         <v>303</v>
       </c>
       <c r="D141">
         <v>2001</v>
       </c>
       <c r="E141" t="s">
         <v>304</v>
       </c>
       <c r="F141" t="s">
         <v>17</v>
       </c>
       <c r="G141">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H141">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>261</v>
       </c>
       <c r="B142" t="s">
         <v>14</v>
       </c>
       <c r="C142" t="s">
         <v>305</v>
       </c>
       <c r="D142">
         <v>1983</v>
       </c>
       <c r="E142" t="s">
         <v>306</v>
       </c>
       <c r="F142" t="s">
         <v>17</v>
       </c>
       <c r="G142">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H142">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>261</v>
       </c>
       <c r="B143" t="s">
         <v>14</v>
       </c>
       <c r="C143" t="s">
         <v>307</v>
       </c>
       <c r="D143">
         <v>2002</v>
       </c>
       <c r="E143" t="s">
         <v>308</v>
       </c>
       <c r="F143" t="s">
         <v>17</v>
       </c>
       <c r="G143">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H143">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>261</v>
       </c>
       <c r="B144" t="s">
         <v>14</v>
       </c>
       <c r="C144" t="s">
         <v>309</v>
       </c>
       <c r="D144">
         <v>1989</v>
       </c>
       <c r="E144" t="s">
         <v>310</v>
       </c>
       <c r="F144" t="s">
         <v>17</v>
       </c>
       <c r="G144">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H144">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>300</v>
       </c>
       <c r="B145" t="s">
         <v>14</v>
       </c>
       <c r="C145" t="s">
         <v>311</v>
       </c>
       <c r="D145">
         <v>2008</v>
       </c>
       <c r="E145" t="s">
         <v>312</v>
       </c>
       <c r="F145" t="s">
         <v>17</v>
       </c>
       <c r="G145">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H145">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>300</v>
       </c>
       <c r="B146" t="s">
         <v>14</v>
       </c>
       <c r="C146" t="s">
         <v>313</v>
       </c>
       <c r="D146">
         <v>2006</v>
       </c>
       <c r="E146" t="s">
         <v>314</v>
       </c>
       <c r="F146" t="s">
         <v>17</v>
       </c>
       <c r="G146">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H146">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>261</v>
       </c>
       <c r="B147" t="s">
         <v>14</v>
       </c>
       <c r="C147" t="s">
         <v>315</v>
       </c>
       <c r="D147">
         <v>2004</v>
       </c>
       <c r="E147" t="s">
         <v>316</v>
       </c>
       <c r="F147" t="s">
         <v>17</v>
       </c>
       <c r="G147">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H147">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>13</v>
       </c>
       <c r="B148" t="s">
         <v>14</v>
       </c>
       <c r="C148" t="s">
         <v>317</v>
       </c>
       <c r="D148">
         <v>1980</v>
       </c>
       <c r="E148" t="s">
         <v>318</v>
       </c>
       <c r="F148" t="s">
         <v>17</v>
       </c>
       <c r="G148">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H148">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>243</v>
       </c>
       <c r="B149" t="s">
         <v>14</v>
       </c>
       <c r="C149" t="s">
         <v>319</v>
       </c>
       <c r="D149">
         <v>1992</v>
       </c>
       <c r="E149" t="s">
         <v>320</v>
       </c>
       <c r="F149" t="s">
         <v>17</v>
       </c>
       <c r="G149">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H149">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>243</v>
       </c>
       <c r="B150" t="s">
         <v>14</v>
       </c>
       <c r="C150" t="s">
         <v>321</v>
       </c>
       <c r="D150">
         <v>1990</v>
       </c>
       <c r="E150" t="s">
         <v>322</v>
       </c>
       <c r="F150" t="s">
         <v>17</v>
       </c>
       <c r="G150">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H150">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>261</v>
       </c>
       <c r="B151" t="s">
         <v>14</v>
       </c>
       <c r="C151" t="s">
         <v>323</v>
       </c>
       <c r="D151">
         <v>2007</v>
       </c>
       <c r="E151" t="s">
         <v>324</v>
       </c>
       <c r="F151" t="s">
         <v>17</v>
       </c>
       <c r="G151">
         <v>158.0</v>
       </c>
       <c r="H151">
         <v>158.0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>261</v>
       </c>
       <c r="B152" t="s">
         <v>14</v>
       </c>
       <c r="C152" t="s">
         <v>325</v>
       </c>
       <c r="D152">
         <v>2002</v>
       </c>
       <c r="E152" t="s">
         <v>326</v>
       </c>
       <c r="F152" t="s">
         <v>17</v>
       </c>
       <c r="G152">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H152">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>243</v>
       </c>
       <c r="B153" t="s">
         <v>14</v>
       </c>
       <c r="C153" t="s">
         <v>327</v>
       </c>
       <c r="D153">
         <v>2014</v>
       </c>
       <c r="E153" t="s">
         <v>328</v>
       </c>
       <c r="F153" t="s">
         <v>17</v>
       </c>
       <c r="G153">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H153">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>243</v>
       </c>
       <c r="B154" t="s">
         <v>14</v>
       </c>
       <c r="C154" t="s">
         <v>329</v>
       </c>
       <c r="D154">
         <v>1990</v>
       </c>
       <c r="E154" t="s">
         <v>330</v>
       </c>
       <c r="F154" t="s">
         <v>17</v>
       </c>
       <c r="G154">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H154">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>261</v>
       </c>
       <c r="B155" t="s">
         <v>14</v>
       </c>
       <c r="C155" t="s">
         <v>331</v>
       </c>
       <c r="D155">
         <v>2002</v>
       </c>
       <c r="E155" t="s">
         <v>332</v>
       </c>
       <c r="F155" t="s">
         <v>17</v>
       </c>
       <c r="G155">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H155">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>261</v>
       </c>
       <c r="B156" t="s">
         <v>14</v>
       </c>
       <c r="C156" t="s">
         <v>333</v>
       </c>
       <c r="D156">
         <v>2004</v>
       </c>
       <c r="E156" t="s">
         <v>334</v>
       </c>
       <c r="F156" t="s">
         <v>17</v>
       </c>
       <c r="G156">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H156">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B157" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C157" t="s">
         <v>335</v>
       </c>
       <c r="D157">
         <v>2023</v>
       </c>
       <c r="E157" t="s">
         <v>336</v>
       </c>
       <c r="F157" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="G157">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H157">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B158" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C158" t="s">
         <v>337</v>
       </c>
       <c r="D158">
         <v>2022</v>
       </c>
       <c r="E158" t="s">
         <v>338</v>
       </c>
       <c r="F158" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="G158">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H158">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B159" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C159" t="s">
         <v>339</v>
       </c>
       <c r="D159">
         <v>2015</v>
       </c>
       <c r="E159" t="s">
         <v>340</v>
       </c>
       <c r="F159" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="G159">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H159">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B160" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C160" t="s">
         <v>341</v>
       </c>
       <c r="D160">
         <v>2020</v>
       </c>
       <c r="E160" t="s">
         <v>342</v>
       </c>
       <c r="F160" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="G160">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H160">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B161" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C161" t="s">
         <v>343</v>
       </c>
       <c r="D161">
         <v>2012</v>
       </c>
       <c r="E161" t="s">
         <v>344</v>
       </c>
       <c r="F161" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="G161">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H161">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B162" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C162" t="s">
         <v>345</v>
       </c>
       <c r="D162">
         <v>1998</v>
       </c>
       <c r="E162" t="s">
         <v>346</v>
       </c>
       <c r="F162" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="G162">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H162">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B163" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C163" t="s">
         <v>347</v>
       </c>
       <c r="D163">
-        <v>1998</v>
+        <v>2010</v>
       </c>
       <c r="E163" t="s">
         <v>348</v>
       </c>
       <c r="F163" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="G163">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H163">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B164" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C164" t="s">
         <v>349</v>
       </c>
       <c r="D164">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E164" t="s">
         <v>350</v>
       </c>
       <c r="F164" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="G164">
-        <v>69.0</v>
+        <v>64.0</v>
       </c>
       <c r="H164">
-        <v>69.0</v>
-[...51 lines deleted...]
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">