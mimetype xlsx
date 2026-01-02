--- v0 (2025-10-02)
+++ v1 (2026-01-02)
@@ -7449,340 +7449,340 @@
       </c>
       <c r="H225">
         <v>33.27</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>374</v>
       </c>
       <c r="B226" t="s">
         <v>375</v>
       </c>
       <c r="C226" t="s">
         <v>376</v>
       </c>
       <c r="D226">
         <v>1997</v>
       </c>
       <c r="E226" t="s">
         <v>377</v>
       </c>
       <c r="F226" t="s">
         <v>378</v>
       </c>
       <c r="G226">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H226">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>374</v>
       </c>
       <c r="B227" t="s">
         <v>375</v>
       </c>
       <c r="C227" t="s">
         <v>379</v>
       </c>
       <c r="D227">
         <v>1999</v>
       </c>
       <c r="E227" t="s">
         <v>380</v>
       </c>
       <c r="F227" t="s">
         <v>378</v>
       </c>
       <c r="G227">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H227">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>381</v>
       </c>
       <c r="B228" t="s">
         <v>375</v>
       </c>
       <c r="C228" t="s">
         <v>382</v>
       </c>
       <c r="D228">
         <v>1997</v>
       </c>
       <c r="E228" t="s">
         <v>383</v>
       </c>
       <c r="F228" t="s">
         <v>378</v>
       </c>
       <c r="G228">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H228">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>384</v>
       </c>
       <c r="B229" t="s">
         <v>375</v>
       </c>
       <c r="C229" t="s">
         <v>385</v>
       </c>
       <c r="D229">
         <v>1998</v>
       </c>
       <c r="E229" t="s">
         <v>386</v>
       </c>
       <c r="F229" t="s">
         <v>378</v>
       </c>
       <c r="G229">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H229">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>374</v>
       </c>
       <c r="B230" t="s">
         <v>375</v>
       </c>
       <c r="C230" t="s">
         <v>387</v>
       </c>
       <c r="D230">
         <v>1995</v>
       </c>
       <c r="E230" t="s">
         <v>388</v>
       </c>
       <c r="F230" t="s">
         <v>378</v>
       </c>
       <c r="G230">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H230">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>374</v>
       </c>
       <c r="B231" t="s">
         <v>375</v>
       </c>
       <c r="C231" t="s">
         <v>389</v>
       </c>
       <c r="D231">
         <v>1997</v>
       </c>
       <c r="E231" t="s">
         <v>390</v>
       </c>
       <c r="F231" t="s">
         <v>378</v>
       </c>
       <c r="G231">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H231">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>374</v>
       </c>
       <c r="B232" t="s">
         <v>375</v>
       </c>
       <c r="C232" t="s">
         <v>391</v>
       </c>
       <c r="D232">
         <v>1994</v>
       </c>
       <c r="E232" t="s">
         <v>392</v>
       </c>
       <c r="F232" t="s">
         <v>378</v>
       </c>
       <c r="G232">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H232">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>381</v>
       </c>
       <c r="B233" t="s">
         <v>375</v>
       </c>
       <c r="C233" t="s">
         <v>393</v>
       </c>
       <c r="D233">
         <v>1998</v>
       </c>
       <c r="E233" t="s">
         <v>394</v>
       </c>
       <c r="F233" t="s">
         <v>378</v>
       </c>
       <c r="G233">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H233">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>384</v>
       </c>
       <c r="B234" t="s">
         <v>375</v>
       </c>
       <c r="C234" t="s">
         <v>395</v>
       </c>
       <c r="D234">
         <v>1995</v>
       </c>
       <c r="E234" t="s">
         <v>396</v>
       </c>
       <c r="F234" t="s">
         <v>378</v>
       </c>
       <c r="G234">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H234">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>381</v>
       </c>
       <c r="B235" t="s">
         <v>375</v>
       </c>
       <c r="C235" t="s">
         <v>397</v>
       </c>
       <c r="D235">
         <v>1997</v>
       </c>
       <c r="E235" t="s">
         <v>398</v>
       </c>
       <c r="F235" t="s">
         <v>378</v>
       </c>
       <c r="G235">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H235">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>384</v>
       </c>
       <c r="B236" t="s">
         <v>375</v>
       </c>
       <c r="C236" t="s">
         <v>399</v>
       </c>
       <c r="D236">
         <v>1998</v>
       </c>
       <c r="E236" t="s">
         <v>400</v>
       </c>
       <c r="F236" t="s">
         <v>378</v>
       </c>
       <c r="G236">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H236">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>401</v>
       </c>
       <c r="C237" t="s">
         <v>402</v>
       </c>
       <c r="D237">
         <v>1995</v>
       </c>
       <c r="E237" t="s">
         <v>403</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
       <c r="H237">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">