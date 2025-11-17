--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1225,54 +1225,54 @@
       </c>
       <c r="H5">
         <v>100.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>26</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6">
         <v>2014</v>
       </c>
       <c r="E6" t="s">
         <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>25</v>
       </c>
       <c r="G6">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H6">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7" t="s">
         <v>29</v>
       </c>
       <c r="D7">
         <v>2019</v>
       </c>
       <c r="E7" t="s">
         <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7">
         <v>110.0</v>
       </c>
       <c r="H7">