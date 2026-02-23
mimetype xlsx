--- v0 (2026-01-05)
+++ v1 (2026-02-23)
@@ -517,54 +517,54 @@
       </c>
       <c r="H2">
         <v>380.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3">
         <v>1998</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H3">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>2009</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4">
         <v>348.0</v>
       </c>
       <c r="H4">