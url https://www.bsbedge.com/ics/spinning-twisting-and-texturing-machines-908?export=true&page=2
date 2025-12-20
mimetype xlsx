--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -2807,548 +2807,548 @@
       </c>
       <c r="H70">
         <v>20.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>157</v>
       </c>
       <c r="B71" t="s">
         <v>153</v>
       </c>
       <c r="C71" t="s">
         <v>158</v>
       </c>
       <c r="D71">
         <v>2015</v>
       </c>
       <c r="E71" t="s">
         <v>159</v>
       </c>
       <c r="F71" t="s">
         <v>156</v>
       </c>
       <c r="G71">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H71">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>157</v>
       </c>
       <c r="B72" t="s">
         <v>153</v>
       </c>
       <c r="C72" t="s">
         <v>160</v>
       </c>
       <c r="D72">
         <v>2005</v>
       </c>
       <c r="E72" t="s">
         <v>161</v>
       </c>
       <c r="F72" t="s">
         <v>156</v>
       </c>
       <c r="G72">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H72">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>162</v>
       </c>
       <c r="B73" t="s">
         <v>153</v>
       </c>
       <c r="C73" t="s">
         <v>163</v>
       </c>
       <c r="D73">
         <v>2003</v>
       </c>
       <c r="E73" t="s">
         <v>164</v>
       </c>
       <c r="F73" t="s">
         <v>156</v>
       </c>
       <c r="G73">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H73">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>162</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74" t="s">
         <v>165</v>
       </c>
       <c r="D74">
         <v>1990</v>
       </c>
       <c r="E74" t="s">
         <v>166</v>
       </c>
       <c r="F74" t="s">
         <v>156</v>
       </c>
       <c r="G74">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H74">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>157</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75" t="s">
         <v>167</v>
       </c>
       <c r="D75">
         <v>2009</v>
       </c>
       <c r="E75" t="s">
         <v>168</v>
       </c>
       <c r="F75" t="s">
         <v>156</v>
       </c>
       <c r="G75">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H75">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>162</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
       <c r="C76" t="s">
         <v>169</v>
       </c>
       <c r="D76">
         <v>2005</v>
       </c>
       <c r="E76" t="s">
         <v>170</v>
       </c>
       <c r="F76" t="s">
         <v>156</v>
       </c>
       <c r="G76">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H76">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>153</v>
       </c>
       <c r="C77" t="s">
         <v>171</v>
       </c>
       <c r="D77">
         <v>2001</v>
       </c>
       <c r="E77" t="s">
         <v>172</v>
       </c>
       <c r="F77" t="s">
         <v>156</v>
       </c>
       <c r="G77">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H77">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>173</v>
       </c>
       <c r="B78" t="s">
         <v>153</v>
       </c>
       <c r="C78" t="s">
         <v>174</v>
       </c>
       <c r="D78">
         <v>2010</v>
       </c>
       <c r="E78" t="s">
         <v>175</v>
       </c>
       <c r="F78" t="s">
         <v>156</v>
       </c>
       <c r="G78">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H78">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>157</v>
       </c>
       <c r="B79" t="s">
         <v>153</v>
       </c>
       <c r="C79" t="s">
         <v>176</v>
       </c>
       <c r="D79">
         <v>2015</v>
       </c>
       <c r="E79" t="s">
         <v>177</v>
       </c>
       <c r="F79" t="s">
         <v>156</v>
       </c>
       <c r="G79">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H79">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>153</v>
       </c>
       <c r="C80" t="s">
         <v>178</v>
       </c>
       <c r="D80">
         <v>2013</v>
       </c>
       <c r="E80" t="s">
         <v>179</v>
       </c>
       <c r="F80" t="s">
         <v>156</v>
       </c>
       <c r="G80">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H80">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>157</v>
       </c>
       <c r="B81" t="s">
         <v>153</v>
       </c>
       <c r="C81" t="s">
         <v>180</v>
       </c>
       <c r="D81">
         <v>2001</v>
       </c>
       <c r="E81" t="s">
         <v>181</v>
       </c>
       <c r="F81" t="s">
         <v>156</v>
       </c>
       <c r="G81">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H81">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>162</v>
       </c>
       <c r="B82" t="s">
         <v>153</v>
       </c>
       <c r="C82" t="s">
         <v>182</v>
       </c>
       <c r="D82">
         <v>2001</v>
       </c>
       <c r="E82" t="s">
         <v>183</v>
       </c>
       <c r="F82" t="s">
         <v>156</v>
       </c>
       <c r="G82">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H82">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>157</v>
       </c>
       <c r="B83" t="s">
         <v>153</v>
       </c>
       <c r="C83" t="s">
         <v>184</v>
       </c>
       <c r="D83">
         <v>2016</v>
       </c>
       <c r="E83" t="s">
         <v>185</v>
       </c>
       <c r="F83" t="s">
         <v>156</v>
       </c>
       <c r="G83">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H83">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>157</v>
       </c>
       <c r="B84" t="s">
         <v>153</v>
       </c>
       <c r="C84" t="s">
         <v>186</v>
       </c>
       <c r="D84">
         <v>2017</v>
       </c>
       <c r="E84" t="s">
         <v>187</v>
       </c>
       <c r="F84" t="s">
         <v>156</v>
       </c>
       <c r="G84">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H84">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>157</v>
       </c>
       <c r="B85" t="s">
         <v>153</v>
       </c>
       <c r="C85" t="s">
         <v>188</v>
       </c>
       <c r="D85">
         <v>2005</v>
       </c>
       <c r="E85" t="s">
         <v>189</v>
       </c>
       <c r="F85" t="s">
         <v>156</v>
       </c>
       <c r="G85">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H85">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>173</v>
       </c>
       <c r="B86" t="s">
         <v>153</v>
       </c>
       <c r="C86" t="s">
         <v>190</v>
       </c>
       <c r="D86">
         <v>2008</v>
       </c>
       <c r="E86" t="s">
         <v>191</v>
       </c>
       <c r="F86" t="s">
         <v>156</v>
       </c>
       <c r="G86">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H86">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>152</v>
       </c>
       <c r="B87" t="s">
         <v>153</v>
       </c>
       <c r="C87" t="s">
         <v>192</v>
       </c>
       <c r="D87">
         <v>27</v>
       </c>
       <c r="E87" t="s">
         <v>193</v>
       </c>
       <c r="F87" t="s">
         <v>156</v>
       </c>
       <c r="G87">
         <v>20.0</v>
       </c>
       <c r="H87">
         <v>20.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>162</v>
       </c>
       <c r="B88" t="s">
         <v>153</v>
       </c>
       <c r="C88" t="s">
         <v>194</v>
       </c>
       <c r="D88">
         <v>1990</v>
       </c>
       <c r="E88" t="s">
         <v>195</v>
       </c>
       <c r="F88" t="s">
         <v>156</v>
       </c>
       <c r="G88">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H88">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>157</v>
       </c>
       <c r="B89" t="s">
         <v>153</v>
       </c>
       <c r="C89" t="s">
         <v>196</v>
       </c>
       <c r="D89">
         <v>2007</v>
       </c>
       <c r="E89" t="s">
         <v>197</v>
       </c>
       <c r="F89" t="s">
         <v>156</v>
       </c>
       <c r="G89">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H89">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>162</v>
       </c>
       <c r="B90" t="s">
         <v>153</v>
       </c>
       <c r="C90" t="s">
         <v>198</v>
       </c>
       <c r="D90">
         <v>2003</v>
       </c>
       <c r="E90" t="s">
         <v>199</v>
       </c>
       <c r="F90" t="s">
         <v>156</v>
       </c>
       <c r="G90">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H90">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">