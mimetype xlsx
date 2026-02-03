--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -393,62 +393,50 @@
     <t>ASTM E1509 : 22</t>
   </si>
   <si>
     <t>Standard Specification for Room Heaters, Pellet Fuel-Burning Type</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>ASTM E3053 : 18e2</t>
   </si>
   <si>
     <t>Standard Test Method for Determining Particulate Matter Emissions from Wood Heaters  Using Cordwood Test Fuel</t>
   </si>
   <si>
     <t>ASTM E2778 : 14(2021)</t>
   </si>
   <si>
     <t>Standard Specification for Custom Tiled/Mortared Masonry Heaters (Stoves)</t>
   </si>
   <si>
     <t>ASTM E2817 : 11(2018)</t>
   </si>
   <si>
     <t>Standard Test Method for Test Fueling Masonry Heaters</t>
-  </si>
-[...10 lines deleted...]
-    <t>Standard Test Method for Determining Particulate Matter Emissions from Pellet Heaters</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -752,51 +740,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H60"/>
+  <dimension ref="A1:H58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -806,314 +794,314 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H2">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
       <c r="H3">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H4">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
       <c r="H5">
-        <v>141.96</v>
+        <v>146.26</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H6">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H7">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
       <c r="H8">
-        <v>430.0</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>17</v>
       </c>
       <c r="G9">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
       <c r="H9">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>30</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H10">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H11">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H12">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13">
         <v>16</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
         <v>20.0</v>
       </c>
       <c r="H13">
@@ -1144,106 +1132,106 @@
       </c>
       <c r="H14">
         <v>220.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15">
         <v>2023</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>17</v>
       </c>
       <c r="G15">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H15">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16">
         <v>2022</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H16">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17">
         <v>2016</v>
       </c>
       <c r="E17" t="s">
         <v>36</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H17">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18" t="s">
         <v>42</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18">
         <v>2017</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>45</v>
       </c>
       <c r="G18">
         <v>80.0</v>
       </c>
       <c r="H18">
@@ -1300,548 +1288,548 @@
       </c>
       <c r="H20">
         <v>136.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21">
         <v>2015</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21" t="s">
         <v>17</v>
       </c>
       <c r="G21">
-        <v>151.75</v>
+        <v>156.27</v>
       </c>
       <c r="H21">
-        <v>151.75</v>
+        <v>156.27</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>13</v>
       </c>
       <c r="B22" t="s">
         <v>14</v>
       </c>
       <c r="C22" t="s">
         <v>50</v>
       </c>
       <c r="D22">
         <v>2023</v>
       </c>
       <c r="E22" t="s">
         <v>51</v>
       </c>
       <c r="F22" t="s">
         <v>17</v>
       </c>
       <c r="G22">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H22">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>13</v>
       </c>
       <c r="B23" t="s">
         <v>14</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23">
         <v>2023</v>
       </c>
       <c r="E23" t="s">
         <v>53</v>
       </c>
       <c r="F23" t="s">
         <v>17</v>
       </c>
       <c r="G23">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
       <c r="H23">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
         <v>54</v>
       </c>
       <c r="D24">
         <v>2023</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>17</v>
       </c>
       <c r="G24">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H24">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>13</v>
       </c>
       <c r="B25" t="s">
         <v>14</v>
       </c>
       <c r="C25" t="s">
         <v>56</v>
       </c>
       <c r="D25">
         <v>2023</v>
       </c>
       <c r="E25" t="s">
         <v>57</v>
       </c>
       <c r="F25" t="s">
         <v>17</v>
       </c>
       <c r="G25">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H25">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>14</v>
       </c>
       <c r="C26" t="s">
         <v>58</v>
       </c>
       <c r="D26">
         <v>2023</v>
       </c>
       <c r="E26" t="s">
         <v>59</v>
       </c>
       <c r="F26" t="s">
         <v>17</v>
       </c>
       <c r="G26">
-        <v>350.28</v>
+        <v>360.75</v>
       </c>
       <c r="H26">
-        <v>350.28</v>
+        <v>360.75</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
         <v>14</v>
       </c>
       <c r="C27" t="s">
         <v>60</v>
       </c>
       <c r="D27">
         <v>2023</v>
       </c>
       <c r="E27" t="s">
         <v>61</v>
       </c>
       <c r="F27" t="s">
         <v>17</v>
       </c>
       <c r="G27">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H27">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>13</v>
       </c>
       <c r="B28" t="s">
         <v>14</v>
       </c>
       <c r="C28" t="s">
         <v>62</v>
       </c>
       <c r="D28">
         <v>2008</v>
       </c>
       <c r="E28" t="s">
         <v>63</v>
       </c>
       <c r="F28" t="s">
         <v>17</v>
       </c>
       <c r="G28">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
       <c r="H28">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>64</v>
       </c>
       <c r="D29">
         <v>2022</v>
       </c>
       <c r="E29" t="s">
         <v>65</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H29">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>66</v>
       </c>
       <c r="D30">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>67</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30">
         <v>20.0</v>
       </c>
       <c r="H30">
         <v>20.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>68</v>
       </c>
       <c r="D31">
         <v>2022</v>
       </c>
       <c r="E31" t="s">
         <v>69</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H31">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>70</v>
       </c>
       <c r="D32">
         <v>2022</v>
       </c>
       <c r="E32" t="s">
         <v>57</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>71</v>
       </c>
       <c r="D33">
         <v>2022</v>
       </c>
       <c r="E33" t="s">
         <v>72</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H33">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>73</v>
       </c>
       <c r="D34">
         <v>2022</v>
       </c>
       <c r="E34" t="s">
         <v>74</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H34">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>75</v>
       </c>
       <c r="D35">
         <v>15</v>
       </c>
       <c r="E35" t="s">
         <v>76</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35">
         <v>20.0</v>
       </c>
       <c r="H35">
         <v>20.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>77</v>
       </c>
       <c r="D36">
         <v>2022</v>
       </c>
       <c r="E36" t="s">
         <v>78</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H36">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37">
         <v>2022</v>
       </c>
       <c r="E37" t="s">
         <v>80</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H37">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>81</v>
       </c>
       <c r="D38">
         <v>2023</v>
       </c>
       <c r="E38" t="s">
         <v>82</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H38">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>83</v>
       </c>
       <c r="D39">
         <v>2022</v>
       </c>
       <c r="E39" t="s">
         <v>84</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H39">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>86</v>
       </c>
       <c r="D40">
         <v>2010</v>
       </c>
       <c r="E40" t="s">
         <v>87</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H40">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>88</v>
       </c>
       <c r="E41" t="s">
         <v>89</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
         <v>20.0</v>
       </c>
       <c r="H41">
         <v>20.0</v>
       </c>
     </row>
@@ -1889,184 +1877,184 @@
       </c>
       <c r="H43">
         <v>20.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>94</v>
       </c>
       <c r="D44">
         <v>2023</v>
       </c>
       <c r="E44" t="s">
         <v>95</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H44">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>96</v>
       </c>
       <c r="D45">
         <v>17</v>
       </c>
       <c r="E45" t="s">
         <v>97</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
         <v>20.0</v>
       </c>
       <c r="H45">
         <v>20.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>85</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>98</v>
       </c>
       <c r="D46">
         <v>2002</v>
       </c>
       <c r="E46" t="s">
         <v>99</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H46">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>100</v>
       </c>
       <c r="D47">
         <v>2009</v>
       </c>
       <c r="E47" t="s">
         <v>101</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H47">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>85</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>102</v>
       </c>
       <c r="D48">
         <v>1990</v>
       </c>
       <c r="E48" t="s">
         <v>103</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H48">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>104</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49">
         <v>2018</v>
       </c>
       <c r="E49" t="s">
         <v>106</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H49">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
       <c r="E50" t="s">
         <v>108</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
         <v>20.0</v>
       </c>
       <c r="H50">
         <v>20.0</v>
       </c>
     </row>
@@ -2114,80 +2102,80 @@
       </c>
       <c r="H52">
         <v>20.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>104</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53">
         <v>2007</v>
       </c>
       <c r="E53" t="s">
         <v>114</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H53">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>85</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54">
         <v>2015</v>
       </c>
       <c r="E54" t="s">
         <v>116</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H54">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>13</v>
       </c>
       <c r="B55" t="s">
         <v>117</v>
       </c>
       <c r="C55" t="s">
         <v>118</v>
       </c>
       <c r="D55">
         <v>2022</v>
       </c>
       <c r="E55" t="s">
         <v>119</v>
       </c>
       <c r="F55" t="s">
         <v>120</v>
       </c>
       <c r="G55">
         <v>80.0</v>
       </c>
       <c r="H55">
@@ -2248,102 +2236,50 @@
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>13</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" t="s">
         <v>125</v>
       </c>
       <c r="D58">
         <v>2011</v>
       </c>
       <c r="E58" t="s">
         <v>126</v>
       </c>
       <c r="F58" t="s">
         <v>120</v>
       </c>
       <c r="G58">
         <v>104.0</v>
       </c>
       <c r="H58">
         <v>104.0</v>
-      </c>
-[...50 lines deleted...]
-        <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">