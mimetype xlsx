--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -822,54 +822,54 @@
       </c>
       <c r="H3">
         <v>118.79</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H4">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5">
         <v>132.0</v>
       </c>
       <c r="H5">
@@ -1680,132 +1680,132 @@
       </c>
       <c r="H36">
         <v>54.49</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>88</v>
       </c>
       <c r="D37">
         <v>2020</v>
       </c>
       <c r="E37" t="s">
         <v>89</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H37">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>90</v>
       </c>
       <c r="D38">
         <v>2021</v>
       </c>
       <c r="E38" t="s">
         <v>91</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H38">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>92</v>
       </c>
       <c r="D39">
         <v>2022</v>
       </c>
       <c r="E39" t="s">
         <v>93</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H39">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>94</v>
       </c>
       <c r="D40">
         <v>2022</v>
       </c>
       <c r="E40" t="s">
         <v>95</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H40">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>96</v>
       </c>
       <c r="E41" t="s">
         <v>97</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
         <v>20.0</v>
       </c>
       <c r="H41">
         <v>20.0</v>
       </c>
     </row>
@@ -1833,236 +1833,236 @@
       </c>
       <c r="H42">
         <v>20.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>100</v>
       </c>
       <c r="D43">
         <v>2018</v>
       </c>
       <c r="E43" t="s">
         <v>101</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H43">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>102</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>103</v>
       </c>
       <c r="D44">
         <v>2003</v>
       </c>
       <c r="E44" t="s">
         <v>104</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H44">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>105</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>106</v>
       </c>
       <c r="D45">
         <v>2004</v>
       </c>
       <c r="E45" t="s">
         <v>107</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H45">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>102</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>108</v>
       </c>
       <c r="D46">
         <v>2019</v>
       </c>
       <c r="E46" t="s">
         <v>109</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H46">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>110</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>111</v>
       </c>
       <c r="D47">
         <v>2002</v>
       </c>
       <c r="E47" t="s">
         <v>112</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H47">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>102</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>113</v>
       </c>
       <c r="D48">
         <v>2008</v>
       </c>
       <c r="E48" t="s">
         <v>114</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H48">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>115</v>
       </c>
       <c r="D49">
         <v>2018</v>
       </c>
       <c r="E49" t="s">
         <v>116</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H49">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>110</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>117</v>
       </c>
       <c r="D50">
         <v>1991</v>
       </c>
       <c r="E50" t="s">
         <v>118</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H50">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">