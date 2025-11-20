--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -701,54 +701,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H2">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3">
         <v>2023</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
         <v>59.35</v>
       </c>
       <c r="H3">