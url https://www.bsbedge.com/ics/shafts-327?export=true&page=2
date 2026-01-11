--- v1 (2025-11-20)
+++ v2 (2026-01-11)
@@ -805,132 +805,132 @@
       </c>
       <c r="H5">
         <v>68.04</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>2009</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6">
-        <v>1300.0</v>
+        <v>1500.0</v>
       </c>
       <c r="H6">
-        <v>1300.0</v>
+        <v>1500.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7">
         <v>2001</v>
       </c>
       <c r="E7" t="s">
         <v>26</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H7">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8">
         <v>2001</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H8">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9">
         <v>2001</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H9">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10">
         <v>2003</v>
       </c>
       <c r="E10" t="s">
         <v>32</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10">
         <v>120.27</v>
       </c>
       <c r="H10">
@@ -1530,184 +1530,184 @@
       </c>
       <c r="H33">
         <v>20.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>82</v>
       </c>
       <c r="B34" t="s">
         <v>76</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34">
         <v>1986</v>
       </c>
       <c r="E34" t="s">
         <v>84</v>
       </c>
       <c r="F34" t="s">
         <v>79</v>
       </c>
       <c r="G34">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H34">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>82</v>
       </c>
       <c r="B35" t="s">
         <v>76</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35">
         <v>1999</v>
       </c>
       <c r="E35" t="s">
         <v>86</v>
       </c>
       <c r="F35" t="s">
         <v>79</v>
       </c>
       <c r="G35">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H35">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>82</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36" t="s">
         <v>87</v>
       </c>
       <c r="D36">
         <v>2012</v>
       </c>
       <c r="E36" t="s">
         <v>88</v>
       </c>
       <c r="F36" t="s">
         <v>79</v>
       </c>
       <c r="G36">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H36">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>89</v>
       </c>
       <c r="B37" t="s">
         <v>76</v>
       </c>
       <c r="C37" t="s">
         <v>90</v>
       </c>
       <c r="D37">
         <v>1970</v>
       </c>
       <c r="E37" t="s">
         <v>91</v>
       </c>
       <c r="F37" t="s">
         <v>79</v>
       </c>
       <c r="G37">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H37">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>89</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" t="s">
         <v>92</v>
       </c>
       <c r="D38">
         <v>1975</v>
       </c>
       <c r="E38" t="s">
         <v>93</v>
       </c>
       <c r="F38" t="s">
         <v>79</v>
       </c>
       <c r="G38">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H38">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>89</v>
       </c>
       <c r="B39" t="s">
         <v>76</v>
       </c>
       <c r="C39" t="s">
         <v>94</v>
       </c>
       <c r="D39">
         <v>1972</v>
       </c>
       <c r="E39" t="s">
         <v>95</v>
       </c>
       <c r="F39" t="s">
         <v>79</v>
       </c>
       <c r="G39">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H39">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">