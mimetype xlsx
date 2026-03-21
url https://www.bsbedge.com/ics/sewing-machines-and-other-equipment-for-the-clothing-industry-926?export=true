--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -113,51 +113,51 @@
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>Published</t>
   </si>
   <si>
     <t>ISO</t>
   </si>
   <si>
     <t>ISO 10821:2005</t>
   </si>
   <si>
     <t>Industrial sewing machines — Safety requirements for sewing machines, units and systems</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>ISO 8239:1987</t>
   </si>
   <si>
     <t>Sewing machines needles — Fitting dimensions — Tolerances and combinations</t>
   </si>
   <si>
-    <t>ISO 10821:2005/Amd 1:2009</t>
+    <t>ISO 10821/Amd 1 : 2009</t>
   </si>
   <si>
     <t>Industrial sewing machines — Safety requirements for sewing machines, units and systems — Amendment 1</t>
   </si>
   <si>
     <t>IEC</t>
   </si>
   <si>
     <t>IEC 60335-2-28:2021 (EN-FR)</t>
   </si>
   <si>
     <t>Household and similar electrical appliances - Safety - Part 2-28: Particular requirements for sewing machines</t>
   </si>
   <si>
     <t>IEC 60335-2-28:2021 RLV</t>
   </si>
   <si>
     <t>IEC 60204-31:2013 (EN-FR)</t>
   </si>
   <si>
     <t>Safety of machinery - Electrical equipment of machines - Part 31: Particular safety and EMC requirements for sewing machines, units and systems</t>
   </si>
   <si>
     <t>DIN</t>
   </si>