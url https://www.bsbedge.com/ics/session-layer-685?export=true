--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1317,184 +1317,184 @@
       </c>
       <c r="H27">
         <v>18.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28" t="s">
         <v>61</v>
       </c>
       <c r="D28">
         <v>2022</v>
       </c>
       <c r="E28" t="s">
         <v>62</v>
       </c>
       <c r="F28" t="s">
         <v>63</v>
       </c>
       <c r="G28">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H28">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>59</v>
       </c>
       <c r="B29" t="s">
         <v>60</v>
       </c>
       <c r="C29" t="s">
         <v>64</v>
       </c>
       <c r="D29">
         <v>1996</v>
       </c>
       <c r="E29" t="s">
         <v>65</v>
       </c>
       <c r="F29" t="s">
         <v>63</v>
       </c>
       <c r="G29">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H29">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" t="s">
         <v>66</v>
       </c>
       <c r="D30">
         <v>1995</v>
       </c>
       <c r="E30" t="s">
         <v>67</v>
       </c>
       <c r="F30" t="s">
         <v>63</v>
       </c>
       <c r="G30">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H30">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>68</v>
       </c>
       <c r="B31" t="s">
         <v>60</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31">
         <v>1996</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
       <c r="G31">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H31">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>71</v>
       </c>
       <c r="B32" t="s">
         <v>60</v>
       </c>
       <c r="C32" t="s">
         <v>72</v>
       </c>
       <c r="D32">
         <v>1996</v>
       </c>
       <c r="E32" t="s">
         <v>73</v>
       </c>
       <c r="F32" t="s">
         <v>63</v>
       </c>
       <c r="G32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H32">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>59</v>
       </c>
       <c r="B33" t="s">
         <v>60</v>
       </c>
       <c r="C33" t="s">
         <v>74</v>
       </c>
       <c r="D33">
         <v>1996</v>
       </c>
       <c r="E33" t="s">
         <v>75</v>
       </c>
       <c r="F33" t="s">
         <v>63</v>
       </c>
       <c r="G33">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H33">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">