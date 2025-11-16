--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -988,54 +988,54 @@
       </c>
       <c r="H5">
         <v>222.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
       <c r="H6">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>17</v>
       </c>
       <c r="G7">
         <v>158.0</v>
       </c>
       <c r="H7">
@@ -2218,51 +2218,51 @@
       </c>
       <c r="B53" t="s">
         <v>14</v>
       </c>
       <c r="C53" t="s">
         <v>124</v>
       </c>
       <c r="D53">
         <v>2017</v>
       </c>
       <c r="E53" t="s">
         <v>125</v>
       </c>
       <c r="F53" t="s">
         <v>17</v>
       </c>
       <c r="G53">
         <v>220.0</v>
       </c>
       <c r="H53">
         <v>220.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="B54" t="s">
         <v>14</v>
       </c>
       <c r="C54" t="s">
         <v>126</v>
       </c>
       <c r="D54">
         <v>2005</v>
       </c>
       <c r="E54" t="s">
         <v>127</v>
       </c>
       <c r="F54" t="s">
         <v>17</v>
       </c>
       <c r="G54">
         <v>290.0</v>
       </c>
       <c r="H54">
         <v>290.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">