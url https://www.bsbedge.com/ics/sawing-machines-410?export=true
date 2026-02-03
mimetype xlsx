--- v0 (2025-10-21)
+++ v1 (2026-02-03)
@@ -209,69 +209,69 @@
   <si>
     <t>Machines and plants for mining and tooling of natural stone - Safety - Requirements for bridge type sawing/milling machines, included numerical control (NC/CNC) versions</t>
   </si>
   <si>
     <t>DIN EN 15027 : 2010</t>
   </si>
   <si>
     <t>Transportable wall saw and wire saw equipment for job site - Safety (includes Amendment A1:2009)</t>
   </si>
   <si>
     <t>Confirmed</t>
   </si>
   <si>
     <t>BS EN ISO 16093:2017</t>
   </si>
   <si>
     <t>Machine tools. Safety. Sawing machines for cold metal</t>
   </si>
   <si>
     <t>BS EN 1870-3:2014</t>
   </si>
   <si>
     <t>Safety of woodworking machines. Circular sawing machines - Down cutting cross-cut saws and dual purpose down cutting cross-cut saws/circular saw benches</t>
   </si>
   <si>
+    <t>Under Review</t>
+  </si>
+  <si>
     <t>BS EN 16564:2020</t>
   </si>
   <si>
     <t>Machines and plants for mining and tooling of natural stone. Safety. Requirements for bridge type sawing/milling machines, included numerical control (NC/CNC) versions</t>
   </si>
   <si>
     <t>BS EN 61029-2-5:2011+A11:2015</t>
   </si>
   <si>
     <t>Safety of transportable motor-operated electric tools - Particular requirements for band saws</t>
   </si>
   <si>
     <t>BS EN 61029-2-11:2012+A11:2013</t>
   </si>
   <si>
     <t>Safety of transportable motor-operated electric tools - Particular requirements for combined mitre and bench saws</t>
-  </si>
-[...1 lines deleted...]
-    <t>Under Review</t>
   </si>
   <si>
     <t>BS 387:1979</t>
   </si>
   <si>
     <t>Specification for interchangeability dimensions of the drive of solid and segmental circular saws for cold cutting of metals: saw diameter range 224 mm to 2240 mm</t>
   </si>
   <si>
     <t>BS EN 15027:2007+A1:2009</t>
   </si>
   <si>
     <t>Transportable wall saw and wire saw equipment for job site. Safety</t>
   </si>
   <si>
     <t>ASTM</t>
   </si>
   <si>
     <t>ASTM E3280 : 22</t>
   </si>
   <si>
     <t>Standard Guide for the Safe Use of Table Saws</t>
   </si>
   <si>
     <t>USD</t>
   </si>
@@ -653,262 +653,262 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2024</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>135.89</v>
+        <v>140.0</v>
       </c>
       <c r="H2">
-        <v>135.89</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>21</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
         <v>20.0</v>
       </c>
       <c r="H3">
         <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
         <v>1983</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
       <c r="H4">
-        <v>4600.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5">
         <v>1983</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H5">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>1983</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H6">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>1990</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H7">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8">
         <v>1990</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H8">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>1990</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H9">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10">
         <v>1990</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H10">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>34</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11">
         <v>1993</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>37</v>
       </c>
       <c r="G11">
         <v>40.0</v>
       </c>
       <c r="H11">
@@ -1069,54 +1069,54 @@
       </c>
       <c r="H17">
         <v>40.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>50</v>
       </c>
       <c r="D18">
         <v>2017</v>
       </c>
       <c r="E18" t="s">
         <v>51</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>203.27</v>
+        <v>209.35</v>
       </c>
       <c r="H18">
-        <v>203.27</v>
+        <v>209.35</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19">
         <v>2022</v>
       </c>
       <c r="E19" t="s">
         <v>53</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
         <v>16.87</v>
       </c>
       <c r="H19">
@@ -1147,262 +1147,262 @@
       </c>
       <c r="H20">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21">
         <v>2021</v>
       </c>
       <c r="E21" t="s">
         <v>57</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
       <c r="H21">
-        <v>182.71</v>
+        <v>188.22</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22">
         <v>2010</v>
       </c>
       <c r="E22" t="s">
         <v>59</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H22">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>60</v>
       </c>
       <c r="B23" t="s">
         <v>14</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23">
         <v>2017</v>
       </c>
       <c r="E23" t="s">
         <v>62</v>
       </c>
       <c r="F23" t="s">
         <v>17</v>
       </c>
       <c r="G23">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H23">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>60</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24">
         <v>2014</v>
       </c>
       <c r="E24" t="s">
         <v>64</v>
       </c>
       <c r="F24" t="s">
         <v>17</v>
       </c>
       <c r="G24">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H24">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="B25" t="s">
         <v>14</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D25">
         <v>2020</v>
       </c>
       <c r="E25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F25" t="s">
         <v>17</v>
       </c>
       <c r="G25">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H25">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>13</v>
       </c>
       <c r="B26" t="s">
         <v>14</v>
       </c>
       <c r="C26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26">
         <v>2011</v>
       </c>
       <c r="E26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F26" t="s">
         <v>17</v>
       </c>
       <c r="G26">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H26">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27" t="s">
         <v>14</v>
       </c>
       <c r="C27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D27">
         <v>2012</v>
       </c>
       <c r="E27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F27" t="s">
         <v>17</v>
       </c>
       <c r="G27">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H27">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B28" t="s">
         <v>14</v>
       </c>
       <c r="C28" t="s">
         <v>72</v>
       </c>
       <c r="D28">
         <v>1979</v>
       </c>
       <c r="E28" t="s">
         <v>73</v>
       </c>
       <c r="F28" t="s">
         <v>17</v>
       </c>
       <c r="G28">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H28">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B29" t="s">
         <v>14</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29">
         <v>2007</v>
       </c>
       <c r="E29" t="s">
         <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>17</v>
       </c>
       <c r="G29">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H29">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>76</v>
       </c>
       <c r="C30" t="s">
         <v>77</v>
       </c>
       <c r="D30">
         <v>2022</v>
       </c>
       <c r="E30" t="s">
         <v>78</v>
       </c>
       <c r="F30" t="s">
         <v>79</v>
       </c>
       <c r="G30">
         <v>113.0</v>
       </c>
       <c r="H30">