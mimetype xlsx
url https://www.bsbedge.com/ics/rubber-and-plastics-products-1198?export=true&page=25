--- v2 (2026-01-13)
+++ v3 (2026-01-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2534">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2532">
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>SDO</t>
   </si>
   <si>
     <t>Standard</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Price (PDF)</t>
   </si>
   <si>
     <t>Price (PRINT)</t>
   </si>
   <si>
@@ -7602,56 +7602,50 @@
     <t>Standard Test Method for  Tensile Properties of Thin Plastic Sheeting</t>
   </si>
   <si>
     <t>ASTM D6456 : 10(2018)</t>
   </si>
   <si>
     <t>Standard Specification for Finished Parts Made from Polyimide Resin</t>
   </si>
   <si>
     <t>ASTM D787 : 18</t>
   </si>
   <si>
     <t>Standard Specification for  Ethyl Cellulose Molding and Extrusion Compounds</t>
   </si>
   <si>
     <t>ASTM D2838 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for Shrink Tension and Orientation Release Stress of Plastic Film  and Thin Sheeting</t>
   </si>
   <si>
     <t>ASTM D6110 : 18</t>
   </si>
   <si>
     <t>Standard Test Method for Determining the Charpy Impact Resistance of Notched Specimens  of Plastics</t>
-  </si>
-[...4 lines deleted...]
-    <t>Standard Specification for  Preformed Thermoplastic Vulcanizate Elastomeric Joint Seals  for Bridges</t>
   </si>
   <si>
     <t>ASTM D5083 : 17</t>
   </si>
   <si>
     <t>Standard Test Method for  Tensile Properties of Reinforced Thermosetting Plastics Using  Straight-Sided Specimens</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -7961,51 +7955,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1269"/>
+  <dimension ref="A1:H1268"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -8067,54 +8061,54 @@
       </c>
       <c r="H3">
         <v>222.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H4">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
         <v>308.0</v>
       </c>
       <c r="H5">
@@ -8145,80 +8139,80 @@
       </c>
       <c r="H6">
         <v>308.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7">
         <v>2025</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H7">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8">
         <v>2025</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H8">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9">
         <v>2020</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9">
         <v>80.0</v>
       </c>
       <c r="H9">
@@ -8327,54 +8321,54 @@
       </c>
       <c r="H13">
         <v>204.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14">
         <v>2025</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H14">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>25</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15">
         <v>2025</v>
       </c>
       <c r="E15" t="s">
         <v>45</v>
       </c>
       <c r="F15" t="s">
         <v>46</v>
       </c>
       <c r="G15">
         <v>43.08</v>
       </c>
       <c r="H15">
@@ -15111,54 +15105,54 @@
       </c>
       <c r="H276">
         <v>72.0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>8</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
         <v>563</v>
       </c>
       <c r="D277">
         <v>2023</v>
       </c>
       <c r="E277" t="s">
         <v>564</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H277">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>8</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>565</v>
       </c>
       <c r="D278">
         <v>2023</v>
       </c>
       <c r="E278" t="s">
         <v>566</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278">
         <v>166.0</v>
       </c>
       <c r="H278">
@@ -28694,54 +28688,54 @@
       </c>
       <c r="H799">
         <v>20.0</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
         <v>373</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
         <v>1609</v>
       </c>
       <c r="D800">
         <v>2020</v>
       </c>
       <c r="E800" t="s">
         <v>1610</v>
       </c>
       <c r="F800" t="s">
         <v>12</v>
       </c>
       <c r="G800">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H800">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
         <v>8</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
         <v>1611</v>
       </c>
       <c r="D801">
         <v>22</v>
       </c>
       <c r="E801" t="s">
         <v>1612</v>
       </c>
       <c r="F801" t="s">
         <v>12</v>
       </c>
       <c r="G801">
         <v>20.0</v>
       </c>
       <c r="H801">
@@ -31351,54 +31345,54 @@
       </c>
       <c r="H902">
         <v>20.0</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
         <v>458</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
         <v>1812</v>
       </c>
       <c r="D903">
         <v>2020</v>
       </c>
       <c r="E903" t="s">
         <v>1813</v>
       </c>
       <c r="F903" t="s">
         <v>12</v>
       </c>
       <c r="G903">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H903">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
         <v>373</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
         <v>1814</v>
       </c>
       <c r="D904">
         <v>2017</v>
       </c>
       <c r="E904" t="s">
         <v>564</v>
       </c>
       <c r="F904" t="s">
         <v>12</v>
       </c>
       <c r="G904">
         <v>234.0</v>
       </c>
       <c r="H904">
@@ -31663,54 +31657,54 @@
       </c>
       <c r="H914">
         <v>272.0</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
         <v>328</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
         <v>1835</v>
       </c>
       <c r="D915">
         <v>2016</v>
       </c>
       <c r="E915" t="s">
         <v>1836</v>
       </c>
       <c r="F915" t="s">
         <v>12</v>
       </c>
       <c r="G915">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H915">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
         <v>328</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
         <v>1837</v>
       </c>
       <c r="D916">
         <v>2018</v>
       </c>
       <c r="E916" t="s">
         <v>1838</v>
       </c>
       <c r="F916" t="s">
         <v>12</v>
       </c>
       <c r="G916">
         <v>232.0</v>
       </c>
       <c r="H916">
@@ -35568,106 +35562,106 @@
       </c>
       <c r="H1065">
         <v>166.0</v>
       </c>
     </row>
     <row r="1066" spans="1:8">
       <c r="A1066" t="s">
         <v>458</v>
       </c>
       <c r="B1066" t="s">
         <v>9</v>
       </c>
       <c r="C1066" t="s">
         <v>2133</v>
       </c>
       <c r="D1066">
         <v>2015</v>
       </c>
       <c r="E1066" t="s">
         <v>2134</v>
       </c>
       <c r="F1066" t="s">
         <v>12</v>
       </c>
       <c r="G1066">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1066">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1067" spans="1:8">
       <c r="A1067" t="s">
         <v>328</v>
       </c>
       <c r="B1067" t="s">
         <v>9</v>
       </c>
       <c r="C1067" t="s">
         <v>2135</v>
       </c>
       <c r="D1067">
         <v>1994</v>
       </c>
       <c r="E1067" t="s">
         <v>2136</v>
       </c>
       <c r="F1067" t="s">
         <v>12</v>
       </c>
       <c r="G1067">
         <v>142.0</v>
       </c>
       <c r="H1067">
         <v>142.0</v>
       </c>
     </row>
     <row r="1068" spans="1:8">
       <c r="A1068" t="s">
         <v>328</v>
       </c>
       <c r="B1068" t="s">
         <v>9</v>
       </c>
       <c r="C1068" t="s">
         <v>2137</v>
       </c>
       <c r="D1068">
         <v>2006</v>
       </c>
       <c r="E1068" t="s">
         <v>2138</v>
       </c>
       <c r="F1068" t="s">
         <v>12</v>
       </c>
       <c r="G1068">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1068">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1069" spans="1:8">
       <c r="A1069" t="s">
         <v>458</v>
       </c>
       <c r="B1069" t="s">
         <v>9</v>
       </c>
       <c r="C1069" t="s">
         <v>2139</v>
       </c>
       <c r="D1069">
         <v>1996</v>
       </c>
       <c r="E1069" t="s">
         <v>2140</v>
       </c>
       <c r="F1069" t="s">
         <v>12</v>
       </c>
       <c r="G1069">
         <v>166.0</v>
       </c>
       <c r="H1069">
@@ -35802,54 +35796,54 @@
       </c>
       <c r="H1074">
         <v>142.0</v>
       </c>
     </row>
     <row r="1075" spans="1:8">
       <c r="A1075" t="s">
         <v>373</v>
       </c>
       <c r="B1075" t="s">
         <v>9</v>
       </c>
       <c r="C1075" t="s">
         <v>2150</v>
       </c>
       <c r="D1075">
         <v>2018</v>
       </c>
       <c r="E1075" t="s">
         <v>2151</v>
       </c>
       <c r="F1075" t="s">
         <v>12</v>
       </c>
       <c r="G1075">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1075">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1076" spans="1:8">
       <c r="A1076" t="s">
         <v>328</v>
       </c>
       <c r="B1076" t="s">
         <v>9</v>
       </c>
       <c r="C1076" t="s">
         <v>2152</v>
       </c>
       <c r="D1076">
         <v>2017</v>
       </c>
       <c r="E1076" t="s">
         <v>2153</v>
       </c>
       <c r="F1076" t="s">
         <v>12</v>
       </c>
       <c r="G1076">
         <v>272.0</v>
       </c>
       <c r="H1076">
@@ -36452,54 +36446,54 @@
       </c>
       <c r="H1099">
         <v>166.0</v>
       </c>
     </row>
     <row r="1100" spans="1:8">
       <c r="A1100" t="s">
         <v>458</v>
       </c>
       <c r="B1100" t="s">
         <v>9</v>
       </c>
       <c r="C1100" t="s">
         <v>2199</v>
       </c>
       <c r="D1100">
         <v>2015</v>
       </c>
       <c r="E1100" t="s">
         <v>2200</v>
       </c>
       <c r="F1100" t="s">
         <v>12</v>
       </c>
       <c r="G1100">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1100">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1101" spans="1:8">
       <c r="A1101" t="s">
         <v>8</v>
       </c>
       <c r="B1101" t="s">
         <v>9</v>
       </c>
       <c r="C1101" t="s">
         <v>2201</v>
       </c>
       <c r="E1101" t="s">
         <v>2202</v>
       </c>
       <c r="F1101" t="s">
         <v>12</v>
       </c>
       <c r="G1101">
         <v>20.0</v>
       </c>
       <c r="H1101">
         <v>20.0</v>
       </c>
     </row>
@@ -37038,54 +37032,54 @@
       </c>
       <c r="H1122">
         <v>232.0</v>
       </c>
     </row>
     <row r="1123" spans="1:8">
       <c r="A1123" t="s">
         <v>328</v>
       </c>
       <c r="B1123" t="s">
         <v>9</v>
       </c>
       <c r="C1123" t="s">
         <v>2243</v>
       </c>
       <c r="D1123">
         <v>2006</v>
       </c>
       <c r="E1123" t="s">
         <v>2244</v>
       </c>
       <c r="F1123" t="s">
         <v>12</v>
       </c>
       <c r="G1123">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1123">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1124" spans="1:8">
       <c r="A1124" t="s">
         <v>328</v>
       </c>
       <c r="B1124" t="s">
         <v>9</v>
       </c>
       <c r="C1124" t="s">
         <v>2245</v>
       </c>
       <c r="D1124">
         <v>1983</v>
       </c>
       <c r="E1124" t="s">
         <v>2246</v>
       </c>
       <c r="F1124" t="s">
         <v>12</v>
       </c>
       <c r="G1124">
         <v>142.0</v>
       </c>
       <c r="H1124">
@@ -37844,54 +37838,54 @@
       </c>
       <c r="H1153">
         <v>232.0</v>
       </c>
     </row>
     <row r="1154" spans="1:8">
       <c r="A1154" t="s">
         <v>328</v>
       </c>
       <c r="B1154" t="s">
         <v>9</v>
       </c>
       <c r="C1154" t="s">
         <v>2304</v>
       </c>
       <c r="D1154">
         <v>2006</v>
       </c>
       <c r="E1154" t="s">
         <v>2305</v>
       </c>
       <c r="F1154" t="s">
         <v>12</v>
       </c>
       <c r="G1154">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H1154">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="1155" spans="1:8">
       <c r="A1155" t="s">
         <v>328</v>
       </c>
       <c r="B1155" t="s">
         <v>9</v>
       </c>
       <c r="C1155" t="s">
         <v>2306</v>
       </c>
       <c r="D1155">
         <v>2001</v>
       </c>
       <c r="E1155" t="s">
         <v>2307</v>
       </c>
       <c r="F1155" t="s">
         <v>12</v>
       </c>
       <c r="G1155">
         <v>166.0</v>
       </c>
       <c r="H1155">
@@ -37974,54 +37968,54 @@
       </c>
       <c r="H1158">
         <v>232.0</v>
       </c>
     </row>
     <row r="1159" spans="1:8">
       <c r="A1159" t="s">
         <v>328</v>
       </c>
       <c r="B1159" t="s">
         <v>9</v>
       </c>
       <c r="C1159" t="s">
         <v>2314</v>
       </c>
       <c r="D1159">
         <v>2011</v>
       </c>
       <c r="E1159" t="s">
         <v>2315</v>
       </c>
       <c r="F1159" t="s">
         <v>12</v>
       </c>
       <c r="G1159">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H1159">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="1160" spans="1:8">
       <c r="A1160" t="s">
         <v>8</v>
       </c>
       <c r="B1160" t="s">
         <v>9</v>
       </c>
       <c r="C1160" t="s">
         <v>2316</v>
       </c>
       <c r="E1160" t="s">
         <v>2317</v>
       </c>
       <c r="F1160" t="s">
         <v>12</v>
       </c>
       <c r="G1160">
         <v>20.0</v>
       </c>
       <c r="H1160">
         <v>20.0</v>
       </c>
     </row>
@@ -40796,88 +40790,62 @@
       </c>
       <c r="E1267" t="s">
         <v>2529</v>
       </c>
       <c r="F1267" t="s">
         <v>29</v>
       </c>
       <c r="G1267">
         <v>80.0</v>
       </c>
       <c r="H1267">
         <v>80.0</v>
       </c>
     </row>
     <row r="1268" spans="1:8">
       <c r="A1268" t="s">
         <v>25</v>
       </c>
       <c r="B1268" t="s">
         <v>26</v>
       </c>
       <c r="C1268" t="s">
         <v>2530</v>
       </c>
       <c r="D1268">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="E1268" t="s">
         <v>2531</v>
       </c>
       <c r="F1268" t="s">
         <v>29</v>
       </c>
       <c r="G1268">
-        <v>64.0</v>
+        <v>72.0</v>
       </c>
       <c r="H1268">
-        <v>64.0</v>
-[...24 lines deleted...]
-      <c r="H1269">
         <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>