--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -2905,54 +2905,54 @@
       </c>
       <c r="H11">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>40</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="G12">
-        <v>113.27</v>
+        <v>116.64</v>
       </c>
       <c r="H12">
-        <v>113.27</v>
+        <v>116.64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13">
         <v>1</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
         <v>20.0</v>
       </c>
       <c r="H13">
@@ -3191,80 +3191,80 @@
       </c>
       <c r="H22">
         <v>272.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>20</v>
       </c>
       <c r="B23" t="s">
         <v>35</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23">
         <v>2025</v>
       </c>
       <c r="E23" t="s">
         <v>62</v>
       </c>
       <c r="F23" t="s">
         <v>38</v>
       </c>
       <c r="G23">
-        <v>120.27</v>
+        <v>123.92</v>
       </c>
       <c r="H23">
-        <v>120.27</v>
+        <v>123.92</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24" t="s">
         <v>35</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24">
         <v>2025</v>
       </c>
       <c r="E24" t="s">
         <v>64</v>
       </c>
       <c r="F24" t="s">
         <v>38</v>
       </c>
       <c r="G24">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
       <c r="H24">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>65</v>
       </c>
       <c r="D25">
         <v>2025</v>
       </c>
       <c r="E25" t="s">
         <v>66</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
         <v>488.0</v>
       </c>
       <c r="H25">
@@ -3373,54 +3373,54 @@
       </c>
       <c r="H29">
         <v>20.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>20</v>
       </c>
       <c r="B30" t="s">
         <v>35</v>
       </c>
       <c r="C30" t="s">
         <v>75</v>
       </c>
       <c r="D30">
         <v>2025</v>
       </c>
       <c r="E30" t="s">
         <v>76</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
       <c r="G30">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
       <c r="H30">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31">
         <v>2025</v>
       </c>
       <c r="E31" t="s">
         <v>78</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
         <v>0.0</v>
       </c>
       <c r="H31">
@@ -3503,54 +3503,54 @@
       </c>
       <c r="H34">
         <v>20.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>20</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35">
         <v>2025</v>
       </c>
       <c r="E35" t="s">
         <v>86</v>
       </c>
       <c r="F35" t="s">
         <v>38</v>
       </c>
       <c r="G35">
-        <v>125.86</v>
+        <v>129.62</v>
       </c>
       <c r="H35">
-        <v>125.86</v>
+        <v>129.62</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>87</v>
       </c>
       <c r="D36">
         <v>2024</v>
       </c>
       <c r="E36" t="s">
         <v>88</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36">
         <v>232.0</v>
       </c>
       <c r="H36">
@@ -3581,80 +3581,80 @@
       </c>
       <c r="H37">
         <v>135.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>20</v>
       </c>
       <c r="B38" t="s">
         <v>35</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
       <c r="D38">
         <v>2024</v>
       </c>
       <c r="E38" t="s">
         <v>92</v>
       </c>
       <c r="F38" t="s">
         <v>38</v>
       </c>
       <c r="G38">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H38">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>20</v>
       </c>
       <c r="B39" t="s">
         <v>35</v>
       </c>
       <c r="C39" t="s">
         <v>93</v>
       </c>
       <c r="D39">
         <v>2024</v>
       </c>
       <c r="E39" t="s">
         <v>94</v>
       </c>
       <c r="F39" t="s">
         <v>38</v>
       </c>
       <c r="G39">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H39">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>95</v>
       </c>
       <c r="D40">
         <v>2024</v>
       </c>
       <c r="E40" t="s">
         <v>96</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
         <v>348.0</v>
       </c>
       <c r="H40">
@@ -3867,54 +3867,54 @@
       </c>
       <c r="H48">
         <v>272.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>20</v>
       </c>
       <c r="B49" t="s">
         <v>35</v>
       </c>
       <c r="C49" t="s">
         <v>113</v>
       </c>
       <c r="D49">
         <v>2024</v>
       </c>
       <c r="E49" t="s">
         <v>114</v>
       </c>
       <c r="F49" t="s">
         <v>38</v>
       </c>
       <c r="G49">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
       <c r="H49">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>115</v>
       </c>
       <c r="D50">
         <v>9</v>
       </c>
       <c r="E50" t="s">
         <v>116</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50">
         <v>20.0</v>
       </c>
       <c r="H50">
@@ -4407,54 +4407,54 @@
       </c>
       <c r="H69">
         <v>20.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>20</v>
       </c>
       <c r="B70" t="s">
         <v>35</v>
       </c>
       <c r="C70" t="s">
         <v>155</v>
       </c>
       <c r="D70">
         <v>2023</v>
       </c>
       <c r="E70" t="s">
         <v>156</v>
       </c>
       <c r="F70" t="s">
         <v>38</v>
       </c>
       <c r="G70">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H70">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>20</v>
       </c>
       <c r="B71" t="s">
         <v>157</v>
       </c>
       <c r="C71" t="s">
         <v>158</v>
       </c>
       <c r="D71">
         <v>2022</v>
       </c>
       <c r="E71" t="s">
         <v>159</v>
       </c>
       <c r="F71" t="s">
         <v>160</v>
       </c>
       <c r="G71">
         <v>7900.0</v>
       </c>
       <c r="H71">
@@ -7709,678 +7709,678 @@
       </c>
       <c r="H196">
         <v>67.0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>20</v>
       </c>
       <c r="B197" t="s">
         <v>35</v>
       </c>
       <c r="C197" t="s">
         <v>411</v>
       </c>
       <c r="D197">
         <v>2020</v>
       </c>
       <c r="E197" t="s">
         <v>412</v>
       </c>
       <c r="F197" t="s">
         <v>38</v>
       </c>
       <c r="G197">
-        <v>108.55</v>
+        <v>111.78</v>
       </c>
       <c r="H197">
-        <v>108.55</v>
+        <v>111.78</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>20</v>
       </c>
       <c r="B198" t="s">
         <v>35</v>
       </c>
       <c r="C198" t="s">
         <v>413</v>
       </c>
       <c r="D198">
         <v>2015</v>
       </c>
       <c r="E198" t="s">
         <v>414</v>
       </c>
       <c r="F198" t="s">
         <v>38</v>
       </c>
       <c r="G198">
-        <v>85.02</v>
+        <v>87.6</v>
       </c>
       <c r="H198">
-        <v>85.02</v>
+        <v>87.6</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>20</v>
       </c>
       <c r="B199" t="s">
         <v>35</v>
       </c>
       <c r="C199" t="s">
         <v>415</v>
       </c>
       <c r="D199">
         <v>2009</v>
       </c>
       <c r="E199" t="s">
         <v>416</v>
       </c>
       <c r="F199" t="s">
         <v>38</v>
       </c>
       <c r="G199">
-        <v>85.02</v>
+        <v>87.6</v>
       </c>
       <c r="H199">
-        <v>85.02</v>
+        <v>87.6</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>20</v>
       </c>
       <c r="B200" t="s">
         <v>35</v>
       </c>
       <c r="C200" t="s">
         <v>417</v>
       </c>
       <c r="D200">
         <v>2012</v>
       </c>
       <c r="E200" t="s">
         <v>418</v>
       </c>
       <c r="F200" t="s">
         <v>38</v>
       </c>
       <c r="G200">
-        <v>64.16</v>
+        <v>66.1</v>
       </c>
       <c r="H200">
-        <v>64.16</v>
+        <v>66.1</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>20</v>
       </c>
       <c r="B201" t="s">
         <v>35</v>
       </c>
       <c r="C201" t="s">
         <v>419</v>
       </c>
       <c r="D201">
         <v>2019</v>
       </c>
       <c r="E201" t="s">
         <v>420</v>
       </c>
       <c r="F201" t="s">
         <v>38</v>
       </c>
       <c r="G201">
         <v>0.0</v>
       </c>
       <c r="H201">
         <v>0.0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>20</v>
       </c>
       <c r="B202" t="s">
         <v>35</v>
       </c>
       <c r="C202" t="s">
         <v>421</v>
       </c>
       <c r="D202">
         <v>2022</v>
       </c>
       <c r="E202" t="s">
         <v>422</v>
       </c>
       <c r="F202" t="s">
         <v>38</v>
       </c>
       <c r="G202">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H202">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>20</v>
       </c>
       <c r="B203" t="s">
         <v>35</v>
       </c>
       <c r="C203" t="s">
         <v>423</v>
       </c>
       <c r="D203">
         <v>2019</v>
       </c>
       <c r="E203" t="s">
         <v>424</v>
       </c>
       <c r="F203" t="s">
         <v>38</v>
       </c>
       <c r="G203">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H203">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>20</v>
       </c>
       <c r="B204" t="s">
         <v>35</v>
       </c>
       <c r="C204" t="s">
         <v>425</v>
       </c>
       <c r="D204">
         <v>2019</v>
       </c>
       <c r="E204" t="s">
         <v>426</v>
       </c>
       <c r="F204" t="s">
         <v>38</v>
       </c>
       <c r="G204">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H204">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>20</v>
       </c>
       <c r="B205" t="s">
         <v>35</v>
       </c>
       <c r="C205" t="s">
         <v>427</v>
       </c>
       <c r="D205">
         <v>2017</v>
       </c>
       <c r="E205" t="s">
         <v>428</v>
       </c>
       <c r="F205" t="s">
         <v>38</v>
       </c>
       <c r="G205">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H205">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>20</v>
       </c>
       <c r="B206" t="s">
         <v>35</v>
       </c>
       <c r="C206" t="s">
         <v>429</v>
       </c>
       <c r="D206">
         <v>2017</v>
       </c>
       <c r="E206" t="s">
         <v>430</v>
       </c>
       <c r="F206" t="s">
         <v>38</v>
       </c>
       <c r="G206">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H206">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>20</v>
       </c>
       <c r="B207" t="s">
         <v>35</v>
       </c>
       <c r="C207" t="s">
         <v>431</v>
       </c>
       <c r="D207">
         <v>2014</v>
       </c>
       <c r="E207" t="s">
         <v>432</v>
       </c>
       <c r="F207" t="s">
         <v>38</v>
       </c>
       <c r="G207">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H207">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>20</v>
       </c>
       <c r="B208" t="s">
         <v>35</v>
       </c>
       <c r="C208" t="s">
         <v>433</v>
       </c>
       <c r="D208">
         <v>2013</v>
       </c>
       <c r="E208" t="s">
         <v>434</v>
       </c>
       <c r="F208" t="s">
         <v>38</v>
       </c>
       <c r="G208">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H208">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>20</v>
       </c>
       <c r="B209" t="s">
         <v>35</v>
       </c>
       <c r="C209" t="s">
         <v>435</v>
       </c>
       <c r="D209">
         <v>2013</v>
       </c>
       <c r="E209" t="s">
         <v>436</v>
       </c>
       <c r="F209" t="s">
         <v>38</v>
       </c>
       <c r="G209">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H209">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>20</v>
       </c>
       <c r="B210" t="s">
         <v>35</v>
       </c>
       <c r="C210" t="s">
         <v>437</v>
       </c>
       <c r="D210">
         <v>2012</v>
       </c>
       <c r="E210" t="s">
         <v>438</v>
       </c>
       <c r="F210" t="s">
         <v>38</v>
       </c>
       <c r="G210">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
       <c r="H210">
-        <v>102.43</v>
+        <v>105.51</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>20</v>
       </c>
       <c r="B211" t="s">
         <v>35</v>
       </c>
       <c r="C211" t="s">
         <v>439</v>
       </c>
       <c r="D211">
         <v>2022</v>
       </c>
       <c r="E211" t="s">
         <v>440</v>
       </c>
       <c r="F211" t="s">
         <v>38</v>
       </c>
       <c r="G211">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H211">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>20</v>
       </c>
       <c r="B212" t="s">
         <v>35</v>
       </c>
       <c r="C212" t="s">
         <v>441</v>
       </c>
       <c r="D212">
         <v>2013</v>
       </c>
       <c r="E212" t="s">
         <v>442</v>
       </c>
       <c r="F212" t="s">
         <v>38</v>
       </c>
       <c r="G212">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
       <c r="H212">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>20</v>
       </c>
       <c r="B213" t="s">
         <v>35</v>
       </c>
       <c r="C213" t="s">
         <v>443</v>
       </c>
       <c r="D213">
         <v>2020</v>
       </c>
       <c r="E213" t="s">
         <v>444</v>
       </c>
       <c r="F213" t="s">
         <v>38</v>
       </c>
       <c r="G213">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H213">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>20</v>
       </c>
       <c r="B214" t="s">
         <v>35</v>
       </c>
       <c r="C214" t="s">
         <v>445</v>
       </c>
       <c r="D214">
         <v>2019</v>
       </c>
       <c r="E214" t="s">
         <v>446</v>
       </c>
       <c r="F214" t="s">
         <v>38</v>
       </c>
       <c r="G214">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H214">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>20</v>
       </c>
       <c r="B215" t="s">
         <v>35</v>
       </c>
       <c r="C215" t="s">
         <v>447</v>
       </c>
       <c r="D215">
         <v>2011</v>
       </c>
       <c r="E215" t="s">
         <v>448</v>
       </c>
       <c r="F215" t="s">
         <v>38</v>
       </c>
       <c r="G215">
-        <v>190.09</v>
+        <v>195.79</v>
       </c>
       <c r="H215">
-        <v>190.09</v>
+        <v>195.79</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>20</v>
       </c>
       <c r="B216" t="s">
         <v>35</v>
       </c>
       <c r="C216" t="s">
         <v>449</v>
       </c>
       <c r="D216">
         <v>2016</v>
       </c>
       <c r="E216" t="s">
         <v>450</v>
       </c>
       <c r="F216" t="s">
         <v>38</v>
       </c>
       <c r="G216">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
       <c r="H216">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>20</v>
       </c>
       <c r="B217" t="s">
         <v>35</v>
       </c>
       <c r="C217" t="s">
         <v>451</v>
       </c>
       <c r="D217">
         <v>2011</v>
       </c>
       <c r="E217" t="s">
         <v>452</v>
       </c>
       <c r="F217" t="s">
         <v>38</v>
       </c>
       <c r="G217">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
       <c r="H217">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>20</v>
       </c>
       <c r="B218" t="s">
         <v>35</v>
       </c>
       <c r="C218" t="s">
         <v>453</v>
       </c>
       <c r="D218">
         <v>2011</v>
       </c>
       <c r="E218" t="s">
         <v>454</v>
       </c>
       <c r="F218" t="s">
         <v>38</v>
       </c>
       <c r="G218">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H218">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>20</v>
       </c>
       <c r="B219" t="s">
         <v>35</v>
       </c>
       <c r="C219" t="s">
         <v>455</v>
       </c>
       <c r="D219">
         <v>2021</v>
       </c>
       <c r="E219" t="s">
         <v>456</v>
       </c>
       <c r="F219" t="s">
         <v>38</v>
       </c>
       <c r="G219">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H219">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>20</v>
       </c>
       <c r="B220" t="s">
         <v>35</v>
       </c>
       <c r="C220" t="s">
         <v>457</v>
       </c>
       <c r="D220">
         <v>2022</v>
       </c>
       <c r="E220" t="s">
         <v>458</v>
       </c>
       <c r="F220" t="s">
         <v>38</v>
       </c>
       <c r="G220">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
       <c r="H220">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>20</v>
       </c>
       <c r="B221" t="s">
         <v>35</v>
       </c>
       <c r="C221" t="s">
         <v>459</v>
       </c>
       <c r="D221">
         <v>2021</v>
       </c>
       <c r="E221" t="s">
         <v>460</v>
       </c>
       <c r="F221" t="s">
         <v>38</v>
       </c>
       <c r="G221">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H221">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>461</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>462</v>
       </c>
       <c r="D222">
         <v>2021</v>
       </c>
       <c r="E222" t="s">
         <v>463</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222">
         <v>166.0</v>
       </c>
       <c r="H222">