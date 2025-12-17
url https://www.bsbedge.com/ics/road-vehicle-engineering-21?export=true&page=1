--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -596,114 +596,114 @@
   <si>
     <t>PD ISO/TR 8713:2019</t>
   </si>
   <si>
     <t>Electrically propelled road vehicles. Vocabulary</t>
   </si>
   <si>
     <t>BS EN ISO 4210-1:2023 - TC</t>
   </si>
   <si>
     <t>Tracked Changes. Cycles. Safety requirements for bicycles - Vocabulary</t>
   </si>
   <si>
     <t>22/30399553 DC</t>
   </si>
   <si>
     <t>BS EN ISO 8092-2. Road vehicles. Connections for on-board electrical wiring harnesses - Part 2. Definitions, test methods and general performance requirements</t>
   </si>
   <si>
     <t>22/30422801 DC</t>
   </si>
   <si>
     <t>BS ISO 19642-1. Road vehicles. Automotive cables - Part 1. Vocabulary and design guidelines</t>
   </si>
   <si>
+    <t>BS ISO 12353-1:2020</t>
+  </si>
+  <si>
+    <t>Road vehicles. Traffic accident analysis - Vocabulary</t>
+  </si>
+  <si>
+    <t>PD ISO/TR 8713:2019 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Electrically propelled road vehicles. Vocabulary</t>
+  </si>
+  <si>
+    <t>19/30389099 DC</t>
+  </si>
+  <si>
+    <t>BS ISO 8090. Cycles. Terminology</t>
+  </si>
+  <si>
+    <t>BS ISO 3833:1977</t>
+  </si>
+  <si>
+    <t>Road vehicles. Types. Terms and definitions</t>
+  </si>
+  <si>
+    <t>Revision Underway</t>
+  </si>
+  <si>
+    <t>BS ISO 6621-1:2018 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Internal combustion engines. Piston rings - Vocabulary</t>
+  </si>
+  <si>
+    <t>BS ISO 7876-5:2021</t>
+  </si>
+  <si>
+    <t>Fuel injection equipment. Vocabulary - Common rail fuel injection system</t>
+  </si>
+  <si>
+    <t>BS ISO 24195:2022</t>
+  </si>
+  <si>
+    <t>Road vehicles. Vocabulary and characteristics for engineering of starting devices</t>
+  </si>
+  <si>
+    <t>BS ISO 12353-1:2020 - TC</t>
+  </si>
+  <si>
+    <t>Tracked Changes. Road vehicles. Traffic accident analysis - Vocabulary</t>
+  </si>
+  <si>
+    <t>BS ISO 26262 Series Kit</t>
+  </si>
+  <si>
+    <t>Road vehicles. Functional safety</t>
+  </si>
+  <si>
+    <t>BS ISO 3911:2021</t>
+  </si>
+  <si>
+    <t>Wheels and rims for pneumatic tyres. Vocabulary, designation and marking</t>
+  </si>
+  <si>
     <t>Under Review</t>
-  </si>
-[...61 lines deleted...]
-    <t>Wheels and rims for pneumatic tyres. Vocabulary, designation and marking</t>
   </si>
   <si>
     <t>BS ISO 611:2003</t>
   </si>
   <si>
     <t>Road vehicles. Braking of automotive vehicles and their trailers. Vocabulary</t>
   </si>
   <si>
     <t>BS ISO 6621-1:2018</t>
   </si>
   <si>
     <t>Internal combustion engines. Piston rings - Vocabulary</t>
   </si>
   <si>
     <t>BS ISO 11841-2:2000</t>
   </si>
   <si>
     <t>Road vehicles and internal combustion engines. Filter vocabulary - Definitions of characteristics of filters and their components</t>
   </si>
   <si>
     <t>BS AU 238:1991</t>
   </si>
   <si>
     <t>Glossary of terms for road vehicle lighting and light signalling devices</t>
   </si>
@@ -1205,54 +1205,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H2">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
         <v>155.0</v>
       </c>
       <c r="H3">
@@ -1283,54 +1283,54 @@
       </c>
       <c r="H4">
         <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5">
         <v>2025</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H5">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6">
         <v>6</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
         <v>20.0</v>
       </c>
       <c r="H6">
@@ -1413,80 +1413,80 @@
       </c>
       <c r="H9">
         <v>85.05</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H10">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11">
         <v>2025</v>
       </c>
       <c r="E11" t="s">
         <v>36</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H11">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12">
         <v>2025</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>17</v>
       </c>
       <c r="G12">
         <v>65.0</v>
       </c>
       <c r="H12">
@@ -1595,158 +1595,158 @@
       </c>
       <c r="H16">
         <v>20.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17">
         <v>2023</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H17">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18">
         <v>2023</v>
       </c>
       <c r="E18" t="s">
         <v>52</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H18">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19" t="s">
         <v>14</v>
       </c>
       <c r="C19" t="s">
         <v>53</v>
       </c>
       <c r="D19">
         <v>2023</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
         <v>17</v>
       </c>
       <c r="G19">
         <v>65.0</v>
       </c>
       <c r="H19">
         <v>65.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20">
         <v>2023</v>
       </c>
       <c r="E20" t="s">
         <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H20">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21">
         <v>2023</v>
       </c>
       <c r="E21" t="s">
         <v>58</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H21">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>28</v>
       </c>
       <c r="B22" t="s">
         <v>41</v>
       </c>
       <c r="C22" t="s">
         <v>59</v>
       </c>
       <c r="D22">
         <v>2005</v>
       </c>
       <c r="E22" t="s">
         <v>60</v>
       </c>
       <c r="F22" t="s">
         <v>44</v>
       </c>
       <c r="G22">
         <v>12400.0</v>
       </c>
       <c r="H22">
@@ -3233,210 +3233,210 @@
       </c>
       <c r="H79">
         <v>20.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>175</v>
       </c>
       <c r="D80">
         <v>2023</v>
       </c>
       <c r="E80" t="s">
         <v>176</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H80">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>177</v>
       </c>
       <c r="D81">
         <v>2021</v>
       </c>
       <c r="E81" t="s">
         <v>178</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
       <c r="H81">
-        <v>308.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>179</v>
       </c>
       <c r="D82">
         <v>2022</v>
       </c>
       <c r="E82" t="s">
         <v>180</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H82">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>181</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>182</v>
       </c>
       <c r="D83">
         <v>2019</v>
       </c>
       <c r="E83" t="s">
         <v>183</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H83">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>184</v>
       </c>
       <c r="D84">
         <v>28</v>
       </c>
       <c r="E84" t="s">
         <v>185</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84">
         <v>20.0</v>
       </c>
       <c r="H84">
         <v>20.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>181</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>186</v>
       </c>
       <c r="D85">
         <v>2019</v>
       </c>
       <c r="E85" t="s">
         <v>187</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H85">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>188</v>
       </c>
       <c r="D86">
         <v>2023</v>
       </c>
       <c r="E86" t="s">
         <v>189</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H86">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>190</v>
       </c>
       <c r="D87">
         <v>21</v>
       </c>
       <c r="E87" t="s">
         <v>191</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87">
         <v>20.0</v>
       </c>
       <c r="H87">
@@ -3449,927 +3449,927 @@
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>192</v>
       </c>
       <c r="D88">
         <v>30</v>
       </c>
       <c r="E88" t="s">
         <v>193</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88">
         <v>20.0</v>
       </c>
       <c r="H88">
         <v>20.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D89">
         <v>2020</v>
       </c>
       <c r="E89" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H89">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>181</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D90">
         <v>2019</v>
       </c>
       <c r="E90" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
       <c r="H90">
-        <v>406.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
+        <v>198</v>
+      </c>
+      <c r="E91" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91">
         <v>36.0</v>
       </c>
       <c r="H91">
         <v>36.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D92">
         <v>1977</v>
       </c>
       <c r="E92" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H92">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>202</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
       <c r="D93">
         <v>2018</v>
       </c>
       <c r="E93" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H93">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="D94">
         <v>2021</v>
       </c>
       <c r="E94" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H94">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D95">
         <v>2022</v>
       </c>
       <c r="E95" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H95">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>8</v>
+        <v>181</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D96">
         <v>2020</v>
       </c>
       <c r="E96" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H96">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D97">
         <v>10</v>
       </c>
       <c r="E97" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97">
-        <v>1960.0</v>
+        <v>2162.0</v>
       </c>
       <c r="H97">
-        <v>1960.0</v>
+        <v>2162.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D98">
         <v>2021</v>
       </c>
       <c r="E98" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H98">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>216</v>
       </c>
       <c r="D99">
         <v>2003</v>
       </c>
       <c r="E99" t="s">
         <v>217</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H99">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>218</v>
       </c>
       <c r="D100">
         <v>2018</v>
       </c>
       <c r="E100" t="s">
         <v>219</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H100">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>181</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>220</v>
       </c>
       <c r="D101">
         <v>2000</v>
       </c>
       <c r="E101" t="s">
         <v>221</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H101">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>181</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>222</v>
       </c>
       <c r="D102">
         <v>1991</v>
       </c>
       <c r="E102" t="s">
         <v>223</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H102">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>181</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>224</v>
       </c>
       <c r="D103">
         <v>2008</v>
       </c>
       <c r="E103" t="s">
         <v>225</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H103">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>226</v>
       </c>
       <c r="D104">
         <v>2014</v>
       </c>
       <c r="E104" t="s">
         <v>227</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H104">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>181</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>228</v>
       </c>
       <c r="D105">
         <v>2002</v>
       </c>
       <c r="E105" t="s">
         <v>229</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H105">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>181</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>230</v>
       </c>
       <c r="D106">
         <v>2007</v>
       </c>
       <c r="E106" t="s">
         <v>231</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H106">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>232</v>
       </c>
       <c r="D107">
         <v>2001</v>
       </c>
       <c r="E107" t="s">
         <v>233</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H107">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>234</v>
       </c>
       <c r="D108">
         <v>2018</v>
       </c>
       <c r="E108" t="s">
         <v>235</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
       <c r="H108">
-        <v>362.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>236</v>
       </c>
       <c r="D109">
         <v>2021</v>
       </c>
       <c r="E109" t="s">
         <v>237</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
       <c r="H109">
-        <v>188.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>238</v>
       </c>
       <c r="D110">
         <v>2013</v>
       </c>
       <c r="E110" t="s">
         <v>239</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H110">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>240</v>
       </c>
       <c r="D111">
         <v>2004</v>
       </c>
       <c r="E111" t="s">
         <v>241</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H111">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>181</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>242</v>
       </c>
       <c r="D112">
         <v>2012</v>
       </c>
       <c r="E112" t="s">
         <v>243</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H112">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>244</v>
       </c>
       <c r="D113">
         <v>2016</v>
       </c>
       <c r="E113" t="s">
         <v>245</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H113">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>246</v>
       </c>
       <c r="D114">
         <v>2011</v>
       </c>
       <c r="E114" t="s">
         <v>247</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H114">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>181</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>248</v>
       </c>
       <c r="D115">
         <v>2008</v>
       </c>
       <c r="E115" t="s">
         <v>249</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H115">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>250</v>
       </c>
       <c r="D116">
         <v>1998</v>
       </c>
       <c r="E116" t="s">
         <v>251</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H116">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>252</v>
       </c>
       <c r="D117">
         <v>2015</v>
       </c>
       <c r="E117" t="s">
         <v>253</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H117">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>181</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>254</v>
       </c>
       <c r="D118">
         <v>2007</v>
       </c>
       <c r="E118" t="s">
         <v>255</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H118">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>181</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>256</v>
       </c>
       <c r="D119">
         <v>1983</v>
       </c>
       <c r="E119" t="s">
         <v>257</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H119">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>181</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>258</v>
       </c>
       <c r="D120">
         <v>2010</v>
       </c>
       <c r="E120" t="s">
         <v>259</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H120">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>181</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>260</v>
       </c>
       <c r="D121">
         <v>2000</v>
       </c>
       <c r="E121" t="s">
         <v>261</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H121">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>262</v>
       </c>
       <c r="D122">
         <v>2018</v>
       </c>
       <c r="E122" t="s">
         <v>263</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H122">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">