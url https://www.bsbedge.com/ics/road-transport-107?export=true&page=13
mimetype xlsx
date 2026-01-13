--- v2 (2026-01-12)
+++ v3 (2026-01-13)
@@ -3754,54 +3754,54 @@
       </c>
       <c r="H8">
         <v>348.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>2025</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
       <c r="G9">
-        <v>152.06</v>
+        <v>156.64</v>
       </c>
       <c r="H9">
-        <v>152.06</v>
+        <v>156.64</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>19</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10">
         <v>2025</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>23</v>
       </c>
       <c r="G10">
         <v>159.0</v>
       </c>
       <c r="H10">
@@ -4106,106 +4106,106 @@
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>28</v>
       </c>
       <c r="B23" t="s">
         <v>29</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23">
         <v>2025</v>
       </c>
       <c r="E23" t="s">
         <v>60</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
       <c r="G23">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
       <c r="H23">
-        <v>67.85</v>
+        <v>69.91</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24" t="s">
         <v>29</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24">
         <v>2025</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
       <c r="G24">
-        <v>135.89</v>
+        <v>140.0</v>
       </c>
       <c r="H24">
-        <v>135.89</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25" t="s">
         <v>29</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25">
         <v>2025</v>
       </c>
       <c r="E25" t="s">
         <v>64</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
       <c r="G25">
-        <v>135.89</v>
+        <v>140.0</v>
       </c>
       <c r="H25">
-        <v>135.89</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>65</v>
       </c>
       <c r="D26">
         <v>2025</v>
       </c>
       <c r="E26" t="s">
         <v>66</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
         <v>430.0</v>
       </c>
       <c r="H26">
@@ -4470,158 +4470,158 @@
       </c>
       <c r="H36">
         <v>322.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>28</v>
       </c>
       <c r="B37" t="s">
         <v>29</v>
       </c>
       <c r="C37" t="s">
         <v>87</v>
       </c>
       <c r="D37">
         <v>2025</v>
       </c>
       <c r="E37" t="s">
         <v>88</v>
       </c>
       <c r="F37" t="s">
         <v>32</v>
       </c>
       <c r="G37">
-        <v>166.54</v>
+        <v>171.5</v>
       </c>
       <c r="H37">
-        <v>166.54</v>
+        <v>171.5</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>28</v>
       </c>
       <c r="B38" t="s">
         <v>29</v>
       </c>
       <c r="C38" t="s">
         <v>89</v>
       </c>
       <c r="D38">
         <v>2025</v>
       </c>
       <c r="E38" t="s">
         <v>90</v>
       </c>
       <c r="F38" t="s">
         <v>32</v>
       </c>
       <c r="G38">
-        <v>162.8</v>
+        <v>167.66</v>
       </c>
       <c r="H38">
-        <v>162.8</v>
+        <v>167.66</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>28</v>
       </c>
       <c r="B39" t="s">
         <v>29</v>
       </c>
       <c r="C39" t="s">
         <v>91</v>
       </c>
       <c r="D39">
         <v>2025</v>
       </c>
       <c r="E39" t="s">
         <v>92</v>
       </c>
       <c r="F39" t="s">
         <v>32</v>
       </c>
       <c r="G39">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
       <c r="H39">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>28</v>
       </c>
       <c r="B40" t="s">
         <v>29</v>
       </c>
       <c r="C40" t="s">
         <v>93</v>
       </c>
       <c r="D40">
         <v>2025</v>
       </c>
       <c r="E40" t="s">
         <v>94</v>
       </c>
       <c r="F40" t="s">
         <v>32</v>
       </c>
       <c r="G40">
-        <v>411.4</v>
+        <v>423.74</v>
       </c>
       <c r="H40">
-        <v>411.4</v>
+        <v>423.74</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>28</v>
       </c>
       <c r="B41" t="s">
         <v>29</v>
       </c>
       <c r="C41" t="s">
         <v>95</v>
       </c>
       <c r="D41">
         <v>2025</v>
       </c>
       <c r="E41" t="s">
         <v>96</v>
       </c>
       <c r="F41" t="s">
         <v>32</v>
       </c>
       <c r="G41">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H41">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>19</v>
       </c>
       <c r="B42" t="s">
         <v>20</v>
       </c>
       <c r="C42" t="s">
         <v>97</v>
       </c>
       <c r="D42">
         <v>2025</v>
       </c>
       <c r="E42" t="s">
         <v>98</v>
       </c>
       <c r="F42" t="s">
         <v>23</v>
       </c>
       <c r="G42">
         <v>204.0</v>
       </c>
       <c r="H42">
@@ -4938,54 +4938,54 @@
       </c>
       <c r="H54">
         <v>272.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>28</v>
       </c>
       <c r="B55" t="s">
         <v>29</v>
       </c>
       <c r="C55" t="s">
         <v>123</v>
       </c>
       <c r="D55">
         <v>2025</v>
       </c>
       <c r="E55" t="s">
         <v>124</v>
       </c>
       <c r="F55" t="s">
         <v>32</v>
       </c>
       <c r="G55">
-        <v>185.14</v>
+        <v>190.65</v>
       </c>
       <c r="H55">
-        <v>185.14</v>
+        <v>190.65</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>19</v>
       </c>
       <c r="B56" t="s">
         <v>20</v>
       </c>
       <c r="C56" t="s">
         <v>125</v>
       </c>
       <c r="D56">
         <v>2025</v>
       </c>
       <c r="E56" t="s">
         <v>126</v>
       </c>
       <c r="F56" t="s">
         <v>23</v>
       </c>
       <c r="G56">
         <v>204.0</v>
       </c>
       <c r="H56">
@@ -5276,106 +5276,106 @@
       </c>
       <c r="H67">
         <v>227.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>28</v>
       </c>
       <c r="B68" t="s">
         <v>29</v>
       </c>
       <c r="C68" t="s">
         <v>149</v>
       </c>
       <c r="D68">
         <v>2025</v>
       </c>
       <c r="E68" t="s">
         <v>150</v>
       </c>
       <c r="F68" t="s">
         <v>32</v>
       </c>
       <c r="G68">
-        <v>157.29</v>
+        <v>162.06</v>
       </c>
       <c r="H68">
-        <v>157.29</v>
+        <v>162.06</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>151</v>
       </c>
       <c r="D69">
         <v>2025</v>
       </c>
       <c r="E69" t="s">
         <v>152</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69">
         <v>382.0</v>
       </c>
       <c r="H69">
         <v>382.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>28</v>
       </c>
       <c r="B70" t="s">
         <v>29</v>
       </c>
       <c r="C70" t="s">
         <v>153</v>
       </c>
       <c r="D70">
         <v>2025</v>
       </c>
       <c r="E70" t="s">
         <v>154</v>
       </c>
       <c r="F70" t="s">
         <v>32</v>
       </c>
       <c r="G70">
-        <v>125.86</v>
+        <v>129.62</v>
       </c>
       <c r="H70">
-        <v>125.86</v>
+        <v>129.62</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>155</v>
       </c>
       <c r="D71">
         <v>2025</v>
       </c>
       <c r="E71" t="s">
         <v>156</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71">
         <v>232.0</v>
       </c>
       <c r="H71">
@@ -5640,80 +5640,80 @@
       </c>
       <c r="H81">
         <v>306.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>28</v>
       </c>
       <c r="B82" t="s">
         <v>29</v>
       </c>
       <c r="C82" t="s">
         <v>178</v>
       </c>
       <c r="D82">
         <v>2025</v>
       </c>
       <c r="E82" t="s">
         <v>179</v>
       </c>
       <c r="F82" t="s">
         <v>32</v>
       </c>
       <c r="G82">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H82">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>28</v>
       </c>
       <c r="B83" t="s">
         <v>29</v>
       </c>
       <c r="C83" t="s">
         <v>180</v>
       </c>
       <c r="D83">
         <v>2025</v>
       </c>
       <c r="E83" t="s">
         <v>181</v>
       </c>
       <c r="F83" t="s">
         <v>32</v>
       </c>
       <c r="G83">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
       <c r="H83">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>19</v>
       </c>
       <c r="B84" t="s">
         <v>20</v>
       </c>
       <c r="C84" t="s">
         <v>182</v>
       </c>
       <c r="D84">
         <v>2024</v>
       </c>
       <c r="E84" t="s">
         <v>183</v>
       </c>
       <c r="F84" t="s">
         <v>23</v>
       </c>
       <c r="G84">
         <v>204.0</v>
       </c>
       <c r="H84">
@@ -6602,54 +6602,54 @@
       </c>
       <c r="H118">
         <v>72.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>28</v>
       </c>
       <c r="B119" t="s">
         <v>29</v>
       </c>
       <c r="C119" t="s">
         <v>254</v>
       </c>
       <c r="D119">
         <v>2024</v>
       </c>
       <c r="E119" t="s">
         <v>255</v>
       </c>
       <c r="F119" t="s">
         <v>32</v>
       </c>
       <c r="G119">
-        <v>162.8</v>
+        <v>167.66</v>
       </c>
       <c r="H119">
-        <v>162.8</v>
+        <v>167.66</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>256</v>
       </c>
       <c r="D120">
         <v>2024</v>
       </c>
       <c r="E120" t="s">
         <v>257</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120">
         <v>232.0</v>
       </c>
       <c r="H120">
@@ -6804,80 +6804,80 @@
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>28</v>
       </c>
       <c r="B127" t="s">
         <v>29</v>
       </c>
       <c r="C127" t="s">
         <v>270</v>
       </c>
       <c r="D127">
         <v>2024</v>
       </c>
       <c r="E127" t="s">
         <v>271</v>
       </c>
       <c r="F127" t="s">
         <v>32</v>
       </c>
       <c r="G127">
-        <v>200.55</v>
+        <v>206.57</v>
       </c>
       <c r="H127">
-        <v>200.55</v>
+        <v>206.57</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>28</v>
       </c>
       <c r="B128" t="s">
         <v>29</v>
       </c>
       <c r="C128" t="s">
         <v>272</v>
       </c>
       <c r="D128">
         <v>2024</v>
       </c>
       <c r="E128" t="s">
         <v>273</v>
       </c>
       <c r="F128" t="s">
         <v>32</v>
       </c>
       <c r="G128">
-        <v>47.38</v>
+        <v>48.79</v>
       </c>
       <c r="H128">
-        <v>47.38</v>
+        <v>48.79</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>274</v>
       </c>
       <c r="D129">
         <v>2024</v>
       </c>
       <c r="E129" t="s">
         <v>275</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
         <v>488.0</v>
       </c>
       <c r="H129">
@@ -7038,54 +7038,54 @@
       </c>
       <c r="H135">
         <v>158.0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>28</v>
       </c>
       <c r="B136" t="s">
         <v>29</v>
       </c>
       <c r="C136" t="s">
         <v>287</v>
       </c>
       <c r="D136">
         <v>2024</v>
       </c>
       <c r="E136" t="s">
         <v>288</v>
       </c>
       <c r="F136" t="s">
         <v>32</v>
       </c>
       <c r="G136">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
       <c r="H136">
-        <v>119.44</v>
+        <v>122.99</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>289</v>
       </c>
       <c r="D137">
         <v>2017</v>
       </c>
       <c r="E137" t="s">
         <v>290</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
         <v>166.0</v>
       </c>
       <c r="H137">
@@ -7272,80 +7272,80 @@
       </c>
       <c r="H144">
         <v>67.0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>28</v>
       </c>
       <c r="B145" t="s">
         <v>29</v>
       </c>
       <c r="C145" t="s">
         <v>305</v>
       </c>
       <c r="D145">
         <v>2023</v>
       </c>
       <c r="E145" t="s">
         <v>306</v>
       </c>
       <c r="F145" t="s">
         <v>32</v>
       </c>
       <c r="G145">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H145">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>28</v>
       </c>
       <c r="B146" t="s">
         <v>29</v>
       </c>
       <c r="C146" t="s">
         <v>307</v>
       </c>
       <c r="D146">
         <v>2023</v>
       </c>
       <c r="E146" t="s">
         <v>308</v>
       </c>
       <c r="F146" t="s">
         <v>32</v>
       </c>
       <c r="G146">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
       <c r="H146">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>8</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>309</v>
       </c>
       <c r="D147">
         <v>2023</v>
       </c>
       <c r="E147" t="s">
         <v>310</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147">
         <v>322.0</v>
       </c>
       <c r="H147">
@@ -7766,54 +7766,54 @@
       </c>
       <c r="H163">
         <v>20.0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>28</v>
       </c>
       <c r="B164" t="s">
         <v>29</v>
       </c>
       <c r="C164" t="s">
         <v>344</v>
       </c>
       <c r="D164">
         <v>2023</v>
       </c>
       <c r="E164" t="s">
         <v>345</v>
       </c>
       <c r="F164" t="s">
         <v>32</v>
       </c>
       <c r="G164">
-        <v>178.22</v>
+        <v>183.55</v>
       </c>
       <c r="H164">
-        <v>178.22</v>
+        <v>183.55</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>19</v>
       </c>
       <c r="B165" t="s">
         <v>20</v>
       </c>
       <c r="C165" t="s">
         <v>346</v>
       </c>
       <c r="D165">
         <v>2020</v>
       </c>
       <c r="E165" t="s">
         <v>347</v>
       </c>
       <c r="F165" t="s">
         <v>23</v>
       </c>
       <c r="G165">
         <v>227.0</v>
       </c>
       <c r="H165">
@@ -11250,990 +11250,990 @@
       </c>
       <c r="H297">
         <v>159.0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>28</v>
       </c>
       <c r="B298" t="s">
         <v>29</v>
       </c>
       <c r="C298" t="s">
         <v>611</v>
       </c>
       <c r="D298">
         <v>2020</v>
       </c>
       <c r="E298" t="s">
         <v>612</v>
       </c>
       <c r="F298" t="s">
         <v>32</v>
       </c>
       <c r="G298">
-        <v>108.55</v>
+        <v>111.78</v>
       </c>
       <c r="H298">
-        <v>108.55</v>
+        <v>111.78</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>28</v>
       </c>
       <c r="B299" t="s">
         <v>29</v>
       </c>
       <c r="C299" t="s">
         <v>613</v>
       </c>
       <c r="D299">
         <v>2001</v>
       </c>
       <c r="E299" t="s">
         <v>614</v>
       </c>
       <c r="F299" t="s">
         <v>32</v>
       </c>
       <c r="G299">
-        <v>74.81</v>
+        <v>77.06</v>
       </c>
       <c r="H299">
-        <v>74.81</v>
+        <v>77.06</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>28</v>
       </c>
       <c r="B300" t="s">
         <v>29</v>
       </c>
       <c r="C300" t="s">
         <v>615</v>
       </c>
       <c r="D300">
         <v>2011</v>
       </c>
       <c r="E300" t="s">
         <v>616</v>
       </c>
       <c r="F300" t="s">
         <v>32</v>
       </c>
       <c r="G300">
-        <v>90.65</v>
+        <v>93.36</v>
       </c>
       <c r="H300">
-        <v>90.65</v>
+        <v>93.36</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>28</v>
       </c>
       <c r="B301" t="s">
         <v>29</v>
       </c>
       <c r="C301" t="s">
         <v>617</v>
       </c>
       <c r="D301">
         <v>2018</v>
       </c>
       <c r="E301" t="s">
         <v>618</v>
       </c>
       <c r="F301" t="s">
         <v>32</v>
       </c>
       <c r="G301">
-        <v>59.91</v>
+        <v>61.68</v>
       </c>
       <c r="H301">
-        <v>59.91</v>
+        <v>61.68</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>28</v>
       </c>
       <c r="B302" t="s">
         <v>29</v>
       </c>
       <c r="C302" t="s">
         <v>619</v>
       </c>
       <c r="D302">
         <v>2017</v>
       </c>
       <c r="E302" t="s">
         <v>620</v>
       </c>
       <c r="F302" t="s">
         <v>32</v>
       </c>
       <c r="G302">
-        <v>117.01</v>
+        <v>120.56</v>
       </c>
       <c r="H302">
-        <v>117.01</v>
+        <v>120.56</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>28</v>
       </c>
       <c r="B303" t="s">
         <v>29</v>
       </c>
       <c r="C303" t="s">
         <v>621</v>
       </c>
       <c r="D303">
         <v>2019</v>
       </c>
       <c r="E303" t="s">
         <v>622</v>
       </c>
       <c r="F303" t="s">
         <v>32</v>
       </c>
       <c r="G303">
-        <v>95.23</v>
+        <v>98.13</v>
       </c>
       <c r="H303">
-        <v>95.23</v>
+        <v>98.13</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>28</v>
       </c>
       <c r="B304" t="s">
         <v>29</v>
       </c>
       <c r="C304" t="s">
         <v>623</v>
       </c>
       <c r="D304">
         <v>2012</v>
       </c>
       <c r="E304" t="s">
         <v>624</v>
       </c>
       <c r="F304" t="s">
         <v>32</v>
       </c>
       <c r="G304">
-        <v>59.91</v>
+        <v>61.68</v>
       </c>
       <c r="H304">
-        <v>59.91</v>
+        <v>61.68</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>28</v>
       </c>
       <c r="B305" t="s">
         <v>29</v>
       </c>
       <c r="C305" t="s">
         <v>625</v>
       </c>
       <c r="D305">
         <v>2012</v>
       </c>
       <c r="E305" t="s">
         <v>626</v>
       </c>
       <c r="F305" t="s">
         <v>32</v>
       </c>
       <c r="G305">
-        <v>203.18</v>
+        <v>209.25</v>
       </c>
       <c r="H305">
-        <v>203.18</v>
+        <v>209.25</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>28</v>
       </c>
       <c r="B306" t="s">
         <v>29</v>
       </c>
       <c r="C306" t="s">
         <v>627</v>
       </c>
       <c r="D306">
         <v>2011</v>
       </c>
       <c r="E306" t="s">
         <v>628</v>
       </c>
       <c r="F306" t="s">
         <v>32</v>
       </c>
       <c r="G306">
-        <v>54.39</v>
+        <v>55.98</v>
       </c>
       <c r="H306">
-        <v>54.39</v>
+        <v>55.98</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>28</v>
       </c>
       <c r="B307" t="s">
         <v>29</v>
       </c>
       <c r="C307" t="s">
         <v>629</v>
       </c>
       <c r="D307">
         <v>2008</v>
       </c>
       <c r="E307" t="s">
         <v>630</v>
       </c>
       <c r="F307" t="s">
         <v>32</v>
       </c>
       <c r="G307">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H307">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>28</v>
       </c>
       <c r="B308" t="s">
         <v>29</v>
       </c>
       <c r="C308" t="s">
         <v>631</v>
       </c>
       <c r="D308">
         <v>2008</v>
       </c>
       <c r="E308" t="s">
         <v>632</v>
       </c>
       <c r="F308" t="s">
         <v>32</v>
       </c>
       <c r="G308">
-        <v>135.89</v>
+        <v>140.0</v>
       </c>
       <c r="H308">
-        <v>135.89</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>28</v>
       </c>
       <c r="B309" t="s">
         <v>29</v>
       </c>
       <c r="C309" t="s">
         <v>633</v>
       </c>
       <c r="D309">
         <v>2008</v>
       </c>
       <c r="E309" t="s">
         <v>634</v>
       </c>
       <c r="F309" t="s">
         <v>32</v>
       </c>
       <c r="G309">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
       <c r="H309">
-        <v>118.79</v>
+        <v>122.34</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>28</v>
       </c>
       <c r="B310" t="s">
         <v>29</v>
       </c>
       <c r="C310" t="s">
         <v>635</v>
       </c>
       <c r="D310">
         <v>2008</v>
       </c>
       <c r="E310" t="s">
         <v>636</v>
       </c>
       <c r="F310" t="s">
         <v>32</v>
       </c>
       <c r="G310">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
       <c r="H310">
-        <v>74.95</v>
+        <v>77.2</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>28</v>
       </c>
       <c r="B311" t="s">
         <v>29</v>
       </c>
       <c r="C311" t="s">
         <v>637</v>
       </c>
       <c r="D311">
         <v>2022</v>
       </c>
       <c r="E311" t="s">
         <v>638</v>
       </c>
       <c r="F311" t="s">
         <v>32</v>
       </c>
       <c r="G311">
-        <v>70.65</v>
+        <v>72.8</v>
       </c>
       <c r="H311">
-        <v>70.65</v>
+        <v>72.8</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>28</v>
       </c>
       <c r="B312" t="s">
         <v>29</v>
       </c>
       <c r="C312" t="s">
         <v>639</v>
       </c>
       <c r="D312">
         <v>2023</v>
       </c>
       <c r="E312" t="s">
         <v>640</v>
       </c>
       <c r="F312" t="s">
         <v>32</v>
       </c>
       <c r="G312">
-        <v>99.53</v>
+        <v>102.52</v>
       </c>
       <c r="H312">
-        <v>99.53</v>
+        <v>102.52</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>28</v>
       </c>
       <c r="B313" t="s">
         <v>29</v>
       </c>
       <c r="C313" t="s">
         <v>641</v>
       </c>
       <c r="D313">
         <v>2023</v>
       </c>
       <c r="E313" t="s">
         <v>642</v>
       </c>
       <c r="F313" t="s">
         <v>32</v>
       </c>
       <c r="G313">
-        <v>474.58</v>
+        <v>488.79</v>
       </c>
       <c r="H313">
-        <v>474.58</v>
+        <v>488.79</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>28</v>
       </c>
       <c r="B314" t="s">
         <v>29</v>
       </c>
       <c r="C314" t="s">
         <v>643</v>
       </c>
       <c r="D314">
         <v>2023</v>
       </c>
       <c r="E314" t="s">
         <v>644</v>
       </c>
       <c r="F314" t="s">
         <v>32</v>
       </c>
       <c r="G314">
-        <v>474.58</v>
+        <v>488.79</v>
       </c>
       <c r="H314">
-        <v>474.58</v>
+        <v>488.79</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>28</v>
       </c>
       <c r="B315" t="s">
         <v>29</v>
       </c>
       <c r="C315" t="s">
         <v>645</v>
       </c>
       <c r="D315">
         <v>2020</v>
       </c>
       <c r="E315" t="s">
         <v>646</v>
       </c>
       <c r="F315" t="s">
         <v>32</v>
       </c>
       <c r="G315">
-        <v>241.03</v>
+        <v>248.22</v>
       </c>
       <c r="H315">
-        <v>241.03</v>
+        <v>248.22</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>28</v>
       </c>
       <c r="B316" t="s">
         <v>29</v>
       </c>
       <c r="C316" t="s">
         <v>647</v>
       </c>
       <c r="D316">
         <v>2020</v>
       </c>
       <c r="E316" t="s">
         <v>648</v>
       </c>
       <c r="F316" t="s">
         <v>32</v>
       </c>
       <c r="G316">
-        <v>140.93</v>
+        <v>145.14</v>
       </c>
       <c r="H316">
-        <v>140.93</v>
+        <v>145.14</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>28</v>
       </c>
       <c r="B317" t="s">
         <v>29</v>
       </c>
       <c r="C317" t="s">
         <v>649</v>
       </c>
       <c r="D317">
         <v>2019</v>
       </c>
       <c r="E317" t="s">
         <v>650</v>
       </c>
       <c r="F317" t="s">
         <v>32</v>
       </c>
       <c r="G317">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
       <c r="H317">
-        <v>61.4</v>
+        <v>63.27</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>28</v>
       </c>
       <c r="B318" t="s">
         <v>29</v>
       </c>
       <c r="C318" t="s">
         <v>651</v>
       </c>
       <c r="D318">
         <v>2011</v>
       </c>
       <c r="E318" t="s">
         <v>652</v>
       </c>
       <c r="F318" t="s">
         <v>32</v>
       </c>
       <c r="G318">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
       <c r="H318">
-        <v>95.42</v>
+        <v>98.32</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>28</v>
       </c>
       <c r="B319" t="s">
         <v>29</v>
       </c>
       <c r="C319" t="s">
         <v>653</v>
       </c>
       <c r="D319">
         <v>2023</v>
       </c>
       <c r="E319" t="s">
         <v>654</v>
       </c>
       <c r="F319" t="s">
         <v>32</v>
       </c>
       <c r="G319">
-        <v>222.71</v>
+        <v>229.44</v>
       </c>
       <c r="H319">
-        <v>222.71</v>
+        <v>229.44</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>28</v>
       </c>
       <c r="B320" t="s">
         <v>29</v>
       </c>
       <c r="C320" t="s">
         <v>655</v>
       </c>
       <c r="D320">
         <v>2021</v>
       </c>
       <c r="E320" t="s">
         <v>656</v>
       </c>
       <c r="F320" t="s">
         <v>32</v>
       </c>
       <c r="G320">
-        <v>217.85</v>
+        <v>224.39</v>
       </c>
       <c r="H320">
-        <v>217.85</v>
+        <v>224.39</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>28</v>
       </c>
       <c r="B321" t="s">
         <v>29</v>
       </c>
       <c r="C321" t="s">
         <v>657</v>
       </c>
       <c r="D321">
         <v>2021</v>
       </c>
       <c r="E321" t="s">
         <v>658</v>
       </c>
       <c r="F321" t="s">
         <v>32</v>
       </c>
       <c r="G321">
-        <v>208.04</v>
+        <v>214.3</v>
       </c>
       <c r="H321">
-        <v>208.04</v>
+        <v>214.3</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>28</v>
       </c>
       <c r="B322" t="s">
         <v>29</v>
       </c>
       <c r="C322" t="s">
         <v>659</v>
       </c>
       <c r="D322">
         <v>2021</v>
       </c>
       <c r="E322" t="s">
         <v>660</v>
       </c>
       <c r="F322" t="s">
         <v>32</v>
       </c>
       <c r="G322">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
       <c r="H322">
-        <v>152.52</v>
+        <v>157.1</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>28</v>
       </c>
       <c r="B323" t="s">
         <v>29</v>
       </c>
       <c r="C323" t="s">
         <v>661</v>
       </c>
       <c r="D323">
         <v>2006</v>
       </c>
       <c r="E323" t="s">
         <v>662</v>
       </c>
       <c r="F323" t="s">
         <v>32</v>
       </c>
       <c r="G323">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
       <c r="H323">
-        <v>82.15</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>28</v>
       </c>
       <c r="B324" t="s">
         <v>29</v>
       </c>
       <c r="C324" t="s">
         <v>663</v>
       </c>
       <c r="D324">
         <v>2017</v>
       </c>
       <c r="E324" t="s">
         <v>664</v>
       </c>
       <c r="F324" t="s">
         <v>32</v>
       </c>
       <c r="G324">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
       <c r="H324">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>28</v>
       </c>
       <c r="B325" t="s">
         <v>29</v>
       </c>
       <c r="C325" t="s">
         <v>665</v>
       </c>
       <c r="D325">
         <v>2017</v>
       </c>
       <c r="E325" t="s">
         <v>666</v>
       </c>
       <c r="F325" t="s">
         <v>32</v>
       </c>
       <c r="G325">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
       <c r="H325">
-        <v>88.41</v>
+        <v>91.03</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>28</v>
       </c>
       <c r="B326" t="s">
         <v>29</v>
       </c>
       <c r="C326" t="s">
         <v>667</v>
       </c>
       <c r="D326">
         <v>2017</v>
       </c>
       <c r="E326" t="s">
         <v>668</v>
       </c>
       <c r="F326" t="s">
         <v>32</v>
       </c>
       <c r="G326">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
       <c r="H326">
-        <v>124.49</v>
+        <v>128.22</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>28</v>
       </c>
       <c r="B327" t="s">
         <v>29</v>
       </c>
       <c r="C327" t="s">
         <v>669</v>
       </c>
       <c r="D327">
         <v>2021</v>
       </c>
       <c r="E327" t="s">
         <v>670</v>
       </c>
       <c r="F327" t="s">
         <v>32</v>
       </c>
       <c r="G327">
-        <v>86.54</v>
+        <v>89.16</v>
       </c>
       <c r="H327">
-        <v>86.54</v>
+        <v>89.16</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>28</v>
       </c>
       <c r="B328" t="s">
         <v>29</v>
       </c>
       <c r="C328" t="s">
         <v>671</v>
       </c>
       <c r="D328">
         <v>2020</v>
       </c>
       <c r="E328" t="s">
         <v>672</v>
       </c>
       <c r="F328" t="s">
         <v>32</v>
       </c>
       <c r="G328">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
       <c r="H328">
-        <v>93.83</v>
+        <v>96.64</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>28</v>
       </c>
       <c r="B329" t="s">
         <v>29</v>
       </c>
       <c r="C329" t="s">
         <v>673</v>
       </c>
       <c r="D329">
         <v>2021</v>
       </c>
       <c r="E329" t="s">
         <v>674</v>
       </c>
       <c r="F329" t="s">
         <v>32</v>
       </c>
       <c r="G329">
-        <v>176.07</v>
+        <v>181.4</v>
       </c>
       <c r="H329">
-        <v>176.07</v>
+        <v>181.4</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>28</v>
       </c>
       <c r="B330" t="s">
         <v>29</v>
       </c>
       <c r="C330" t="s">
         <v>675</v>
       </c>
       <c r="D330">
         <v>2021</v>
       </c>
       <c r="E330" t="s">
         <v>676</v>
       </c>
       <c r="F330" t="s">
         <v>32</v>
       </c>
       <c r="G330">
-        <v>231.4</v>
+        <v>238.32</v>
       </c>
       <c r="H330">
-        <v>231.4</v>
+        <v>238.32</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>28</v>
       </c>
       <c r="B331" t="s">
         <v>29</v>
       </c>
       <c r="C331" t="s">
         <v>677</v>
       </c>
       <c r="D331">
         <v>2020</v>
       </c>
       <c r="E331" t="s">
         <v>678</v>
       </c>
       <c r="F331" t="s">
         <v>32</v>
       </c>
       <c r="G331">
-        <v>108.88</v>
+        <v>112.15</v>
       </c>
       <c r="H331">
-        <v>108.88</v>
+        <v>112.15</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>28</v>
       </c>
       <c r="B332" t="s">
         <v>29</v>
       </c>
       <c r="C332" t="s">
         <v>679</v>
       </c>
       <c r="D332">
         <v>2020</v>
       </c>
       <c r="E332" t="s">
         <v>680</v>
       </c>
       <c r="F332" t="s">
         <v>32</v>
       </c>
       <c r="G332">
-        <v>147.94</v>
+        <v>152.34</v>
       </c>
       <c r="H332">
-        <v>147.94</v>
+        <v>152.34</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>28</v>
       </c>
       <c r="B333" t="s">
         <v>29</v>
       </c>
       <c r="C333" t="s">
         <v>681</v>
       </c>
       <c r="D333">
         <v>2021</v>
       </c>
       <c r="E333" t="s">
         <v>682</v>
       </c>
       <c r="F333" t="s">
         <v>32</v>
       </c>
       <c r="G333">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
       <c r="H333">
-        <v>155.42</v>
+        <v>160.09</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>28</v>
       </c>
       <c r="B334" t="s">
         <v>29</v>
       </c>
       <c r="C334" t="s">
         <v>683</v>
       </c>
       <c r="D334">
         <v>2006</v>
       </c>
       <c r="E334" t="s">
         <v>684</v>
       </c>
       <c r="F334" t="s">
         <v>32</v>
       </c>
       <c r="G334">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H334">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>329</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>685</v>
       </c>
       <c r="D335">
         <v>2018</v>
       </c>
       <c r="E335" t="s">
         <v>686</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335">
         <v>272.0</v>
       </c>
       <c r="H335">