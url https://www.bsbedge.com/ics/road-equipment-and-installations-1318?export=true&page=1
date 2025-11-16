--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -2187,106 +2187,106 @@
       </c>
       <c r="H18">
         <v>119.44</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>13</v>
       </c>
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19">
         <v>2005</v>
       </c>
       <c r="E19" t="s">
         <v>51</v>
       </c>
       <c r="F19" t="s">
         <v>52</v>
       </c>
       <c r="G19">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H19">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20">
         <v>2007</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
         <v>52</v>
       </c>
       <c r="G20">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H20">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>13</v>
       </c>
       <c r="B21" t="s">
         <v>49</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21">
         <v>2004</v>
       </c>
       <c r="E21" t="s">
         <v>56</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H21">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22">
         <v>2024</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
         <v>362.0</v>
       </c>
       <c r="H22">
@@ -2733,54 +2733,54 @@
       </c>
       <c r="H39">
         <v>306.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>13</v>
       </c>
       <c r="B40" t="s">
         <v>49</v>
       </c>
       <c r="C40" t="s">
         <v>94</v>
       </c>
       <c r="D40">
         <v>2009</v>
       </c>
       <c r="E40" t="s">
         <v>95</v>
       </c>
       <c r="F40" t="s">
         <v>52</v>
       </c>
       <c r="G40">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H40">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>83</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>96</v>
       </c>
       <c r="D41">
         <v>2014</v>
       </c>
       <c r="E41" t="s">
         <v>97</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
         <v>330.0</v>
       </c>
       <c r="H41">
@@ -2837,54 +2837,54 @@
       </c>
       <c r="H43">
         <v>158.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>13</v>
       </c>
       <c r="B44" t="s">
         <v>49</v>
       </c>
       <c r="C44" t="s">
         <v>102</v>
       </c>
       <c r="D44">
         <v>2023</v>
       </c>
       <c r="E44" t="s">
         <v>103</v>
       </c>
       <c r="F44" t="s">
         <v>52</v>
       </c>
       <c r="G44">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
       <c r="H44">
-        <v>99.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>13</v>
       </c>
       <c r="B45" t="s">
         <v>14</v>
       </c>
       <c r="C45" t="s">
         <v>104</v>
       </c>
       <c r="D45">
         <v>2023</v>
       </c>
       <c r="E45" t="s">
         <v>105</v>
       </c>
       <c r="F45" t="s">
         <v>17</v>
       </c>
       <c r="G45">
         <v>85.05</v>
       </c>
       <c r="H45">
@@ -3227,54 +3227,54 @@
       </c>
       <c r="H58">
         <v>20.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>13</v>
       </c>
       <c r="B59" t="s">
         <v>49</v>
       </c>
       <c r="C59" t="s">
         <v>133</v>
       </c>
       <c r="D59">
         <v>2023</v>
       </c>
       <c r="E59" t="s">
         <v>134</v>
       </c>
       <c r="F59" t="s">
         <v>52</v>
       </c>
       <c r="G59">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H59">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>13</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60" t="s">
         <v>135</v>
       </c>
       <c r="D60">
         <v>2023</v>
       </c>
       <c r="E60" t="s">
         <v>136</v>
       </c>
       <c r="F60" t="s">
         <v>17</v>
       </c>
       <c r="G60">
         <v>222.71</v>
       </c>
       <c r="H60">
@@ -5052,51 +5052,51 @@
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>272</v>
       </c>
       <c r="D129">
         <v>2021</v>
       </c>
       <c r="E129" t="s">
         <v>273</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129">
         <v>220.0</v>
       </c>
       <c r="H129">
         <v>220.0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>8</v>
+        <v>83</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>274</v>
       </c>
       <c r="D130">
         <v>2022</v>
       </c>
       <c r="E130" t="s">
         <v>275</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130">
         <v>158.0</v>
       </c>
       <c r="H130">
         <v>158.0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
@@ -5260,51 +5260,51 @@
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>287</v>
       </c>
       <c r="D137">
         <v>14</v>
       </c>
       <c r="E137" t="s">
         <v>288</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137">
         <v>20.0</v>
       </c>
       <c r="H137">
         <v>20.0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>8</v>
+        <v>83</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>289</v>
       </c>
       <c r="D138">
         <v>2020</v>
       </c>
       <c r="E138" t="s">
         <v>290</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138">
         <v>306.0</v>
       </c>
       <c r="H138">
         <v>306.0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
@@ -7042,262 +7042,262 @@
       </c>
       <c r="H206">
         <v>220.0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>13</v>
       </c>
       <c r="B207" t="s">
         <v>49</v>
       </c>
       <c r="C207" t="s">
         <v>426</v>
       </c>
       <c r="D207">
         <v>2015</v>
       </c>
       <c r="E207" t="s">
         <v>427</v>
       </c>
       <c r="F207" t="s">
         <v>52</v>
       </c>
       <c r="G207">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H207">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>13</v>
       </c>
       <c r="B208" t="s">
         <v>49</v>
       </c>
       <c r="C208" t="s">
         <v>428</v>
       </c>
       <c r="D208">
         <v>2017</v>
       </c>
       <c r="E208" t="s">
         <v>429</v>
       </c>
       <c r="F208" t="s">
         <v>52</v>
       </c>
       <c r="G208">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H208">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>13</v>
       </c>
       <c r="B209" t="s">
         <v>49</v>
       </c>
       <c r="C209" t="s">
         <v>430</v>
       </c>
       <c r="D209">
         <v>2017</v>
       </c>
       <c r="E209" t="s">
         <v>431</v>
       </c>
       <c r="F209" t="s">
         <v>52</v>
       </c>
       <c r="G209">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H209">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>13</v>
       </c>
       <c r="B210" t="s">
         <v>49</v>
       </c>
       <c r="C210" t="s">
         <v>432</v>
       </c>
       <c r="D210">
         <v>2017</v>
       </c>
       <c r="E210" t="s">
         <v>433</v>
       </c>
       <c r="F210" t="s">
         <v>52</v>
       </c>
       <c r="G210">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H210">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>13</v>
       </c>
       <c r="B211" t="s">
         <v>49</v>
       </c>
       <c r="C211" t="s">
         <v>434</v>
       </c>
       <c r="D211">
         <v>2022</v>
       </c>
       <c r="E211" t="s">
         <v>435</v>
       </c>
       <c r="F211" t="s">
         <v>52</v>
       </c>
       <c r="G211">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H211">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>13</v>
       </c>
       <c r="B212" t="s">
         <v>49</v>
       </c>
       <c r="C212" t="s">
         <v>436</v>
       </c>
       <c r="D212">
         <v>2021</v>
       </c>
       <c r="E212" t="s">
         <v>437</v>
       </c>
       <c r="F212" t="s">
         <v>52</v>
       </c>
       <c r="G212">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
       <c r="H212">
-        <v>61.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>13</v>
       </c>
       <c r="B213" t="s">
         <v>49</v>
       </c>
       <c r="C213" t="s">
         <v>438</v>
       </c>
       <c r="D213">
         <v>2009</v>
       </c>
       <c r="E213" t="s">
         <v>439</v>
       </c>
       <c r="F213" t="s">
         <v>52</v>
       </c>
       <c r="G213">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H213">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>13</v>
       </c>
       <c r="B214" t="s">
         <v>49</v>
       </c>
       <c r="C214" t="s">
         <v>440</v>
       </c>
       <c r="D214">
         <v>2019</v>
       </c>
       <c r="E214" t="s">
         <v>441</v>
       </c>
       <c r="F214" t="s">
         <v>52</v>
       </c>
       <c r="G214">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
       <c r="H214">
-        <v>76.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>13</v>
       </c>
       <c r="B215" t="s">
         <v>49</v>
       </c>
       <c r="C215" t="s">
         <v>442</v>
       </c>
       <c r="D215">
         <v>2018</v>
       </c>
       <c r="E215" t="s">
         <v>443</v>
       </c>
       <c r="F215" t="s">
         <v>52</v>
       </c>
       <c r="G215">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
       <c r="H215">
-        <v>69.0</v>
+        <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">