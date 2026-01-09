--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -1403,340 +1403,340 @@
       </c>
       <c r="H10">
         <v>82.15</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11">
         <v>1995</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11" t="s">
         <v>36</v>
       </c>
       <c r="G11">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H11">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12">
         <v>1993</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>36</v>
       </c>
       <c r="G12">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H12">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13">
         <v>1998</v>
       </c>
       <c r="E13" t="s">
         <v>40</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H13">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14">
         <v>2000</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
       </c>
       <c r="F14" t="s">
         <v>36</v>
       </c>
       <c r="G14">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H14">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15">
         <v>2000</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
         <v>36</v>
       </c>
       <c r="G15">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H15">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16">
         <v>1999</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H16">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
       <c r="D17">
         <v>1998</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
       <c r="F17" t="s">
         <v>36</v>
       </c>
       <c r="G17">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H17">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18">
         <v>1999</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>36</v>
       </c>
       <c r="G18">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H18">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>33</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19">
         <v>2000</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>36</v>
       </c>
       <c r="G19">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H19">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>33</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20">
         <v>2016</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
         <v>36</v>
       </c>
       <c r="G20">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
       <c r="H20">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
         <v>33</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21">
         <v>1998</v>
       </c>
       <c r="E21" t="s">
         <v>56</v>
       </c>
       <c r="F21" t="s">
         <v>36</v>
       </c>
       <c r="G21">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H21">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
         <v>33</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22">
         <v>1990</v>
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>36</v>
       </c>
       <c r="G22">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H22">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23">
         <v>1970</v>
       </c>
       <c r="E23" t="s">
         <v>60</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
         <v>59.35</v>
       </c>
       <c r="H23">
@@ -2573,1637 +2573,1637 @@
       </c>
       <c r="H55">
         <v>47.38</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>13</v>
       </c>
       <c r="B56" t="s">
         <v>14</v>
       </c>
       <c r="C56" t="s">
         <v>125</v>
       </c>
       <c r="D56">
         <v>2022</v>
       </c>
       <c r="E56" t="s">
         <v>126</v>
       </c>
       <c r="F56" t="s">
         <v>17</v>
       </c>
       <c r="G56">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H56">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>13</v>
       </c>
       <c r="B57" t="s">
         <v>14</v>
       </c>
       <c r="C57" t="s">
         <v>127</v>
       </c>
       <c r="D57">
         <v>2022</v>
       </c>
       <c r="E57" t="s">
         <v>128</v>
       </c>
       <c r="F57" t="s">
         <v>17</v>
       </c>
       <c r="G57">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H57">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>13</v>
       </c>
       <c r="B58" t="s">
         <v>14</v>
       </c>
       <c r="C58" t="s">
         <v>129</v>
       </c>
       <c r="D58">
         <v>2022</v>
       </c>
       <c r="E58" t="s">
         <v>130</v>
       </c>
       <c r="F58" t="s">
         <v>17</v>
       </c>
       <c r="G58">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H58">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>13</v>
       </c>
       <c r="B59" t="s">
         <v>14</v>
       </c>
       <c r="C59" t="s">
         <v>131</v>
       </c>
       <c r="D59">
         <v>16</v>
       </c>
       <c r="E59" t="s">
         <v>132</v>
       </c>
       <c r="F59" t="s">
         <v>17</v>
       </c>
       <c r="G59">
         <v>20.0</v>
       </c>
       <c r="H59">
         <v>20.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>13</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60" t="s">
         <v>133</v>
       </c>
       <c r="D60">
         <v>2022</v>
       </c>
       <c r="E60" t="s">
         <v>134</v>
       </c>
       <c r="F60" t="s">
         <v>17</v>
       </c>
       <c r="G60">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H60">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>13</v>
       </c>
       <c r="B61" t="s">
         <v>14</v>
       </c>
       <c r="C61" t="s">
         <v>135</v>
       </c>
       <c r="D61">
         <v>2022</v>
       </c>
       <c r="E61" t="s">
         <v>136</v>
       </c>
       <c r="F61" t="s">
         <v>17</v>
       </c>
       <c r="G61">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H61">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>13</v>
       </c>
       <c r="B62" t="s">
         <v>14</v>
       </c>
       <c r="C62" t="s">
         <v>137</v>
       </c>
       <c r="E62" t="s">
         <v>138</v>
       </c>
       <c r="F62" t="s">
         <v>17</v>
       </c>
       <c r="G62">
         <v>20.0</v>
       </c>
       <c r="H62">
         <v>20.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>13</v>
       </c>
       <c r="B63" t="s">
         <v>14</v>
       </c>
       <c r="C63" t="s">
         <v>139</v>
       </c>
       <c r="D63">
         <v>2022</v>
       </c>
       <c r="E63" t="s">
         <v>140</v>
       </c>
       <c r="F63" t="s">
         <v>17</v>
       </c>
       <c r="G63">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H63">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>13</v>
       </c>
       <c r="B64" t="s">
         <v>14</v>
       </c>
       <c r="C64" t="s">
         <v>141</v>
       </c>
       <c r="D64">
         <v>2022</v>
       </c>
       <c r="E64" t="s">
         <v>142</v>
       </c>
       <c r="F64" t="s">
         <v>17</v>
       </c>
       <c r="G64">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H64">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>143</v>
       </c>
       <c r="B65" t="s">
         <v>14</v>
       </c>
       <c r="C65" t="s">
         <v>144</v>
       </c>
       <c r="D65">
         <v>2019</v>
       </c>
       <c r="E65" t="s">
         <v>145</v>
       </c>
       <c r="F65" t="s">
         <v>17</v>
       </c>
       <c r="G65">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H65">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>13</v>
       </c>
       <c r="B66" t="s">
         <v>14</v>
       </c>
       <c r="C66" t="s">
         <v>146</v>
       </c>
       <c r="D66">
         <v>14</v>
       </c>
       <c r="E66" t="s">
         <v>147</v>
       </c>
       <c r="F66" t="s">
         <v>17</v>
       </c>
       <c r="G66">
         <v>20.0</v>
       </c>
       <c r="H66">
         <v>20.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>143</v>
       </c>
       <c r="B67" t="s">
         <v>14</v>
       </c>
       <c r="C67" t="s">
         <v>148</v>
       </c>
       <c r="D67">
         <v>1996</v>
       </c>
       <c r="E67" t="s">
         <v>149</v>
       </c>
       <c r="F67" t="s">
         <v>17</v>
       </c>
       <c r="G67">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H67">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>13</v>
       </c>
       <c r="B68" t="s">
         <v>14</v>
       </c>
       <c r="C68" t="s">
         <v>150</v>
       </c>
       <c r="D68">
         <v>1997</v>
       </c>
       <c r="E68" t="s">
         <v>151</v>
       </c>
       <c r="F68" t="s">
         <v>17</v>
       </c>
       <c r="G68">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H68">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>143</v>
       </c>
       <c r="B69" t="s">
         <v>14</v>
       </c>
       <c r="C69" t="s">
         <v>152</v>
       </c>
       <c r="D69">
         <v>1973</v>
       </c>
       <c r="E69" t="s">
         <v>153</v>
       </c>
       <c r="F69" t="s">
         <v>17</v>
       </c>
       <c r="G69">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H69">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>154</v>
       </c>
       <c r="B70" t="s">
         <v>14</v>
       </c>
       <c r="C70" t="s">
         <v>155</v>
       </c>
       <c r="D70">
         <v>1993</v>
       </c>
       <c r="E70" t="s">
         <v>156</v>
       </c>
       <c r="F70" t="s">
         <v>17</v>
       </c>
       <c r="G70">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H70">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>143</v>
       </c>
       <c r="B71" t="s">
         <v>14</v>
       </c>
       <c r="C71" t="s">
         <v>157</v>
       </c>
       <c r="D71">
         <v>1973</v>
       </c>
       <c r="E71" t="s">
         <v>158</v>
       </c>
       <c r="F71" t="s">
         <v>17</v>
       </c>
       <c r="G71">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H71">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>13</v>
       </c>
       <c r="B72" t="s">
         <v>14</v>
       </c>
       <c r="C72" t="s">
         <v>159</v>
       </c>
       <c r="D72">
         <v>2008</v>
       </c>
       <c r="E72" t="s">
         <v>160</v>
       </c>
       <c r="F72" t="s">
         <v>17</v>
       </c>
       <c r="G72">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H72">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>13</v>
       </c>
       <c r="B73" t="s">
         <v>14</v>
       </c>
       <c r="C73" t="s">
         <v>161</v>
       </c>
       <c r="D73">
         <v>2022</v>
       </c>
       <c r="E73" t="s">
         <v>162</v>
       </c>
       <c r="F73" t="s">
         <v>17</v>
       </c>
       <c r="G73">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
       <c r="H73">
-        <v>222.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>13</v>
       </c>
       <c r="B74" t="s">
         <v>14</v>
       </c>
       <c r="C74" t="s">
         <v>163</v>
       </c>
       <c r="D74">
         <v>2022</v>
       </c>
       <c r="E74" t="s">
         <v>164</v>
       </c>
       <c r="F74" t="s">
         <v>17</v>
       </c>
       <c r="G74">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H74">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>165</v>
       </c>
       <c r="B75" t="s">
         <v>14</v>
       </c>
       <c r="C75" t="s">
         <v>166</v>
       </c>
       <c r="D75">
         <v>2000</v>
       </c>
       <c r="E75" t="s">
         <v>167</v>
       </c>
       <c r="F75" t="s">
         <v>17</v>
       </c>
       <c r="G75">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H75">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>143</v>
       </c>
       <c r="B76" t="s">
         <v>14</v>
       </c>
       <c r="C76" t="s">
         <v>168</v>
       </c>
       <c r="D76">
         <v>1999</v>
       </c>
       <c r="E76" t="s">
         <v>169</v>
       </c>
       <c r="F76" t="s">
         <v>17</v>
       </c>
       <c r="G76">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H76">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>165</v>
       </c>
       <c r="B77" t="s">
         <v>14</v>
       </c>
       <c r="C77" t="s">
         <v>170</v>
       </c>
       <c r="D77">
         <v>1994</v>
       </c>
       <c r="E77" t="s">
         <v>171</v>
       </c>
       <c r="F77" t="s">
         <v>17</v>
       </c>
       <c r="G77">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H77">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>154</v>
       </c>
       <c r="B78" t="s">
         <v>14</v>
       </c>
       <c r="C78" t="s">
         <v>172</v>
       </c>
       <c r="D78">
         <v>1993</v>
       </c>
       <c r="E78" t="s">
         <v>173</v>
       </c>
       <c r="F78" t="s">
         <v>17</v>
       </c>
       <c r="G78">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H78">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>143</v>
       </c>
       <c r="B79" t="s">
         <v>14</v>
       </c>
       <c r="C79" t="s">
         <v>174</v>
       </c>
       <c r="D79">
         <v>2001</v>
       </c>
       <c r="E79" t="s">
         <v>175</v>
       </c>
       <c r="F79" t="s">
         <v>17</v>
       </c>
       <c r="G79">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H79">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>13</v>
       </c>
       <c r="B80" t="s">
         <v>14</v>
       </c>
       <c r="C80" t="s">
         <v>176</v>
       </c>
       <c r="D80">
         <v>1993</v>
       </c>
       <c r="E80" t="s">
         <v>177</v>
       </c>
       <c r="F80" t="s">
         <v>17</v>
       </c>
       <c r="G80">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H80">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>13</v>
       </c>
       <c r="B81" t="s">
         <v>14</v>
       </c>
       <c r="C81" t="s">
         <v>178</v>
       </c>
       <c r="D81">
         <v>1990</v>
       </c>
       <c r="E81" t="s">
         <v>179</v>
       </c>
       <c r="F81" t="s">
         <v>17</v>
       </c>
       <c r="G81">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H81">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>143</v>
       </c>
       <c r="B82" t="s">
         <v>14</v>
       </c>
       <c r="C82" t="s">
         <v>180</v>
       </c>
       <c r="D82">
         <v>2001</v>
       </c>
       <c r="E82" t="s">
         <v>181</v>
       </c>
       <c r="F82" t="s">
         <v>17</v>
       </c>
       <c r="G82">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H82">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>165</v>
       </c>
       <c r="B83" t="s">
         <v>14</v>
       </c>
       <c r="C83" t="s">
         <v>182</v>
       </c>
       <c r="D83">
         <v>2000</v>
       </c>
       <c r="E83" t="s">
         <v>183</v>
       </c>
       <c r="F83" t="s">
         <v>17</v>
       </c>
       <c r="G83">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H83">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>165</v>
       </c>
       <c r="B84" t="s">
         <v>14</v>
       </c>
       <c r="C84" t="s">
         <v>184</v>
       </c>
       <c r="D84">
         <v>1998</v>
       </c>
       <c r="E84" t="s">
         <v>185</v>
       </c>
       <c r="F84" t="s">
         <v>17</v>
       </c>
       <c r="G84">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H84">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>13</v>
       </c>
       <c r="B85" t="s">
         <v>14</v>
       </c>
       <c r="C85" t="s">
         <v>186</v>
       </c>
       <c r="D85">
         <v>2008</v>
       </c>
       <c r="E85" t="s">
         <v>187</v>
       </c>
       <c r="F85" t="s">
         <v>17</v>
       </c>
       <c r="G85">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H85">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>143</v>
       </c>
       <c r="B86" t="s">
         <v>14</v>
       </c>
       <c r="C86" t="s">
         <v>188</v>
       </c>
       <c r="D86">
         <v>2001</v>
       </c>
       <c r="E86" t="s">
         <v>189</v>
       </c>
       <c r="F86" t="s">
         <v>17</v>
       </c>
       <c r="G86">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H86">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>154</v>
       </c>
       <c r="B87" t="s">
         <v>14</v>
       </c>
       <c r="C87" t="s">
         <v>190</v>
       </c>
       <c r="D87">
         <v>1993</v>
       </c>
       <c r="E87" t="s">
         <v>191</v>
       </c>
       <c r="F87" t="s">
         <v>17</v>
       </c>
       <c r="G87">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H87">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>143</v>
       </c>
       <c r="B88" t="s">
         <v>14</v>
       </c>
       <c r="C88" t="s">
         <v>192</v>
       </c>
       <c r="D88">
         <v>1958</v>
       </c>
       <c r="E88" t="s">
         <v>193</v>
       </c>
       <c r="F88" t="s">
         <v>17</v>
       </c>
       <c r="G88">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H88">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>154</v>
       </c>
       <c r="B89" t="s">
         <v>14</v>
       </c>
       <c r="C89" t="s">
         <v>194</v>
       </c>
       <c r="D89">
         <v>1993</v>
       </c>
       <c r="E89" t="s">
         <v>195</v>
       </c>
       <c r="F89" t="s">
         <v>17</v>
       </c>
       <c r="G89">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H89">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>143</v>
       </c>
       <c r="B90" t="s">
         <v>14</v>
       </c>
       <c r="C90" t="s">
         <v>196</v>
       </c>
       <c r="D90">
         <v>1959</v>
       </c>
       <c r="E90" t="s">
         <v>197</v>
       </c>
       <c r="F90" t="s">
         <v>17</v>
       </c>
       <c r="G90">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H90">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>13</v>
       </c>
       <c r="B91" t="s">
         <v>14</v>
       </c>
       <c r="C91" t="s">
         <v>198</v>
       </c>
       <c r="D91">
         <v>1990</v>
       </c>
       <c r="E91" t="s">
         <v>199</v>
       </c>
       <c r="F91" t="s">
         <v>17</v>
       </c>
       <c r="G91">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H91">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>165</v>
       </c>
       <c r="B92" t="s">
         <v>14</v>
       </c>
       <c r="C92" t="s">
         <v>200</v>
       </c>
       <c r="D92">
         <v>2000</v>
       </c>
       <c r="E92" t="s">
         <v>201</v>
       </c>
       <c r="F92" t="s">
         <v>17</v>
       </c>
       <c r="G92">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H92">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>143</v>
       </c>
       <c r="B93" t="s">
         <v>14</v>
       </c>
       <c r="C93" t="s">
         <v>202</v>
       </c>
       <c r="D93">
         <v>2006</v>
       </c>
       <c r="E93" t="s">
         <v>203</v>
       </c>
       <c r="F93" t="s">
         <v>17</v>
       </c>
       <c r="G93">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H93">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>154</v>
       </c>
       <c r="B94" t="s">
         <v>14</v>
       </c>
       <c r="C94" t="s">
         <v>204</v>
       </c>
       <c r="D94">
         <v>1993</v>
       </c>
       <c r="E94" t="s">
         <v>205</v>
       </c>
       <c r="F94" t="s">
         <v>17</v>
       </c>
       <c r="G94">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H94">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>143</v>
       </c>
       <c r="B95" t="s">
         <v>14</v>
       </c>
       <c r="C95" t="s">
         <v>206</v>
       </c>
       <c r="D95">
         <v>1996</v>
       </c>
       <c r="E95" t="s">
         <v>207</v>
       </c>
       <c r="F95" t="s">
         <v>17</v>
       </c>
       <c r="G95">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H95">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>13</v>
       </c>
       <c r="B96" t="s">
         <v>14</v>
       </c>
       <c r="C96" t="s">
         <v>208</v>
       </c>
       <c r="D96">
         <v>2012</v>
       </c>
       <c r="E96" t="s">
         <v>209</v>
       </c>
       <c r="F96" t="s">
         <v>17</v>
       </c>
       <c r="G96">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H96">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>143</v>
       </c>
       <c r="B97" t="s">
         <v>14</v>
       </c>
       <c r="C97" t="s">
         <v>210</v>
       </c>
       <c r="D97">
         <v>1973</v>
       </c>
       <c r="E97" t="s">
         <v>211</v>
       </c>
       <c r="F97" t="s">
         <v>17</v>
       </c>
       <c r="G97">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H97">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>143</v>
       </c>
       <c r="B98" t="s">
         <v>14</v>
       </c>
       <c r="C98" t="s">
         <v>212</v>
       </c>
       <c r="D98">
         <v>2016</v>
       </c>
       <c r="E98" t="s">
         <v>213</v>
       </c>
       <c r="F98" t="s">
         <v>17</v>
       </c>
       <c r="G98">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H98">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>13</v>
       </c>
       <c r="B99" t="s">
         <v>14</v>
       </c>
       <c r="C99" t="s">
         <v>214</v>
       </c>
       <c r="D99">
         <v>1997</v>
       </c>
       <c r="E99" t="s">
         <v>215</v>
       </c>
       <c r="F99" t="s">
         <v>17</v>
       </c>
       <c r="G99">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H99">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>154</v>
       </c>
       <c r="B100" t="s">
         <v>14</v>
       </c>
       <c r="C100" t="s">
         <v>216</v>
       </c>
       <c r="D100">
         <v>1993</v>
       </c>
       <c r="E100" t="s">
         <v>217</v>
       </c>
       <c r="F100" t="s">
         <v>17</v>
       </c>
       <c r="G100">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H100">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>165</v>
       </c>
       <c r="B101" t="s">
         <v>14</v>
       </c>
       <c r="C101" t="s">
         <v>218</v>
       </c>
       <c r="D101">
         <v>2016</v>
       </c>
       <c r="E101" t="s">
         <v>219</v>
       </c>
       <c r="F101" t="s">
         <v>17</v>
       </c>
       <c r="G101">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H101">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>143</v>
       </c>
       <c r="B102" t="s">
         <v>14</v>
       </c>
       <c r="C102" t="s">
         <v>220</v>
       </c>
       <c r="D102">
         <v>1973</v>
       </c>
       <c r="E102" t="s">
         <v>221</v>
       </c>
       <c r="F102" t="s">
         <v>17</v>
       </c>
       <c r="G102">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H102">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>13</v>
       </c>
       <c r="B103" t="s">
         <v>14</v>
       </c>
       <c r="C103" t="s">
         <v>222</v>
       </c>
       <c r="D103">
         <v>1997</v>
       </c>
       <c r="E103" t="s">
         <v>223</v>
       </c>
       <c r="F103" t="s">
         <v>17</v>
       </c>
       <c r="G103">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H103">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>165</v>
       </c>
       <c r="B104" t="s">
         <v>14</v>
       </c>
       <c r="C104" t="s">
         <v>224</v>
       </c>
       <c r="D104">
         <v>2000</v>
       </c>
       <c r="E104" t="s">
         <v>225</v>
       </c>
       <c r="F104" t="s">
         <v>17</v>
       </c>
       <c r="G104">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H104">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>165</v>
       </c>
       <c r="B105" t="s">
         <v>14</v>
       </c>
       <c r="C105" t="s">
         <v>226</v>
       </c>
       <c r="D105">
         <v>1999</v>
       </c>
       <c r="E105" t="s">
         <v>227</v>
       </c>
       <c r="F105" t="s">
         <v>17</v>
       </c>
       <c r="G105">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H105">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>143</v>
       </c>
       <c r="B106" t="s">
         <v>14</v>
       </c>
       <c r="C106" t="s">
         <v>228</v>
       </c>
       <c r="D106">
         <v>2012</v>
       </c>
       <c r="E106" t="s">
         <v>229</v>
       </c>
       <c r="F106" t="s">
         <v>17</v>
       </c>
       <c r="G106">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H106">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>154</v>
       </c>
       <c r="B107" t="s">
         <v>14</v>
       </c>
       <c r="C107" t="s">
         <v>230</v>
       </c>
       <c r="D107">
         <v>1993</v>
       </c>
       <c r="E107" t="s">
         <v>231</v>
       </c>
       <c r="F107" t="s">
         <v>17</v>
       </c>
       <c r="G107">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H107">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>154</v>
       </c>
       <c r="B108" t="s">
         <v>14</v>
       </c>
       <c r="C108" t="s">
         <v>232</v>
       </c>
       <c r="D108">
         <v>1993</v>
       </c>
       <c r="E108" t="s">
         <v>233</v>
       </c>
       <c r="F108" t="s">
         <v>17</v>
       </c>
       <c r="G108">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H108">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>13</v>
       </c>
       <c r="B109" t="s">
         <v>14</v>
       </c>
       <c r="C109" t="s">
         <v>234</v>
       </c>
       <c r="D109">
         <v>1993</v>
       </c>
       <c r="E109" t="s">
         <v>235</v>
       </c>
       <c r="F109" t="s">
         <v>17</v>
       </c>
       <c r="G109">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H109">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>165</v>
       </c>
       <c r="B110" t="s">
         <v>14</v>
       </c>
       <c r="C110" t="s">
         <v>236</v>
       </c>
       <c r="D110">
         <v>1973</v>
       </c>
       <c r="E110" t="s">
         <v>237</v>
       </c>
       <c r="F110" t="s">
         <v>17</v>
       </c>
       <c r="G110">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H110">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>143</v>
       </c>
       <c r="B111" t="s">
         <v>14</v>
       </c>
       <c r="C111" t="s">
         <v>238</v>
       </c>
       <c r="D111">
         <v>1973</v>
       </c>
       <c r="E111" t="s">
         <v>239</v>
       </c>
       <c r="F111" t="s">
         <v>17</v>
       </c>
       <c r="G111">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H111">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>143</v>
       </c>
       <c r="B112" t="s">
         <v>14</v>
       </c>
       <c r="C112" t="s">
         <v>240</v>
       </c>
       <c r="D112">
         <v>1955</v>
       </c>
       <c r="E112" t="s">
         <v>241</v>
       </c>
       <c r="F112" t="s">
         <v>17</v>
       </c>
       <c r="G112">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H112">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>154</v>
       </c>
       <c r="B113" t="s">
         <v>14</v>
       </c>
       <c r="C113" t="s">
         <v>242</v>
       </c>
       <c r="D113">
         <v>1993</v>
       </c>
       <c r="E113" t="s">
         <v>243</v>
       </c>
       <c r="F113" t="s">
         <v>17</v>
       </c>
       <c r="G113">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H113">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>143</v>
       </c>
       <c r="B114" t="s">
         <v>14</v>
       </c>
       <c r="C114" t="s">
         <v>244</v>
       </c>
       <c r="D114">
         <v>1996</v>
       </c>
       <c r="E114" t="s">
         <v>245</v>
       </c>
       <c r="F114" t="s">
         <v>17</v>
       </c>
       <c r="G114">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H114">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>143</v>
       </c>
       <c r="B115" t="s">
         <v>14</v>
       </c>
       <c r="C115" t="s">
         <v>246</v>
       </c>
       <c r="D115">
         <v>1996</v>
       </c>
       <c r="E115" t="s">
         <v>247</v>
       </c>
       <c r="F115" t="s">
         <v>17</v>
       </c>
       <c r="G115">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H115">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>165</v>
       </c>
       <c r="B116" t="s">
         <v>14</v>
       </c>
       <c r="C116" t="s">
         <v>248</v>
       </c>
       <c r="D116">
         <v>2000</v>
       </c>
       <c r="E116" t="s">
         <v>249</v>
       </c>
       <c r="F116" t="s">
         <v>17</v>
       </c>
       <c r="G116">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H116">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>143</v>
       </c>
       <c r="B117" t="s">
         <v>14</v>
       </c>
       <c r="C117" t="s">
         <v>250</v>
       </c>
       <c r="D117">
         <v>1996</v>
       </c>
       <c r="E117" t="s">
         <v>251</v>
       </c>
       <c r="F117" t="s">
         <v>17</v>
       </c>
       <c r="G117">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H117">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">