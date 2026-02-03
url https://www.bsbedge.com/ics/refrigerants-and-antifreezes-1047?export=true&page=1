--- v0 (2025-12-19)
+++ v1 (2026-02-03)
@@ -930,106 +930,106 @@
       </c>
       <c r="H3">
         <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4">
         <v>2025</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
       <c r="H4">
-        <v>108.13</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5">
         <v>2021</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H5">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6">
         <v>2025</v>
       </c>
       <c r="E6" t="s">
         <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
       <c r="H6">
-        <v>102.34</v>
+        <v>105.42</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>17</v>
       </c>
       <c r="G7">
         <v>20.0</v>
       </c>
       <c r="H7">
@@ -1112,106 +1112,106 @@
       </c>
       <c r="H10">
         <v>272.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>36</v>
       </c>
       <c r="B11" t="s">
         <v>37</v>
       </c>
       <c r="C11" t="s">
         <v>38</v>
       </c>
       <c r="D11">
         <v>2024</v>
       </c>
       <c r="E11" t="s">
         <v>39</v>
       </c>
       <c r="F11" t="s">
         <v>23</v>
       </c>
       <c r="G11">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
       <c r="H11">
-        <v>155.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>40</v>
       </c>
       <c r="D12">
         <v>2024</v>
       </c>
       <c r="E12" t="s">
         <v>41</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
       <c r="H12">
-        <v>85.05</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13">
         <v>2024</v>
       </c>
       <c r="E13" t="s">
         <v>43</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H13">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" t="s">
         <v>44</v>
       </c>
       <c r="D14">
         <v>2024</v>
       </c>
       <c r="E14" t="s">
         <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14">
         <v>72.0</v>
       </c>
       <c r="H14">
@@ -1268,54 +1268,54 @@
       </c>
       <c r="H16">
         <v>72.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17">
         <v>2024</v>
       </c>
       <c r="E17" t="s">
         <v>51</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>231.4</v>
+        <v>238.32</v>
       </c>
       <c r="H17">
-        <v>231.4</v>
+        <v>238.32</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>28</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18">
         <v>2024</v>
       </c>
       <c r="E18" t="s">
         <v>53</v>
       </c>
       <c r="F18" t="s">
         <v>31</v>
       </c>
       <c r="G18">
         <v>72.0</v>
       </c>
       <c r="H18">
@@ -1450,54 +1450,54 @@
       </c>
       <c r="H23">
         <v>272.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>36</v>
       </c>
       <c r="B24" t="s">
         <v>37</v>
       </c>
       <c r="C24" t="s">
         <v>65</v>
       </c>
       <c r="D24">
         <v>2024</v>
       </c>
       <c r="E24" t="s">
         <v>64</v>
       </c>
       <c r="F24" t="s">
         <v>23</v>
       </c>
       <c r="G24">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="H24">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>28</v>
       </c>
       <c r="C25" t="s">
         <v>66</v>
       </c>
       <c r="D25">
         <v>2019</v>
       </c>
       <c r="E25" t="s">
         <v>67</v>
       </c>
       <c r="F25" t="s">
         <v>31</v>
       </c>
       <c r="G25">
         <v>80.0</v>
       </c>
       <c r="H25">
@@ -1736,236 +1736,236 @@
       </c>
       <c r="H34">
         <v>72.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>36</v>
       </c>
       <c r="B35" t="s">
         <v>37</v>
       </c>
       <c r="C35" t="s">
         <v>86</v>
       </c>
       <c r="D35">
         <v>2022</v>
       </c>
       <c r="E35" t="s">
         <v>87</v>
       </c>
       <c r="F35" t="s">
         <v>23</v>
       </c>
       <c r="G35">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
       <c r="H35">
-        <v>221.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>20</v>
       </c>
       <c r="C36" t="s">
         <v>88</v>
       </c>
       <c r="D36">
         <v>2021</v>
       </c>
       <c r="E36" t="s">
         <v>22</v>
       </c>
       <c r="F36" t="s">
         <v>23</v>
       </c>
       <c r="G36">
-        <v>476.0</v>
+        <v>502.0</v>
       </c>
       <c r="H36">
-        <v>476.0</v>
+        <v>502.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>20</v>
       </c>
       <c r="C37" t="s">
         <v>89</v>
       </c>
       <c r="D37">
         <v>2021</v>
       </c>
       <c r="E37" t="s">
         <v>22</v>
       </c>
       <c r="F37" t="s">
         <v>23</v>
       </c>
       <c r="G37">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
       <c r="H37">
-        <v>280.0</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>90</v>
       </c>
       <c r="D38">
         <v>2015</v>
       </c>
       <c r="E38" t="s">
         <v>91</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38">
-        <v>37.94</v>
+        <v>39.07</v>
       </c>
       <c r="H38">
-        <v>37.94</v>
+        <v>39.07</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>92</v>
       </c>
       <c r="D39">
         <v>2016</v>
       </c>
       <c r="E39" t="s">
         <v>93</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
       <c r="H39">
-        <v>127.94</v>
+        <v>131.78</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>94</v>
       </c>
       <c r="D40">
         <v>2016</v>
       </c>
       <c r="E40" t="s">
         <v>95</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
       <c r="H40">
-        <v>162.43</v>
+        <v>167.29</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>96</v>
       </c>
       <c r="D41">
         <v>2020</v>
       </c>
       <c r="E41" t="s">
         <v>97</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
       <c r="H41">
-        <v>135.33</v>
+        <v>139.44</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>98</v>
       </c>
       <c r="D42">
         <v>1998</v>
       </c>
       <c r="E42" t="s">
         <v>99</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
       <c r="H42">
-        <v>68.04</v>
+        <v>70.09</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>13</v>
       </c>
       <c r="B43" t="s">
         <v>14</v>
       </c>
       <c r="C43" t="s">
         <v>100</v>
       </c>
       <c r="D43">
         <v>2022</v>
       </c>
       <c r="E43" t="s">
         <v>101</v>
       </c>
       <c r="F43" t="s">
         <v>17</v>
       </c>
       <c r="G43">
         <v>488.0</v>
       </c>
       <c r="H43">