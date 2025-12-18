--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -665,132 +665,132 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H2">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>28</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
         <v>20.0</v>
       </c>
       <c r="H3">
         <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H4">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2023</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H5">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6">
         <v>2023</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6">
         <v>190.37</v>
       </c>
       <c r="H6">
@@ -977,366 +977,366 @@
       </c>
       <c r="H13">
         <v>20.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>41</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14">
         <v>2006</v>
       </c>
       <c r="E14" t="s">
         <v>43</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
       <c r="H14">
-        <v>134.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>41</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15">
         <v>2007</v>
       </c>
       <c r="E15" t="s">
         <v>45</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H15">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>46</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16">
         <v>2022</v>
       </c>
       <c r="E16" t="s">
         <v>48</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H16">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>41</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17">
         <v>2002</v>
       </c>
       <c r="E17" t="s">
         <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H17">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18">
         <v>2015</v>
       </c>
       <c r="E18" t="s">
         <v>52</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
       <c r="H18">
-        <v>158.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>53</v>
       </c>
       <c r="D19">
         <v>2015</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H19">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>55</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>56</v>
       </c>
       <c r="D20">
         <v>2018</v>
       </c>
       <c r="E20" t="s">
         <v>57</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H20">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>58</v>
       </c>
       <c r="D21">
         <v>2015</v>
       </c>
       <c r="E21" t="s">
         <v>59</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
       <c r="H21">
-        <v>258.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>55</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>60</v>
       </c>
       <c r="D22">
         <v>2002</v>
       </c>
       <c r="E22" t="s">
         <v>61</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
       <c r="H22">
-        <v>290.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>62</v>
       </c>
       <c r="D23">
         <v>2002</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H23">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>64</v>
       </c>
       <c r="D24">
         <v>17</v>
       </c>
       <c r="E24" t="s">
         <v>65</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
         <v>20.0</v>
       </c>
       <c r="H24">
         <v>20.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>41</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>66</v>
       </c>
       <c r="D25">
         <v>2007</v>
       </c>
       <c r="E25" t="s">
         <v>67</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H25">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>41</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>68</v>
       </c>
       <c r="D26">
         <v>2000</v>
       </c>
       <c r="E26" t="s">
         <v>69</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H26">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>19</v>
       </c>
       <c r="B27" t="s">
         <v>70</v>
       </c>
       <c r="C27" t="s">
         <v>71</v>
       </c>
       <c r="D27">
         <v>2012</v>
       </c>
       <c r="E27" t="s">
         <v>72</v>
       </c>
       <c r="F27" t="s">
         <v>73</v>
       </c>
       <c r="G27">
         <v>72.0</v>
       </c>
       <c r="H27">