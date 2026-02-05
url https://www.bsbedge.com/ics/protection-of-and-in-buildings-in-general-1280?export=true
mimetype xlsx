--- v0 (2025-10-14)
+++ v1 (2026-02-05)
@@ -604,184 +604,184 @@
       </c>
       <c r="H2">
         <v>20.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3">
         <v>2024</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
       <c r="H3">
-        <v>462.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
         <v>2024</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>146.0</v>
       </c>
       <c r="H4">
         <v>146.0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5">
         <v>2024</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5">
-        <v>104.0</v>
+        <v>110.0</v>
       </c>
       <c r="H5">
-        <v>104.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6">
         <v>2024</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6">
         <v>64.0</v>
       </c>
       <c r="H6">
         <v>64.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7">
         <v>2024</v>
       </c>
       <c r="E7" t="s">
         <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
       <c r="H7">
-        <v>330.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8">
         <v>2023</v>
       </c>
       <c r="E8" t="s">
         <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>29</v>
       </c>
       <c r="G8">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
       <c r="H8">
-        <v>148.32</v>
+        <v>152.8</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9">
         <v>31</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>20.0</v>
       </c>
       <c r="H9">
@@ -838,106 +838,106 @@
       </c>
       <c r="H11">
         <v>306.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12">
         <v>2010</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="F12" t="s">
         <v>29</v>
       </c>
       <c r="G12">
-        <v>120.27</v>
+        <v>123.92</v>
       </c>
       <c r="H12">
-        <v>120.27</v>
+        <v>123.92</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13">
         <v>2009</v>
       </c>
       <c r="E13" t="s">
         <v>39</v>
       </c>
       <c r="F13" t="s">
         <v>29</v>
       </c>
       <c r="G13">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
       <c r="H13">
-        <v>76.82</v>
+        <v>79.16</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14">
         <v>2016</v>
       </c>
       <c r="E14" t="s">
         <v>41</v>
       </c>
       <c r="F14" t="s">
         <v>29</v>
       </c>
       <c r="G14">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
       <c r="H14">
-        <v>110.75</v>
+        <v>114.11</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
       <c r="D15">
         <v>2022</v>
       </c>
       <c r="E15" t="s">
         <v>43</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
@@ -962,54 +962,54 @@
       </c>
       <c r="H16">
         <v>20.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>46</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
       <c r="D17">
         <v>2015</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H17">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18" t="s">
         <v>20</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18">
         <v>2016</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>23</v>
       </c>
       <c r="G18">
         <v>64.0</v>
       </c>
       <c r="H18">