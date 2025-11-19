--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -1942,51 +1942,51 @@
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>109</v>
       </c>
       <c r="D47">
         <v>2008</v>
       </c>
       <c r="E47" t="s">
         <v>110</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47">
         <v>158.0</v>
       </c>
       <c r="H47">
         <v>158.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>111</v>
       </c>
       <c r="D48">
         <v>2008</v>
       </c>
       <c r="E48" t="s">
         <v>112</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48">
         <v>258.0</v>
       </c>
       <c r="H48">
         <v>258.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">