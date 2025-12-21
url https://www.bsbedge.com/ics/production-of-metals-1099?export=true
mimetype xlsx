--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -566,54 +566,54 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2">
         <v>2025</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
       <c r="H2">
-        <v>306.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
         <v>199.0</v>
       </c>
       <c r="H3">
@@ -852,54 +852,54 @@
       </c>
       <c r="H12">
         <v>43.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>40</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13">
         <v>2000</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
       <c r="H13">
-        <v>220.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
         <v>22</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14">
         <v>2004</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="G14">
         <v>80.0</v>
       </c>
       <c r="H14">