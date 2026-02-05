--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -592,54 +592,54 @@
       </c>
       <c r="H2">
         <v>322.0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
         <v>2025</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
       <c r="H3">
-        <v>199.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4">
         <v>20.0</v>
       </c>
       <c r="H4">
@@ -774,106 +774,106 @@
       </c>
       <c r="H9">
         <v>64.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10">
         <v>2005</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>35</v>
       </c>
       <c r="G10">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
       <c r="H10">
-        <v>5700.0</v>
+        <v>6600.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11">
         <v>2005</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
       <c r="H11">
-        <v>3400.0</v>
+        <v>4000.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12" t="s">
         <v>38</v>
       </c>
       <c r="D12">
         <v>1980</v>
       </c>
       <c r="E12" t="s">
         <v>39</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H12">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>40</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13">
         <v>2000</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
         <v>232.0</v>
       </c>
       <c r="H13">